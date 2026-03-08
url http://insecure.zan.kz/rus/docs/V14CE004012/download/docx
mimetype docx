--- v0 (2025-11-09)
+++ v1 (2026-03-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf0e221" w14:textId="cf0e221">
+    <w:p w14:paraId="1be74d1" w14:textId="1be74d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении мест для размещения агитационных печатных материалов кандидатов в период проведения выборов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Иргизского района Актюбинской области от 13 августа 2014 года № 189. Зарегистрировано Департаментом юстиции Актюбинской области 29 августа 2014 года № 4012</w:t>
+        <w:t>Постановление акимата Иргизского района Актюбинской области от 13 августа 2014 года № 189. Зарегистрировано Департаментом юстиции Актюбинской области 29 августа 2014 года № 4012.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -258,62 +258,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -321,51 +322,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Аким района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -378,139 +379,154 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. ДУАНБЕКОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Согласовано: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель Иргизской районной </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>территориальной избирательной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> комиссии </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -518,50 +534,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. АУЕСОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -595,3125 +629,3308 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждено постановлением акимата Иргизского района от 13 августа 2014 года № 189</w:t>
+              <w:t xml:space="preserve">Приложение к постановлению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">акимата Иргизского района </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 августа 2014 года № 189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места для размещения агитационных печатных материалов кандидатов по Иргизскому района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции постановления акимата Иргизского района Актюбинской области от 30.04.2019 </w:t>
+      Сноска. Приложение – в редакции постановления акимата Иргизского района Актюбинской области от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 76</w:t>
+        <w:t>№ 281</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1208"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="9536"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование населенного пункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9536" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Места для размещения агитационных печатных материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргизский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9536" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием АО "Иргизский районный узел почтовой связи" - щит, Ибрая Алтынсарина №12</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием АО "Иргизский районный узел почтовой связи" - щит, Ибрая Алтынсарина № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргизский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9536" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рядом с магазином "Мария" - щит, улица Темирбека Жургенова № 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргизский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Рядом с зданием Акшийского сельского клуба - щит, улица Жолболсын Шайкакова № 17</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иргиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рядом с магазином "Хабиба" - щит, улица Арал № 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иргизский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием коммунального государственного учреждения "Калыбайская основная школа" государственного учреждения "Иргизский районный отдел образования" - щит, улица Мирхана Жусипова № 1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акши</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рядом с зданием Акшийского сельского клуба - щит, улица Жолболсын Шайкакова № 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...101 lines deleted...]
-Перед зданием Кутикольского сельского клуба - щит, улица Есен Игібаев № 39</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иргизский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калыбай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием коммунального государственного учреждения "Калыбайская основная школа" государственного учреждения "Иргизский районный отдел образования" - щит, улица Мирхана Жусипова № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманкольский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием Аманкольского сельского клуба - щит, Тел Жаманмұрынов № 4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кутиколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Кутикольского сельского клуба - щит, улица Нуртияка Жаманшина № 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманкольский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием коммунального государственного учреждения "Наркызылская основная школа" государственного учреждения "Иргизский районный отдел образования" – щит, улица Төлеу Манасов № 32</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Аманкольского сельского клуба - щит, Тель Жаманмұрынова № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...101 lines deleted...]
-Перед зданием Кызылжарской врачебной амбулатории - щит, улица Лайыка Шокпарова № 6</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аманкольский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием коммунального государственного учреждения "Наркызылская основная школа" государственного учреждения "Иргизский районный отдел образования" – щит, улица Нуртияка Жаманшина № 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызылжарский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием государственного коммунального казенного предприятия "Ясли-сад "Шаттык" государственного учреждения "Аппарат акима Кызылжарского сельского округа Иргизского района Актюбинской области" – щит, улица Саймаганбет Садирбаева № 15</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Кызылжарской врачебной амбулатории - щит, улица Лайыка Шокпарова № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызылжарский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием медицинского пункта "Тепсең" – щит, улица Достық № 41</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шенбертал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием государственного коммунального казенного предприятия Ясли-сад "Шаттык" государственного учреждения "Иргизский районный отдел образования" – щит, улица Астананың 10 жылдығы № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...101 lines deleted...]
-Перед зданием Кумтогайской врачебной амбулатории - щит, улица Утеу Кудайбергенов № 1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кызылжарский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаныс би</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием медицинского пункта "Тепсең" – щит, улица Достық № 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кумтогайский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием Карасайского фельдшерского амбулаторного пункта - щит, улица Дауренбек Сарин № 1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кумтогай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Кумтогайской врачебной амбулатории - щит, улица Утеу Кудайбергенова № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кумтогайский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием Каракудыкского фельдшерского пункта - щит, улица Қазақстан Республикасының тәуелсіздігіне 20 жыл №12</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карасай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Карасайского фельдшерского амбулаторного пункта - щит, улица Дауренбека Сарина № 9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...101 lines deleted...]
-Перед зданием Нуринского сельского клуба - щит, улица Темирбек Жургенова № 57</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кумтогайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каракудык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Каракудыкского фельдшерского пункта - щит, улица Қазақстан Республикасының тәуелсіздігіне 20 жыл № 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нуринский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием Мамырского сельского клуба - щит, улица Абу бакси № 32</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием коммунального государственного учреждения общеобразовательной средней школы имени Т. Жургенова государственного учреждения "Иргизский районный отдел образования" - щит, улица Ибрая Достаева № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нуринский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием Белшерского сельского клуба - щит, улица Серик Сатанова № 19</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Мамырского сельского клуба - щит, улица Абу бакси № 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нуринский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...65 lines deleted...]
-Рядом с зданием коммунального государственного учреждения "Дукенская основная школа" государственного учреждения "Иргизский районный отдел образования" - щит, улица Куркебай Рспанбетова № 16</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Белшерского сельского клуба - щит, улица Серика Сатанова № 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...101 lines deleted...]
-Перед зданием государственного коммунального казенного предприятия "Ясли - сад "Балбөбек" государственного учреждения "Иргизский районный отдел образования" – щит, улица Қазақстан Республикасының тәуелсіздігіне 20 жыл №1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нуринский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дукен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рядом с зданием коммунального государственного учреждения "Дукенская основная школа" государственного учреждения "Иргизский районный отдел образования" - щит, улица Куркебая Рспанбетова № 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таупский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Куйлыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед зданием Куйлысской общеобразовательной средней школы государственного учреждения "Иргизский районный отдел образования"– щит, улица Утебая Канахина № 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайсанбайский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайсанбай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9536" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перед зданием Жайсанбайского медицинского пункта - щит, улица Қазақстан Республикасы Тәуелсіздігіне – 20 жыл № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3738,55 +3955,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>