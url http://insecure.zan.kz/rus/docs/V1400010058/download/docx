--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="313450c" w14:textId="313450c">
+    <w:p w14:paraId="fa826ed" w14:textId="fa826ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -108,363 +108,269 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра национальной экономики Республики Казахстан от 27 ноября 2014 года № 114. Зарегистрирован в Министерстве юстиции Республики Казахстан 06 января 2015 года № 10058.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. В заголовок внесено изменение на государственном языке, текст на русском языке не меняется в соответствии с приказом Министра по инвестициям и развитию РК от 27.04.2017 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок внесено изменение на государственном языке, текст на русском языке не меняется в соответствии с приказом Министра по инвестициям и развитию РК от 27.04.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 01.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 175</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> аттестации экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -483,150 +389,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан (Смагулов Б.А.) обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его официальное опубликование в информационно-правовой системе "Әділет" и в официальных средствах массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на вице-министра национальной экономики Республики Казахстан Ускенбаева Каирбека Айтбаевича.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -825,125 +731,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 ноября 2014 года № 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила аттестации экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила аттестации экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -958,231 +864,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок проведения аттестации экспертов осуществляющих экспертные работы и инжиниринговые услуги и оказания государственной услуги "Аттестация экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уполномоченный орган – ведомство центрального государственного органа, осуществляющего руководство в сфере государственного управления архитектурной, градостроительной и строительной деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности – комплекс услуг (технический и авторский надзоры), обеспечивающий подготовку и осуществление строительства с целью достижения оптимальных проектных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) экспертные работы – работы по экспертизе проектов и проведению технического обследования надежности и устойчивости зданий и сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) эксперт – физическое лицо, осуществляющее определенные виды экспертных работ и инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аттестат эксперта – квалификационный аттестат, удостоверяющий статус эксперта и его право на выполнение экспертных работ и инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заявитель – физическое лицо, претендующее на получение статуса эксперта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) местный уполномоченный орган – структурное подразделение местного исполнительного органа, которое рассматривает документы на соответствие требованиям, утверждает список экспертов, допущенных к тестированию, и график проведения тестирования, а также принимает решение о прохождении экспертами аттестации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z233" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z233" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) биометрическая идентификация – биометрические данные, характеризующие физиологические особенности человека и на основе которых возможно установить его личность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1201,1030 +1107,1030 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аттестация проводится в целях определения уровня профессиональной подготовки и компетентности экспертов, знаний государственных нормативов в области архитектуры, градостроительства и строительства и охраны окружающей среды, в сфере санитарно-эпидемиологического благополучия населения и гигиенических нормативов, улучшения качества осуществляемых ими работ, изучения новых требований, с учетом изменений, происходящих в строительной отрасли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аттестация проводится для экспертов, осуществляющих следующие виды экспертных работ и инжиниринговых услуг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экспертиза градостроительной, предпроектной и проектно-сметной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) технический надзор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) авторский надзор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) техническое обследование надежности и устойчивости зданий и сооружений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Эксперты по экспертизе градостроительной, предпроектной и проектно-сметной документации подразделяются по следующим специализациям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) градостроительство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предпроектная документация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) архитектура;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) конструктивная часть;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) инженерные сети и системы (по видам инженерных сетей и систем);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) технологическая часть (в зависимости от назначения объекта);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сметная часть;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) пожарная безопасность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) экологическая часть;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) санитарно-эпидемиологический профиль.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Эксперты по осуществлению технического надзора подразделяются на следующие специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по объектам первого уровня ответственности – в части несущих и ограждающих конструкций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по объектам первого уровня ответственности – в части инженерных сетей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по объектам первого уровня ответственности – в части технологического оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по объектам второго и третьего уровней ответственности – в части несущих и ограждающих конструкций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) по объектам второго и третьего уровней ответственности – в части инженерных сетей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) по объектам второго и третьего уровней ответственности – в части технологического оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Эксперты по осуществлению авторского надзора подразделяются по следующим специализациям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по объектам первого уровня ответственности – в части архитектуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по объектам первого уровня ответственности – в части несущих и ограждающих конструкций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по объектам второго и третьего уровней ответственности – в части архитектуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по объектам второго и третьего уровней ответственности – в части несущих и ограждающих конструкций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Эксперты по осуществлению технического и авторского надзора делятся на следующие уровни ответственности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по объектам первого уровня ответственности – осуществляют деятельность, указанную в настоящем пункте, на объектах всех уровней ответственности в рамках имеющего аттестата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по объектам второго и третьего уровней уровней ответственности – осуществляют деятельность, указанную в настоящем пункте, на объектах второго и третьего уровней ответственности в рамках имеющего аттестата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. К аттестации допускаются следующие лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для аттестации в качестве эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации по соответствующим разделам – лица с высшим профессиональным образованием по соответствующим разделам градостроительной, проектно-сметной документации и стажом работы по разработке и (или) экспертизе соответствующих разделов градостроительной, предпроектной и проектно-сметной документации не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для аттестации в качестве эксперта технического надзора по объектам первого уровня ответственности в части несущих и ограждающих конструкций - лица с высшим профессиональным образованием в сфере строительства и стажом работы экспертом не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) для аттестации в качестве эксперта технического надзора по объектам первого уровня ответственности в части инженерных сетей – лица с высшим профессиональным образованием в сфере строительства и стажом работы экспертом не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) для аттестации в качестве эксперта технического надзора по объектам первого уровня ответственности в части технологического оборудования – лица с высшим профессиональным образованием в сфере строительства и стажом работы экспертом не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) для аттестации в качестве эксперта технического надзора по объектам второго и третьего уровней ответственности в части несущих и ограждающих конструкций – лица с высшим профессиональным образованием в сфере строительства и стажом работы при производстве строительно-монтажных работ не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) для аттестации в качестве эксперта технического надзора по объектам второго и третьего уровней ответственности в части инженерных сетей – лица с высшим профессиональным образованием в сфере строительства и стажом работы при производстве строительно-монтажных работ не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) для аттестации в качестве эксперта технического надзора по объектам второго и третьего уровней ответственности в части технологического оборудования – лица с высшим профессиональным образованием в сфере строительства и стажом работы при производстве строительно-монтажных работ не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) для аттестации в качестве эксперта авторского надзора по объектам первого уровня ответственности в части архитектуры – лица с высшим профессиональным образованием в сфере строительства и стажом работы экспертом не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) для аттестации в качестве эксперта авторского надзора по объектам первого уровня ответственности в части несущих и ограждающих конструкций – лица с высшим профессиональным образованием в сфере строительства и стажом работы экспертом не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z62" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) для аттестации в качестве эксперта авторского надзора по объектам второго и третьего уровней ответственности в части архитектуры – лица с высшим профессиональным образованием в сфере строительства и стажом работы проектной деятельности не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) для аттестации в качестве эксперта авторского надзора по объектам второго и третьего уровней ответственности в части несущих и ограждающих конструкций – лица с высшим профессиональным образованием в сфере строительства и стажом работы проектной деятельности не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z64" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) для аттестации в качестве эксперта технического обследования надежности и устойчивости зданий и сооружений – лица с высшим профессиональным образованием в сфере строительства и стажом работы проектной деятельности по специализации расчет и конструирование не менее трех лет, либо опытом работы эксперта в данном направлении не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) для аттестации в качестве эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации по экологической части – лица с высшим профессиональным образованием по соответствующему разделу и стажом работы по разработке и (или) экспертизе экологической части градостроительной, предпроектной и проектно-сметной документации не менее пяти лет или с высшим профессиональным образованием и стажом работы по разработке и (или) экспертизе экологической части градостроительной, предпроектной и проектно-сметной документации не менее десяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) для аттестации в качестве эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации в сфере санитарно-эпидемиологического благополучия населения – лица с высшим медицинским образованием санитарно-эпидемиологического профиля и стажом работы по экспертизе соответствующего раздела градостроительной, предпроектной и проектно-сметной документации не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) для аттестации в качестве эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации по пожарной безопасности – лица с высшим профессиональным образованием пожарно-технического профиля и стажом работы по разработке и (или) экспертизе соответствующего раздела градостроительной, предпроектной и проектно-сметной документации не менее трех лет или с высшим профессиональным образованием пожарно-технического профиля и стажом работы в сфере государственного контроля в области пожарной безопасности не менее семи лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z234" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z234" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Уполномоченный орган в течение 3 (трех) рабочих дней с даты утверждения или изменения Правил, актуализируют информацию о порядке оказания государственной услуги и направляют услугодателю, оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2243,1146 +2149,1010 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок аттестации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Государственная услуга "Аттестация экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности" (далее – государственная услуга) оказывается местными исполнительными органами областей, городов Астана, Алматы и Шымкента (далее - услугодатель) согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Физические лица (далее - услугополучатель) для получения государственной услуги направляют заявление с документами в соответствии с Перечнем основных требований к оказанию государственной услуги, согласно приложения 1 к настоящим Правилам (далее – Перечень основных требований) в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал) или объект информатизации "информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz) (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 10 предусматривается в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Перечень документов необходимых для оказания государственной услуги определены в пункте 8 Перечня основных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, удостоверяющих личность и информация из единого накопительного пенсионного фонда о перечисленных обязательных пенсионных взносах, услугодатель получает из информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю в "личный кабинет" направляется статус о принятии заявления для оказания государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вводится</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Действия структурных подразделений (работников) услугодателя при получении аттестата эксперта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z236" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодатель осуществляет регистрацию заявления с документами, указанными в пункте 12 настоящих Правил, в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z237" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z238" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодатель рассматривает заявление с документами на соответствие требованиям, указанным в пункте 9 настоящих Правил (далее - Требования) в течении 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z239" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов услугодатель в течение 2 (двух) рабочих дней с момента регистрации представленных документов, указанных в пункте 12 настоящих Правил готовит мотивированный отказ в дальнейшем рассмотрении заявления и направляет в "личный кабинет" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z240" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения, приказом услугодателя утверждается следующие решения, которые оформляются в отношении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z241" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) допущен к тестированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z242" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не допущен к тестированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z243" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель направляет уведомление в "личный кабинет" услугополучателя о допуске к тестированию в течение 5 (пяти) рабочих дней со дня подачи документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z244" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в оказании государственной услуги услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z245" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока, указанных настоящим подпунктом. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z246" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель выдает решение о допуске к тестированию либо мотивированный отказ в оказании государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z247" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тестирование проводится в течении 7 (семи) рабочих дней. Услугодатель в день проведения тестирования проводит ознакомление заявителей с результатами тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z248" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) услугодатель оформляет, подписывает и направляет в "личный кабинет" услугополучателя аттестат эксперта либо мотивированный отказ согласно пункту 9 Перечня основных требований в течении 2 (двух) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...642 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="83"/>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тестирование предусматривает следующие требования и процедуры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z219" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z219" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) проведение тестирования автоматизированным компьютерным способом на государственном или русском языках по выбору заявителя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z220" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z220" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае необходимости для получения аттестата эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации тестирование проводится на английском языке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z221" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z221" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) допуск заявителей на тестирование осуществляется по предъявлению документа, удостоверяющего личность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z222" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z222" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сотрудники Услугодателя ознакамливают тестируемых с процедурой проведения тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z223" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z223" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) во время тестирования эксперты не могут разговаривать и покидать помещение, в котором проводится тестирование. Запрещено использование персональных электронных устройств (в том числе компьютеров, мобильных телефонов во время тестирования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z224" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z224" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сотрудники Услугодателя удаляют с тестирования заявителей, нарушивших настоящую процедуру проведения тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z225" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z225" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) подсчет правильных ответов компьютерного тестирования проводится автоматически компьютерной программой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z226" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z226" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Время, отпущенное на тестирование составляет 100 минут. Тест состоит из 100 вопросов. Тестовые вопросы разрабатываются и утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z227" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z227" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пороговый уровень для прохождения тестирования составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z228" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z228" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для экспертов указанных в подпунктах 2), 3), 4), 8), 9) пункта 9 настоящих Правил – 90 и более правильных ответов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z229" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z229" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для всех остальных экспертов – 70 и более правильных ответов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z230" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z230" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Количество повторной пересдачи аттестации не ограничено.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3401,230 +3171,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="96"/>
+    <w:bookmarkStart w:name="z249" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1. Минимальные технические требования по техническому оснащению при проведении тестирования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z250" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z250" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) перед началом тестирования, экзаменуемые лица проходят идентификацию по предоставлению документа, удостоверяющего личность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z251" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z251" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при запуске на тестирование используются металлоискатели ручного или рамочного типа. Применение металлоискателей при запуске на тестирование осуществляется в рамках обеспечения безопасности экзаменуемых лиц при проведении тестирования, а также недопущения проноса ими в здание средств связи, электронно-вычислительной техники, фото-, аудио- и видеоаппаратуры, справочных материалов, письменных заметок и иных средств хранения и передачи информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z252" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z252" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) для того, чтобы начать тестирование, экзаменуемому лицу необходимо подтвердить личность посредством биометрической идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z253" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z253" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) залы тестирования должны быть оборудованы рабочими станциями (процессор не менее Intel Core i3, оперативная память не менее 4 Гб), системы кондиционирования помещений, диспенсер, зал ожидания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z254" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z254" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) каждая рабочая станция должна быть оснащена веб-камерами для ведения видеозаписи процесса тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z255" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z255" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) зал тестирования должен быть оборудован современной системой цифрового видео и аудио наблюдения. Для обеспечения прозрачности и объективности проведения тестирования аудитории в пунктах проведения обеспечиваются системой общего видеонаблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z256" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z256" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) зал тестирования должен быть установлен принтер с возможностью печати;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z257" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z257" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) зал тестирования должен быть оборудован управляемым коммутатором и локальной сетью, и соответствовать требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3643,428 +3413,428 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="105"/>
+    <w:bookmarkStart w:name="z99" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Действий структурных подразделений (работников) услугодателя при переоформлении аттестата эксперта в случаях, указанных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z100" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z100" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) услугодатель осуществляет регистрацию заявления с документами, указанных подпунктами 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, в день их поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z101" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z101" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z102" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z102" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) услугодатель рассматривает заявление с документами оформляет, подписывает и направляет в "личный кабинет" услугополучателя аттестат эксперта в течении – 2 (двух) рабочих дней. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z103" w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z103" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения документов, удостоверяющих личность предоставляются услугодателю из информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z104" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z104" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Аттестат эксперта подлежит переоформлению в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z105" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z105" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменения фамилии, имени, отчества (при его наличии) физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z106" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z106" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перевод бумажного аттестата на электронный аттестат без указания срока действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z107" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z107" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перевод электронного аттестата со сроком на электронный аттестат без срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z108" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z108" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z109" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z109" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Информация об аттестованных экспертах размещается на официальном интернет-ресурсе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z110" w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z110" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Аттестат эксперта публикуется на веб-портале "электронного правительства": www.egov.kz в течение пяти рабочих дней со дня подписания приказа услугодателя по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z111" w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z111" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При получении аттестата на право осуществления инжиниринговых услуг (авторский и технический наздор) в сфере архитектурной, градостроительной и строительной деятельности по одному разделу более высокого уровня ответственности, имеющиеся аттестат того же раздела низкого уровня ответственности считаются не действительными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z112" w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z112" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z113" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z113" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4285,148 +4055,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...96 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4476,170 +4148,203 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации экспертов,</w:t>
+              <w:t>к Правилам аттестации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих экспертные</w:t>
+              <w:t>экспертов, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>работы и инжиниринговые</w:t>
+              <w:t>экспертные работы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>услуги в сфере архитектурной,</w:t>
+              <w:t>и инжиниринговые услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере архитектурной,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>градостроительной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и строительной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 19.05.2023 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4673,123 +4378,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень основных требований к оказанию государственной услуги "Аттестация экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности":</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Переоформление аттестата при изменении фамилии, имени, отчества (при его наличии) физического лица, при переводе бумажного аттестата на электронный аттестат без указания срока действия;</w:t>
+Аттестация экспертов, осуществляющих экспертные работы по экспертизе градостроительной, предпроектной и проектно-сметной документации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экспертиза градостроительной, предпроектной и проектно-сметной документации;</w:t>
+Аттестация экспертов, осуществляющих инжиниринговые услуги по техническому надзору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технический надзор;</w:t>
+Аттестация экспертов, осуществляющих инжиниринговые услуги по авторскому надзору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Авторский надзор;</w:t>
+Аттестация экспертов, осуществляющих экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Техническое обследование надежности и устойчивости зданий и сооружений.</w:t>
+Переоформление аттестата при изменении фамилии, имени, отчества (при его наличии) физического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4821,52 +4526,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4935,87 +4640,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веб-портал "электронного правительства": www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5102,51 +4825,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) выдача аттестата – 15 рабочих дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) переоформление аттестат при изменении фамилии, имени, отчества (при его наличии) физического лица, при переводе бумажного аттестата на электронный аттестат без указания срока действия – 3 рабочих дня.</w:t>
+2) переоформление аттестат при изменении фамилии, имени, отчества (при его наличии) физического лица, – 3 рабочих дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5215,51 +4938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5536,87 +5259,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя</w:t>
+График работы услугодателя, объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -5707,87 +5430,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений необходимых для оказания государственной услуги</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) при получении: заявление в форме электронного документа, удостоверенный электронной цифровой подписью заявителя, по форме согласно приложению 2 к настоящим Правилам;</w:t>
+              <w:t xml:space="preserve">
+1) при получении: заявление в форме электронного документа, удостоверенный электронной цифровой подписью заявителя, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документ, удостоверяющий личность, либо электронный документ из сервиса цифровых документов – для идентификации личности заявителя (предъявляется при допуске на тестирование);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5815,87 +5558,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 для аттестации в качестве эксперта по техническому и авторскому надзору и техническому обследованию надежности и устойчивости зданий и сооружений, копия диплома о высшем профессиональном образовании (в случае наличия ученой степени и ученого звания, электронная копия подтверждающего документа) или для иностранных граждан электронная копия легализованного или апостилированного документа об образовании и приложения к нему и нотариально засвидетельствованный перевод (в случае, если документ полностью на иностранном языке) документа об образовании и приложения к нему, включая перевод штампа печати;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электронная копия трудовой книжки.</w:t>
+выписка из единого накопительного пенсионного фонда о перечисленных обязательных пенсионных взносах, трудовая книжка.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При отсутствия трудовой книжки по обоснованным причинам, услугополучатель представляет один из следующих документов, подтверждающих трудовую деятельность:</w:t>
+При отсутствии трудовой книжки предоставляется:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электронная копия трудовой договор с отметкой работодателя о дате и основании его прекращения;</w:t>
+электронная копия трудового договора с отметкой работодателя о дате и основании его прекращения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная копия выписки из актов работодателя, подтверждающие возникновение и прекращение трудовых отношений на основе заключения и прекращения трудового договора;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5942,86 +5685,50 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) при переоформлении в связи с изменением фамилии, имени, отчества (при его наличии) физического лица:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заявление в форме электронного документа, удостоверенный электронной цифровой подписью заявителя, по форме согласно приложению 5 к настоящим Правилам;</w:t>
-            </w:r>
-[...34 lines deleted...]
-электронная копия аттестата.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6257,51 +5964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6311,77 +6018,74 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства: www.kds.miid.gov.kz, услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
+Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства и услугодателя: www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6628,68 +6332,68 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             (полные фамилия, имя, отчество (при его наличии) физического лица) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (далее – Ф.И.О.)  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="120"/>
+    <w:bookmarkStart w:name="z232" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 23.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7430,108 +7134,108 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z190" w:id="121"/>
+          <w:bookmarkStart w:name="z190" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование местного уполномоченного органа] [на гос. языке]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="122"/>
+          <w:bookmarkStart w:name="z191" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2146300" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -7612,80 +7316,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z195" w:id="123"/>
+          <w:bookmarkStart w:name="z195" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Реквизиты местного уполномоченного органа на гос. языке]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -7694,308 +7398,308 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Реквизиты местного уполномоченного органа на рус. языке]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="124"/>
+    <w:bookmarkStart w:name="z199" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эксперта осуществляющего работы и инжиниринговые услуги в сфере архитектурной, градостроительный и строительной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z200" w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z200" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      АТТЕСТАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z201" w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z201" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № [Номер]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z202" w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z202" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим удостоверяется что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z203" w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z203" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [ФАМИЛИЯ] [ИМЯ] [ОТЧЕСТВО]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z204" w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z204" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       присвоин статус эксперта по экспертным работам и инжиниринговым услугам с правом осуществления этой деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z205" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z205" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по виду: [Вид экспертных работ и инжиниринговых услуг]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z206" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z206" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по специализации: [Специализация]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z207" w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z207" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приказ руководителя местного уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z208" w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z208" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от [Дата приказа] № [Номер приказа]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z209" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z209" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Дата выдачи]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z210" w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z210" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Должность подписывающего] [ФИО подписывающего]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z211" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z211" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7658100" cy="825500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -8017,70 +7721,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="137"/>
+    <w:bookmarkStart w:name="z212" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный документ согласно пункту 1 статьи 7 ЗРК от 7 января 2003 года "Об электронном документе и электронный цифровой подписи" равнозначен документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8263,88 +7967,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="138"/>
+    <w:bookmarkStart w:name="z215" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление для переоформления аттестата эксперта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z216" w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z216" w:id="142"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8579,64 +8283,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) перевод электронного аттестата со сроком на электронный аттестат без срока</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z217" w:id="140"/>
+      <w:bookmarkStart w:name="z217" w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Адрес, телефон: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Место работы:____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>