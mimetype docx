--- v0 (2025-10-01)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="485e698" w14:textId="485e698">
+    <w:p w14:paraId="ce958f6" w14:textId="ce958f6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -634,64 +634,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра национальной экономики</w:t>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -712,92 +725,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила ведения реестра государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 01.04.2024 </w:t>
+      Сноска. Правила - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 188/НҚ</w:t>
+        <w:t>№ 614/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z45" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила ведения реестра государственных услуг (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -812,927 +823,967 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственных услугах" и определяют порядок ведения реестра государственных услуг, включая порядок выявления скрытых государственных услуг и внесения их в реестр государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z46" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Правилах используются следующие определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z47" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) скрытая государственная услуга – государственная функция, отвечающая критериям государственной услуги, но не включенная в реестр государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z48" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) услугополучатель – физические и юридические лица, за исключением центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z49" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) услугодатель – центральные государственные органы, загранучреждения Республики Казахстан, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, а также физические и юридические лица, оказывающие государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z50" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) государственная услуга – одна из форм реализации отдельных государственных функций или их совокупности, осуществляемых по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      4) общественно значимая услуга – государственная услуга, осуществляемая на непрерывной основе и направленная на удовлетворение законных интересов общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z51" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) уполномоченный орган в сфере оказания государственных услуг (далее – уполномоченный орган) – центральный государственный орган, осуществляющий руководство и межотраслевую координацию в сфере оказания государственных услуг;</w:t>
+      5) государственная услуга – одна из форм реализации отдельных государственных функций или их совокупности, осуществляемых по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z52" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) реестр государственных услуг (далее – реестр) – классифицированный перечень государственных услуг.</w:t>
+      6) уполномоченный орган в сфере оказания государственных услуг (далее – уполномоченный орган) – центральный государственный орган, осуществляющий руководство и межотраслевую координацию в сфере оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z53" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Основной задачей уполномоченного органа по ведению реестра и выявлению скрытых государственных услуг является учет и включение государственных услуг, скрытых государственных услуг в реестр, обеспечение детальной информации и иных ключевых сведений о государственных услугах на веб-портале "электронного правительства", в том числе о подвидах государственной услуги для конкретизации соответствующей ситуации в рамках оказываемой государственной услуги.</w:t>
+      7) реестр государственных услуг (далее – реестр) – классифицированный перечень государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z54" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Классификация реестра состоит из:</w:t>
+      3. Реестр ведется на казахском и русском языках по форме согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z55" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Классификация реестра состоит из:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z56" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разделов, которые представляют собой группировку государственных услуг в зависимости от сфер общественных отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z57" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подразделов, которые представляют собой группировку государственных услуг в зависимости от жизненных ситуаций услугополучателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z58" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядковых номеров государственных услуг.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z59" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Государственной услуге присваивается восьмизначный индивидуальный классифицированный код в виде цифрового обозначения, который формируется из кодов всех уровней классификации реестра. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z60" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Государственной услуге присваивается восьмизначный индивидуальный классифицированный код в виде цифрового обозначения, который формируется из кодов всех уровней классификации реестра.</w:t>
+      6. Классифицированный код государственной услуге присваивается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z61" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Классифицированный код состоит из трех частей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z62" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) первая часть – состоит из 3 цифр и обозначает раздел сферы общественных отношений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkStart w:name="z63" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вторая часть – состоит из 2 цифр и обозначает подраздел в зависимости от жизненной ситуации услугополучателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z64" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) третья часть – состоит из 3 цифр и обозначает порядковый номер государственной услуги внутри подраздела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z65" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Классифицированный код государственной услуге присваивается уполномоченным органом.</w:t>
+      7. Классификация реестра составляется по структуре согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z66" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок ведения реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z67" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Порядок ведения реестра включает в себя следующие этапы:</w:t>
+      8. Порядок ведения реестра включает в себя следующие этапы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z68" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анализ нормативных правовых актов Республики Казахстан на предмет выявления государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z69" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определение на основе проведенного анализа перечня государственных услуг, подлежащих к включению в реестр или исключению из реестра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z70" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) включение выявленных государственных услуг или исключение из реестра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z71" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение мониторинга реестра на предмет актуализации (обновления) его содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z72" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) актуализация (обновление) сведений на веб-портале "электронного правительства" о государственных услугах, включенных в реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z73" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для внесения изменений и (или) дополнений в реестр центральные государственные органы и местные исполнительные органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z74" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ежегодно проводят инвентаризацию сведений о государственных услугах в реестре;</w:t>
+      1) ежеквартально проводят инвентаризацию сведений о государственных услугах в реестре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z75" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в части государственных услуг, ежеквартально не позднее пятого числа месяца, следующего за отчетным периодом, представляют в уполномоченный орган предложения по внесению в реестр изменений на казахском и русском языках по форме согласно приложению 3 к настоящим Правилам и (или) сведения по внесению в реестр дополнений на казахском и русском языках по форме согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z76" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в части общественно значимых услуг, ежеквартально не позднее пятого числа месяца, следующего за отчетным периодом, представляют в уполномоченный орган предложения по внесению в реестр изменений на казахском и русском языках по форме согласно приложению 5 к настоящим Правилам и (или) сведения по внесению в реестр дополнений на казахском и русском языках по форме согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z77" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган ежеквартально не позднее тридцатого числа месяца, следующего за отчетным периодом, осуществляет внесение изменений и (или) дополнений в реестр либо направляет в государственный орган мотивированное заключение об отклонении поступивших предложений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z78" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) представляют в уполномоченный орган предложения по внесению в реестр изменений на государственном и русском языках по форме согласно </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам (далее – приложение 4).</w:t>
+      9. Общественно значимая услуга подлежит включению в Реестр в порядке, установленном настоящими Правилами, при одновременном соответствии следующим критериям: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z79" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Уполномоченный орган обеспечивает размещение детальной информации и иных ключевых сведений о государственных услугах (сведения об услугополучателе, наименование услугодателя, наименования организаций или объекта информатизации осуществляющих прием заявлений и выдачу результатов оказания государственной услуги, платность либо бесплатность оказания государственной услуги, форму оказания государственной услуги, наименование подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги) на веб-портале "электронного правительства" ежеквартально до 10 числа месяца, следующего за отчетным периодом, по мере поступления предложений о внесений изменений и (или) дополнений в реестр от центральных государственных органов и местных исполнительных органов.</w:t>
+      1) осуществляется на непрерывной основе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z80" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не является индивидуальной и направлена на удовлетворение законных интересов общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z81" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеет социально-значимый характер в обеспечении жизнедеятельности общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z82" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) является доступной для всего общества либо для широкого круга лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z83" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уполномоченный орган обеспечивает размещение детальной информации и иных ключевых сведений о государственных услугах (сведения об услугополучателе, наименование услугодателя, наименования организаций или объекта информатизации осуществляющих прием заявлений и выдачу результатов оказания государственной услуги, платность либо бесплатность оказания государственной услуги, форму оказания государственной услуги, наименование подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги), на веб-портале "электронного правительства" ежеквартально до 10 числа месяца, следующего за отчетным периодом, по мере поступления предложений о внесениях изменений и (или) дополнений в реестр от центральных государственных органов и местных исполнительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z84" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Реестр утверждается или в него вносится изменения и (или) дополнения по согласованию с уполномоченным органом по оценке и контролю за качеством оказания государственных услуг и уполномоченным органом в сфере развития системы государственного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z85" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок выявления скрытых государственных услуг и внесения их в реестр</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z86" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Скрытая государственная услуга имеет конкретную, типовую форму в рамках реализации государственной функции в виде документа и (или) в виде действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z87" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Порядок выявления скрытых государственных услуг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z88" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) центральные государственные органы и местные исполнительные органы каждое полугодие проводят анализ поступивших обращений физических и юридических лиц на предмет выявления скрытых государственных услуг.</w:t>
+      1) центральные государственные органы и местные исполнительные органы ежеквартально проводят анализ поступивших обращений физических и юридических лиц на предмет выявления скрытых государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z89" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основе анализа скрытых государственных услуг центральные государственные органы и местные исполнительные органы формируют предложения в реестр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z90" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, на основании которого уполномоченный орган формирует проект реестра с включением скрытой государственной услуги для дальнейшего согласования с заинтересованными государственными органами и местными исполнительными органами;</w:t>
+        <w:t>
+      2) центральные государственные органы и местные исполнительные органы ежеквартально не позднее пятого числа месяца, следующего за отчетным периодом, представляют в уполномоченный орган предложения по внесению в реестр дополнений на казахском и русском языках по форме согласно приложению 4, на основании которого уполномоченный орган ежеквартально не позднее тридцатого числа месяца, следующего за отчетным периодом, формирует проект реестра с включением скрытой государственной услуги для дальнейшего согласования с заинтересованными государственными органами и местными исполнительными органами либо направляет мотивированное заключение об отклонении поступивших предложений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z91" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при наличии разногласий по включению скрытой государственной услуги в реестр, вопрос включения скрытой государственной услуги выносится на Межведомственную комиссию по вопросам оказания государственных услуг для выработки рекомендаций о целесообразности или нецелесообразности включения скрытой государственной услуги в реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1863,68 +1914,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkStart w:name="z94" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2120,51 +2171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги</w:t>
+Наименование подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2342,50 +2393,528 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3046,69 +3575,134 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам ведения реестра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkStart w:name="z97" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификация реестра государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3312,258 +3906,191 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...97 lines deleted...]
-Документирование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Получение документов/справок, удостоверяющих личность и статус</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Документирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3592,305 +4119,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00102</w:t>
-[...35 lines deleted...]
-Получение документов, обеспечивающих права, несвязанные с предпринимательской деятельностью</w:t>
+00101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Получение документов/справок, удостоверяющих личность и статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Регистрация физических лиц и граждан</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Получение документов, обеспечивающих права, несвязанные с предпринимательской деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Регистрация/смена статуса, места жительства, фамилии, имени, отчества (при наличии) и других данных физических лиц</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация физических лиц и граждан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3919,87 +4446,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00202</w:t>
-[...35 lines deleted...]
-Пребывание за рубежом</w:t>
+00201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация/смена статуса, места жительства, фамилии, имени, отчества (при наличии) и других данных физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4028,523 +4555,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00203</w:t>
-[...35 lines deleted...]
-Прибытие в Республику Казахстан</w:t>
+00202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пребывание за рубежом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Регистрация физических и юридических лиц</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибытие в Республику Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере регистрации физических и юридических лиц</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация физических и юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Семья и дети</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере регистрации физических и юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Создание семьи</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семья и дети</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4573,87 +5100,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00402</w:t>
-[...35 lines deleted...]
-Рождение, опекунство и воспитание ребенка</w:t>
+00401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Создание семьи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4682,87 +5209,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00403</w:t>
-[...35 lines deleted...]
-Образование и досуг для ребенка</w:t>
+00402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рождение, опекунство и воспитание ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4791,305 +5318,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00404</w:t>
-[...35 lines deleted...]
-Содержание и обеспечение ребенка</w:t>
+00403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Образование и досуг для ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Права на имущество и интеллектуальную собственность</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание и обеспечение ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Движимое имущество</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Права на имущество и интеллектуальную собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5118,87 +5645,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00502</w:t>
-[...35 lines deleted...]
-Недвижимое имущество</w:t>
+00501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Движимое имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5227,87 +5754,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00503</w:t>
-[...35 lines deleted...]
-Интеллектуальная собственность</w:t>
+00502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Недвижимое имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5336,305 +5863,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00504</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере прав на имущество и интеллектуальную собственность</w:t>
+00503</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интеллектуальная собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Здоровье, медицина и здравоохранение</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00504</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере прав на имущество и интеллектуальную собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Медицинская помощь</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Здоровье, медицина и здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5663,87 +6190,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00602</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере здравоохранения</w:t>
+00601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинская помощь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5772,87 +6299,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00603</w:t>
-[...35 lines deleted...]
-Санитарно-эпидемиологическое благополучие населения</w:t>
+00602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5881,305 +6408,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00604</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере здоровья, медицины и здравоохранения</w:t>
+00603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санитарно-эпидемиологическое благополучие населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Труд и социальная защита населения</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере здоровья, медицины и здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Занятость населения</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Труд и социальная защита населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6208,87 +6735,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00702</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов в сфере занятости населения</w:t>
+00701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Занятость населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6317,87 +6844,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00703</w:t>
-[...35 lines deleted...]
-Социальное обеспечение, в том числе пенсионное обеспечение и социальное страхование</w:t>
+00702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов в сфере занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6426,87 +6953,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00704</w:t>
-[...35 lines deleted...]
-Социальная поддержка отдельных категорий граждан</w:t>
+00703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальное обеспечение, в том числе пенсионное обеспечение и социальное страхование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6535,87 +7062,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00705</w:t>
-[...35 lines deleted...]
-Социальные услуги</w:t>
+00704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная поддержка отдельных категорий граждан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6644,305 +7171,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00706</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере труда и социальной защиты населения</w:t>
+00705</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальные услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Образование и наука</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере труда и социальной защиты населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Высшее и послевузовское образование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Образование и наука</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6971,87 +7498,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00802</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере образования и науки</w:t>
+00801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высшее и послевузовское образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7080,305 +7607,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00803</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере образования и науки</w:t>
+00802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бизнес и предпринимательство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Начало бизнеса или частного предпринимательства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес и предпринимательство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7407,87 +7934,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00902</w:t>
-[...35 lines deleted...]
-Прекращение деятельности частного предпринимателя или юридического лица</w:t>
+00901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начало бизнеса или частного предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7516,87 +8043,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00903</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на занятие определенными видами деятельности</w:t>
+00902</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прекращение деятельности частного предпринимателя или юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7625,87 +8152,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00904</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на производство отдельных видов продукции</w:t>
+00903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на занятие определенными видами деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7734,87 +8261,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00905</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на приобретение, реализацию и хранение отдельных видов продукции</w:t>
+00904</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на производство отдельных видов продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7843,523 +8370,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00906</w:t>
-[...35 lines deleted...]
-Поддержка предпринимательской деятельности</w:t>
+00905</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) на приобретение, реализацию и хранение отдельных видов продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Туризм</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка предпринимательской деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере туризма</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туризм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Транспорт и коммуникации</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере туризма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Автомобильный транспорт</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8388,87 +8915,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01102</w:t>
-[...35 lines deleted...]
-Воздушный транспорт</w:t>
+01101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8497,87 +9024,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01103</w:t>
-[...35 lines deleted...]
-Железнодорожный и водный транспорт</w:t>
+01102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воздушный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8606,305 +9133,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01104</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере транспорта и коммуникаций</w:t>
+01103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Железнодорожный и водный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Охрана окружающей среды и животного мира, природные ресурсы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере транспорта и коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Охрана окружающей среды</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Охрана окружающей среды и животного мира, природные ресурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8933,87 +9460,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01202</w:t>
-[...35 lines deleted...]
-Пользование водными ресурсами</w:t>
+01201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Охрана окружающей среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9042,87 +9569,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01203</w:t>
-[...35 lines deleted...]
-Пользование лесными ресурсами</w:t>
+01202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пользование водными ресурсами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9151,87 +9678,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01204</w:t>
-[...35 lines deleted...]
-Пользование животным миром</w:t>
+01203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пользование лесными ресурсами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9260,305 +9787,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01205</w:t>
-[...35 lines deleted...]
-Недропользование</w:t>
+01204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пользование животным миром</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Сельское хозяйство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Недропользование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере сельского хозяйства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9587,305 +10114,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01302</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере сельского хозяйства</w:t>
+01301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере сельского хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Промышленность, индустрия и технологии</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере сельского хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Топливо и энергетика</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промышленность, индустрия и технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9914,87 +10441,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01402</w:t>
-[...35 lines deleted...]
-Технологии</w:t>
+01401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топливо и энергетика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10023,87 +10550,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01403</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере промышленности, индустрии и технологий</w:t>
+01402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10132,305 +10659,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01404</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере промышленности, индустрии и технологий</w:t>
+01403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере промышленности, индустрии и технологий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Нефтегазовая сфера</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере промышленности, индустрии и технологий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в нефтегазовой сфере</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нефтегазовая сфера</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10459,305 +10986,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01502</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в нефтегазовой сфере</w:t>
+01501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в нефтегазовой сфере</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Налоговое администрирование, бухгалтерский учет и финансовая отчетность, аудиторская деятельность</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в нефтегазовой сфере</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Налоговое администрирование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговое администрирование, бухгалтерский учет и финансовая отчетность, аудиторская деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10786,87 +11313,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01602</w:t>
-[...35 lines deleted...]
-Бухгалтерский учет и финансовая отчетность</w:t>
+01601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговое администрирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10895,305 +11422,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01603</w:t>
-[...35 lines deleted...]
-Аудиторская деятельность</w:t>
+01602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерский учет и финансовая отчетность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Государственное регулирование, контроль и надзор финансового рынка и финансовых организаций</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудиторская деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере деятельности банков</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственное регулирование, контроль и надзор финансового рынка и финансовых организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11222,87 +11749,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01702</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере деятельности пенсионных фондов</w:t>
+01701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере деятельности банков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11331,87 +11858,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01703</w:t>
-[...35 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере рынка страховых услуг</w:t>
+01702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере деятельности пенсионных фондов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11440,523 +11967,523 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01704</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере государственного регулирования, контроля и надзора финансового рынка и финансовых организаций</w:t>
+01703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере рынка страховых услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Таможенное дело</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере государственного регулирования, контроля и надзора финансового рынка и финансовых организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере таможенного дела</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таможенное дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Безопасность, оборона и правосудие</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере таможенного дела</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере безопасности, правосудия и обороны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Безопасность, оборона и правосудие</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11985,741 +12512,741 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01902</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере безопасности, правосудия и обороны</w:t>
+01901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере безопасности, правосудия и обороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Защита конкуренции</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01902</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере безопасности, правосудия и обороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере защиты конкуренции</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита конкуренции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Религия</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере защиты конкуренции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере религии</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Религия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Земельные отношения, геодезия и картография</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере религии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Земельные отношения</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельные отношения, геодезия и картография</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12748,305 +13275,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02202</w:t>
-[...35 lines deleted...]
-Геодезия и картография</w:t>
+02201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельные отношения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Культура, информация и связь</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геодезия и картография</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере организации и предоставления связи</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, информация и связь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13075,87 +13602,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02302</w:t>
-[...35 lines deleted...]
-Информация</w:t>
+02301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере организации и предоставления связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13184,741 +13711,741 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02303</w:t>
-[...35 lines deleted...]
-Культура</w:t>
+02302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Чрезвычайные ситуации</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере чрезвычайных ситуаций</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чрезвычайные ситуации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Физическая культура и спорт</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере чрезвычайных ситуаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере физической культуры и спорта</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Физическая культура и спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Архитектурно-градостроительная деятельность</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере физической культуры и спорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере архитектуры и строительства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архитектурно-градостроительная деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13947,1177 +14474,1177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02602</w:t>
-[...35 lines deleted...]
-Прочие государственные услуги в сфере архитектурно-градостроительной деятельности</w:t>
+02601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешительных документов (включая лицензирование, регистрацию, сертификацию) в сфере архитектуры и строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Жилищно-коммунальное хозяйство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере архитектурно-градостроительной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере жилищно-коммунального хозяйства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Внешняя политика и иностранные дела</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере жилищно-коммунального хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере внешней политики и иностранных дел</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внешняя политика и иностранные дела</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Регулирование естественных монополий</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере внешней политики и иностранных дел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере регулирования естественных монополий</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регулирование естественных монополий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Государственная служба</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере регулирования естественных монополий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Прочие государственные услуги в сфере государственной службы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная служба</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Другие</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги в сфере государственной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Использование космического пространства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15146,87 +15673,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03102</w:t>
-[...35 lines deleted...]
-Апостилирование</w:t>
+03101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Использование космического пространства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15255,87 +15782,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03103</w:t>
-[...35 lines deleted...]
-Предоставление статистической информации</w:t>
+03102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Апостилирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15364,87 +15891,1219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+03103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление статистической информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 03104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные предприятия и государственное имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меры государственной поддержки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальное направление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сферах культуры и информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сфере охраны окружающей среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономическое направление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сфере транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сфере промышленности и ЖКХ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сфере развития топливно-энергетического комплекса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественно значимые услуги в сфере защиты и развития конкуренции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15515,68 +17174,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам ведения реестра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkStart w:name="z99" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма предложений по внесению изменений в реестр государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16530,214 +18189,214 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам ведения реестра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkStart w:name="z101" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений по внесению дополнений в реестр государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код государственной услуги</w:t>
-[...35 lines deleted...]
-Наименование государственной услуги</w:t>
+Наименование подвида государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16880,161 +18539,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Платность (на каждый подвид государственной услуги)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17177,149 +18836,149 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17442,149 +19101,149 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17707,149 +19366,149 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17973,162 +19632,240 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
-            </w:r>
-[...72 lines deleted...]
-Порядок оказания государственной услуги (предполагаемые сроки, перечень документов и так далее)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма результата оказания государственной услуги (на каждый подвид государственной услуги)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания гос услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информационная система услугодателя (для оказания услуги)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порядок оказания государственной услуги (перечень документов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18162,479 +19899,587 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Правовое основание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 размер платы</w:t>
             </w:r>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
-            </w:r>
-[...72 lines deleted...]
-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18693,117 +20538,182 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18862,150 +20772,1480 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам ведения реестра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z103" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма предложений по общественно значимой услуге для внесения изменений в реестр государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Структурный элемент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Действующая редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предлагаемая редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обоснование (ссылка на нормативный правовой акт и (или) поручение Правительства Республики Казахстан (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам ведения реестра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z105" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма сведений по общественно значимой услуге для внесения дополнений в реестр государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код общественно значимой услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование общественно значимой услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование подвида общественно значимой услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19063,55 +22303,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>