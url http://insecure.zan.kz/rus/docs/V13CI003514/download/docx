--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b466c75" w14:textId="b466c75">
+    <w:p w14:paraId="4fad3ad" w14:textId="4fad3ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -95,57 +95,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании избирательных участков в Мугалжарском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение акима Мугалжарского района Актюбинской области от 1 февраля 2013 года № 2. Зарегистрировано Департаментом юстиции Актюбинской области 5 февраля 2013 года № 3514.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -622,68 +615,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г.АСКАРОВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -780,61 +755,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки Мугалжарского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции решения акима Мугалжарского района Актюбинской области от 16.10.2023 </w:t>
+      Сноска. Приложение - в редакции решения акима Мугалжарского района Актюбинской области от 16.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 10</w:t>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -939,52 +914,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Кандыагаш, улица Ереван Баязитұлы Баймұхамбетов, № 20 "А", здание коммунального государственного учреждения "Молодежный ресурсный центр" государственного учреждения "Мугалжарский районный отдел внутренный политики"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон "Жастык": № 38 "А", 38 "Б", 39 "А", 39 "Б", 46, 47, 47 "В", 48, 49 "А", 49 "Б", 50; </w:t>
+        <w:t>
+      микрорайон "Жастык": № 38 "А", 38 "Б", 39 "А", 39 "Б", 46, 47, 47 "В", 48, 49 "А", 49 "Б", 50;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нұрахмет Қаржаубаев: № 1 "А", 1/1, 1 "Б"/1, 1/2, 2/1, 2/2, 2 "А", 3/1, 3/2, 4/2, 4 "В", 6/1, 9 "В".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1150,51 +1125,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон "Достык", многоэтажные жилые дома: № 13, 19 "Б", 20, 21, 22, 23, 24, 25, 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      частные жилые дома: № 1, 1 "А", 2, 2 "А", 3, 3 "А", 4, 4 "А, 5, 5 "А", 6, 6 "А", 7, 8, 9, 10, 10 "А", 10 "Б", 10 "А"/2, 11, 11 "А", 11 "Б", 12 "А", 13, 13 "А", 13 "Б", 13 "В", 14, 15, 16, 17, 18, 19, 19 "А", 19 "Г", 20, 21, 22 "Б", 23 "А", 25 "Б", 26 "А", 26 "Д", 27, 27 "А", 27 "Б", 28, 29, 30, 31, 32, 33 "А", 34, 35, 36, 37, 38, 39, 40 "А", 41, 41 "А", 41 "Б", 42, 43, 44, 45, 46, 47, 48, 49, 49 "А", 51, 51 "А", 53, 55, 56, 57, 58, 59, 60, 60 "А";</w:t>
+      частные жилые дома: № 1 "А", 2 "А", 3 "А", 4, 5, 6, 7, 10, 10 "А", 10 "Б", 11, 12 "А", 13, 13 "В", 14, 19 "А", 20, 21, 26 "Д", 27, 27 "А", 28, 29, 30, 31, 32, 33 "А", 34, 35, 36, 37, 38, 39, 40 "А", 41, 41 "А", 41 "Б", 42, 43, 44, 45, 46, 47, 48, 49, 49 "А", 51, 51 "А", 53, 55, 56, 57, 58, 59, 60, 60 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Төлеген Айбергенов: № 2 "А", 3 "А", 6, 7 "А", 8, 9, 11, 13, 15, 16, 16/1, 16/2, 16 "А", 16 "Б", 17, 17 "Б", 18, 19, 20, 20 "А", 20 "Б", 21, 21 "А", 23, 23 "А", 24, 24 "А", 25, 25 "Б", 26, 27, 27 "А", 28, 28 "А", 29, 30, 31, 31 "А", 31 "Б", 32, 32 "А", 33, 33 "А", 35, 36, 37, 38, 41, 45, 47, 47 "А", 48, 49, 51, 53, 54, 55, 56, 57, 57 "А", 58, 58 "А", 59, 60, 60 "А", 60 "Б", 61, 61 "А", 64, 64 "А", 66, 67, 67 "А", 68, 68 "А", 68 "Б", 69, 70, 70 "А", 71, 71/1, 71/2, 71 "А", 71 "Б", 72, 72/1, 72 "А", 73, 74, 77, 78, 79, 80, 81, 82, 83, 84, 86, 88, 90, 91 "А", 92, 93, 94, 94 "А", 94 "Б", 95, 95 "А", 95 "Б", 96, 96 "А", 97, 98, 98 "А", 100, 102, 104, 106, 108, 110, 112, 113, 113 "А", 114, 114 "А", 121, 123, 124;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1204,85 +1179,121 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон "Самал", многоэтажные жилые дома: № 26 "А", 49;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      частные жилые дома: № 1, 1 "А", 2, 2 "А", 3 "А", 5, 7/1, 8, 9, 12, 16, 18, 19, 20, 20/2, 21, 22 "А", 25, 26, 27, 29, 29 "А", 29 "Б", 33, 34, 35, 37, 40, 41, 46, 48, 48 "Б", 49 "А", 55, 56, 57, 59, 60, 63, 68, 128.</w:t>
+      частные жилые дома: № 1, 1 "А", 2, 2 "А", 3 "А", 5, 7/1, 8, 9, 12, 16, 18, 19, 20, 20/2, 21, 22 "А", 25, 26, 27, 29, 29 "А", 29 "Б", 33, 34, 35, 37, 40, 41, 46, 48, 48 "Б", 49 "А", 55, 56, 57, 59, 60, 63, 68, 128;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлихан Бөкейхан: 1, 2, 3, 4, 5, 6, 7, 8, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арыстан Мұқамбетқазин: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 310</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      город Кандыагаш, микрорайон "Жастық", 43 "Б", здание физкультурно- оздоровительного комплекса при коммунальном государственном учреждении "Специализированная детско – юношеская спортивная школа города Кандыагаш" государственного учреждения "Управление физической культуры и спорта Актюбинской области"</w:t>
+      город Кандыагаш, микрорайон "Жастық", 43 "Б", здание физкультурно - оздоровительного комплекса при коммунальном государственном учреждении "Специализированная детско – юношеская спортивная школа города Кандыагаш" государственного учреждения "Управление физической культуры и спорта Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Рахымжан Қошкарбаев: № 1, 1/1, 2, 3, 3/1, 3/2, 3 "А", 4, 5, 6, 7, 7 "А", 8, 8 "А", 10, 11, 11 "А", 13, 15, 17, 18, 19, 20, 21, 22, 23, 23 "А", 24, 25, 25/1, 25/2, 27, 27/1, 27/2, 29/1, 29/2, 30, 30/1, 30/2, 39, 40, 40 "А", 41, 42, 43, 44, 44 "А", 45, 46, 47, 48, 49, 50, 51, 56, 56/1, 57/2, 70, 76, 77 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1346,51 +1357,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Көбелей: № 5, 17, 21, 23, 25, 27, 29, 31, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Бейімбет Майлин: № 2, 2/1, 4, 5/1, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14 "А", 16, 18, 21 "А", 25 "А", 26, 28, 28 "А", 30, 30 "Б", 34, 91, 94;</w:t>
+      улица Бейімбет Майлин: № 2, 2/1, 4, 5/1, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14 "А", 16, 18, 21 "А",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25 "А", 26, 28, 28 "А", 30, 30 "Б", 34, 91, 94;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мұнайшылар: № 1/1, 1 "А", 1 "Б", 2 "А", 3 "А", 5 "А", 6/1, 6/2, 9, 16, 20/1, 24 "А", 25/1, 25/2, 25 "А", 26/1, 26/2, 28/1, 28/2, 29/1, 29/2, 30/1, 30/2, 30 "В", 31/1, 31/2, 32/1, 32/2, 33/2, 34/2, 35/2, 36/1, 36/2, 38, 39, 40/1, 40/2, 41, 48/1, 52/1, 80/2, 104, 105, 106, 107, 108, 109, 110/1, 110/2, 112, 120, 120 "А", 121, 128;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1990,51 +2019,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Есет батыра, частные жилые дома: № 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50 ,51, 52, 53, 54, 54 "А", 55, 55 "А", 55 "А"/2, 56, 57, 59, 61, 62, 64, 65, 67, 69, 71, 71 "А", 72, 73, 74, 75, 76, 77, 78, 79, 80, 80 "Б", 81, 82, 83, 84, 85, 86, 87, 87 "А", 87 "Б", 87 "Г", 88, 89, 90, 92;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      многоэтажные жилые дома: № 12, 16, 18, 20;</w:t>
+      многоэтажные жилые дома: № 12, 13, 16, 18, 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Сұлтанмахмут Торайғыров: № 45, 46, 47, 47/3, 48, 49, 50, 51, 52, 52 "В", 53, 53 "А", 54, 54/1, 55, 55 "А", 56, 57, 58, 59, 59 "А", 60, 61, 62, 62 "А", 63, 64, 64 "А", 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 83, 84, 85, 85 "А", 86, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2204,51 +2233,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 313</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      город Кандыагаш, улица Есет батыра, № 139, административное здание филиала Кандыагашского учреждения электроснабжения Акционерного общества "Национальная компания "Қазақстан Темір Жолы" "Объединенная Актюбинская дистанция электроснабжения"</w:t>
+      город Кандыагаш, улица Юрий Гагарина, 8 "Е", здание коммунального государственного учреждения "Кандыагашская городская общеобразовательная средняя школа №1" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жамбыл Жабаева, частные жилые дома: № 82, 84, 86, 88, 90, 90 "А", 91, 91 "А", 94, 96, 98, 100, 101, 102, 103, 104, 105, 105 "А", 106, 108, 109, 110, 110 "А", 111, 112, 112 "А", 112 "Б", 114, 114 "А", 115, 116, 116 "А", 118, 118 "А", 120, 121, 122, 122 "А", 122 "Б", 124, 125, 125 "А", 126, 126 "Б", 127, 128, 131, 132, 132 "А", 133, 134, 135, 137, 137 "А", 138, 140, 142;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2311,52 +2340,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ахмет Жұбанов: № 101, 103, 105, 107, 107 "А", 109, 109 "А", 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122 "А", 125, 126, 127, 128, 129, 130, 131, 132, 133 "Б"/1, 135, 136, 137, 138, 138 "А", 139, 140, 141, 142, 144, 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Амангелды Иманова: № 115, 119, 121 "А", 123, 123 "А", 127, 129, 131, 133, 136, 137, 138, 144, 146, 148; </w:t>
+        <w:t>
+      улица Амангелды Иманова: № 115, 119, 121 "А", 123, 123 "А", 127, 129, 131, 133, 136, 137, 138, 144, 146, 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нурпеис Байганина: № 94, 96, 98, 100, 102, 103, 105, 106, 107, 108, 109, 109 "А", 110, 111, 112, 114, 115, 116, 117, 119, 120, 120 "А", 120/1, 120/2, 122, 123, 123 "А", 124, 125, 127, 129, 129 "А", 133, 135, 137, 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2794,51 +2823,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Кандыагаш, микрорайон "Достык", 21 "Б", здание коммунального государственного учреждения "Школа - гимназия № 3 города Кандыагаш" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон Болашак: № 1, 1/1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 19/2, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 59, 60, 61, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 104, 105, 106, 107, 107 "А", 111, 155, 156, 160, 161, 168, 169, 169 "А", 171, 174, 175, 176, 177, 178, 179, 179 "А", 180, 182, 183, 184, 185, 186, 188, 190, 192, 193, 194, 197, 198, 198 "А";</w:t>
+      микрорайон Болашак: № 1, 1/1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 19/2, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 59, 60, 61, 63, 64, 65, 66, 67, 68, 69, 70, 71, 111, 155, 156, 160, 161, 168, 169, 169 "А", 171, 174, 175, 176, 177, 178, 179, 179 "А", 180, 182, 183, 184, 185, 186, 188, 190, 192, 193, 194, 197, 198, 198 "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Балуан Шолақ: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Абай: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2865,106 +2912,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Астана: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      улица Ұлытау: № 1, 1 "А", 2, 3, 3 "А", 4, 5, 5 "А", 6, 7, 7 "А", 8, 9, 9 "А", 10, 11, 11 "А", 12, 13, 13 "А", 14, 15, 15 "А", 16, 17, 17 "А", 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 23 "А", 24, 25, 25 "А";</w:t>
+        <w:t>
+      улица Алматы: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 24 "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сайым Балмұқанов: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ұлытау: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ақорда: № 1, 2, 2 "А", 3, 4, 4 "А", 5, 6, 6 "А", 7, 8, 8 "А", 9, 10, 10 "А", 11, 12, 12 "А", 13, 14, 14 "А", 15, 16, 16 "А", 17, 18, 18 "А", 19, 20, 20 "А", 21, 22, 22 "А", 24, 24 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Әлия Молдағұлова: № 1, 1 "А", 2, 3, 3 "А", 4, 5, 5 "А", 6, 7, 7 "А", 8, 9, 9 "А", 10, 11, 11 "А", 12, 13, 13 "А", 14, 15, 15 "А", 16, 17, 17 "А", 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 23 "А", 24, 25, 25 "А", 26, 27, 27 "А", 28, 29, 29 "А", 30, 31, 31 "А", 32, 33, 33 "А", 34, 35, 35 "А", 36, 37, 37 "А", 38, 39, 39 "А", 40, 41, 41 "А", 42, 43, 43 "А", 44, 45, 45 "А", 46, 47, 47 "А", 48, 49, 49 "А", 50, 51, 51 "А", 52, 53, 53 "А", 54, 55, 55 "А", 56, 57, 57 "А", 58, 59, 59 "А", 60, 61, 61 "А", 62, 63, 63 "А", 64, 65, 65 "А", 66, 67, 67 "А", 67 "Б", 67 "В", 68;</w:t>
+      улица Әлия Молдағұлова: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13 "А", 14, 15, 16, 17, 18, 19, 19 "А", 20, 21, 21 "А", 22, 23, 24, 25, 26, 27, 27 "А", 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мәншүк Мәметова: № 1, 2, 2 "А", 3, 4, 4 "А", 5, 6, 6 "А", 7, 8, 8 "А", 9, 10, 10 "А", 11, 12, 12 "А", 13, 14, 14 "А", 15, 16, 16 "А", 17, 18, 18 "А", 19, 20, 20 "А", 21, 22, 22 "А", 23, 24, 24 "А", 25, 26, 26 "А", 27, 28, 28 "А", 29, 30, 30 "А", 31, 32, 32 "А", 33, 34, 34 "А", 35, 36, 36 "А", 37, 38, 38 "А", 39, 40, 40 "А", 41, 42, 42 "А", 43, 44, 44 "А", 45, 46, 46 "А", 47, 48, 48 "А", 49, 50, 50 "А", 51, 52, 52 "А", 53, 54, 54 "А", 55, 56, 56 "А", 57, 58, 58 "А", 59, 60, 60 "А", 61, 62, 62 "А", 63, 64, 64 "А", 65, 66, 66 "А", 66 "Б", 67;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2973,104 +3038,158 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ер Едіге: № 3, 4, 5, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 20, 21, 22, 23, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82, 84, 86, 88, 90;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон Жаңақоныс: 1, 29, 53, 64, 78, 81, 89, 90, 103, 107, 113, 115, 120, 171, 190, 191, 198, 199, 202, 203, 204, 205, 207, 218, 241, 252, 254, 296, 297, 321, 349, 368, 382, 390, 396, 398, 433, 434, 444, 454. </w:t>
+        <w:t>
+      микрорайон Жаңақоныс: 53, 64, 113, 115, 120, 171, 190, 191, 207, 218, 241, 252, 254, 296, 297, 321, 349, 368, 382, 390, 396, 398, 433, 434, 444, 454;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Өтеш Жалмағамбетов: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нұрғали Тастанбаев: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 315 </w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 315</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Эмба, улица Бауыржана Момышулы, № 55 "А", здание коммунального государственного учреждения "Эмбинская городская общеобразовательная средняя школа № 4" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Бауыржана Момышулы: № 26 "Б", 45, 45 "А", 45 "Б", 45 "В", 45 "Е", 46, 46 "В", 47, 47 "В", 49, 49 "А", 53, 55, 59, 63, 89;</w:t>
+      улица Бауыржана Момышулы: № 26 "Б", 45, 45 "А", 45 "Б", 45 "В", 45 "Е", 46, 46 "В", 47,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47 "В", 49, 49 "А", 53, 55, 59, 63, 89;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жагыпара Амирова: № 26 "Б", 26 "Г", 28, 28 "А", 30, 32, 34, 36, 38, 40, 40 "А", 44, 44 "А", 46, 46 "А", 48, 48 "А", 48 "Б", 49, 50, 50 "А", 52, 52 "А", 54, 54 "А", 54 "Б", 56, 63, 65, 67, 69, 73, 75, 75 "А", 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3259,52 +3378,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Метеостанция: № 1, 2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      станция Кыргыз; </w:t>
+        <w:t>
+      станция Кыргыз;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разъезд № 56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3850,51 +3969,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жиенгали Толепбергенова: № 80, 82, 84, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 106 "А", 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 134, 136, 138, 140, 140 "А", 142, 142 "А", 144, 146, 148, 150, 150 "Б", 152, 154, 156, 156 "А", 158, 160, 162;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Айтеке Би: № 15, 23, 25, 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 "А", 46, 47, 48, 49, 50, 53, 54, 55, 56, 57, 58, 59, 60, 61, 63, 65, 67, 68, 69, 71, 72, 72 "А", 73, 74, 75, 76, 77, 77 "А", 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 92, 93, 94, 95, 96, 98, 99, 100, 101, 102, 104, 106, 108, 110, 112, 116, 120, 121, 122, 124, 126, 127, 128, 132, 134, 136, 138, 140, 140 "А", 142, 144, 148, 150, 152, 154, 154 "А", 156, 158, 160, 162, 164;</w:t>
+      улица Айтеке Би: № 15, 23, 25, 25 "А", 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 "А", 46, 47, 48, 49, 50, 53, 54, 55, 56, 57, 58, 59, 60, 61, 63, 65, 67, 68, 69, 71, 72, 72 "А", 73, 74, 75, 76, 77, 77 "А", 79, 80, 81, 82, 83, 84, 85, 86, 87, 89, 90, 92, 93, 94, 95, 96, 98, 99, 100, 101, 102, 104, 106, 108, 110, 112, 116, 120, 121, 122, 124, 126, 127, 128, 132, 134, 136, 138, 140, 140 "А", 142, 144, 148, 150, 152, 154, 154 "А", 156, 158, 160, 162, 164;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мәншүк Маметова: № 3, 3 "А", 5, 6, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 23, 25, 26, 27, 29, 30, 30 "А", 31, 32, 33, 34, 35, 36, 36 "А", 38, 43, 54, 55;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4028,51 +4147,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 318</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      город Эмба, улица Геологов, № 17, здание государственного учреждения "Эмбенская городская библиотека"</w:t>
+      город Эмба , улица Геологов, № 17, здание государственного учреждения "Эмбенская городская библиотека"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Есет - Батыра: № 1, 2, 3, 4 "А", 5, 7, 8, 9, 11, 13 ,15, 16, 17 "А",17 "Б", 23, 23 "А", 25, 27, 28, 29, 31, 33, 35, 36, 37, 38, 39, 40, 43, 45, 47, 48, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 "А";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4348,87 +4467,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 320</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      город Эмба, улица Шокана Валиханова, № 4 "А", здание коммунального государственного учреждения "Эмбинская городская общеобразовательная средняя школа № 3" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
-[...35 lines deleted...]
-      улица Сатыбалды Жалбасов: № 1, 1 "А", 1 "Б" 2, 3, 3 "А", 4, 6, 7 "А", 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 26, 34, 36, 42, 44;</w:t>
+      город Эмба, улица Сатыбалды Жалбасова, № 56, здание коммунального государственного учреждения "Эмбинская городская общеобразовательная средняя школа № 3" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нәби Бекенбаев: № 1, 2, 3, 3 "А", 4, 5, 6, 7, 8, 9, 10, 10 "А", 11, 12, 13, 14, 15, 16, 17, 17 "А", 17 "Б", 17 "В", 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30 "А", 33, 34, 36, 38, 39, 48, 65, 66, 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сатыбалды Жалбасов: № 1, 1 "А", 1 "Б" 2, 3, 3 "А", 4, 6, 7 "А", 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 26, 34, 36, 42, 44, 50;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ахмет Байтұрсынов: № 1, 2, 3, 4, 5, 6, 7, 7 "А", 20, 31;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4456,51 +4575,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Бейімбет Майлин: № 1, 2, 3, 4, 5, 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Желтоксан: № 1, 2, 2 "А", 4, 4 "А", 4 "Б", 5 "A", 6, 6 "А", 7 "А", 8, 8 "А", 8 "Б", 9, 10, 10 "А", 10 "Б", 10 "Д", 11, 12, 13, 14, 14 "А", 14 "Б", 16, 16 "А", 18, 18 "А", 18 "В", 20, 20 "А", 22, 22 "А", 24, 24 "А", 26, 26 "А", 26 "Б", 28, 28 "А", 28 "Б", 28 "В", 29, 29 "Б", 30, 30 "А", 30 "Б", 30 "В", 32, 32 "А", 32 "Б", 34, 34 "А", 34 "Б", 35, 36, 36 "А", 36 "Б", 36 "В", 37, 38, 38 "А", 38 "Б", 38 "В", 38 "Д", 40, 40 "A", 40 "Б", 40 "В", 40 "Г", 41, 42, 44, 46, 47, 48, 52, 52 "А", 54, 56 "A", 62.</w:t>
+      улица Желтоксан: № 1, 2, 2 "А", 4, 4 "А", 4 "Б", 5 "A", 6, 6 "А", 7 "А", 8, 8 "А", 8 "Б", 9, 10, 10 "А", 10 "Б", 10 "Д", 11, 12, 13, 14, 14 "А", 14 "Б", 16, 16 "А", 18, 18 "А", 18 "В", 20, 20 "А", 22, 22 "А", 24, 24 "А", 26, 26 "А", 26 "Б", 28, 28 "А", 28 "Б", 28 "В", 29, 29 "Б", 30, 30 "А", 30 "Б", 30 "В", 32, 32 "А", 32 "Б", 34, 34 "А", 34 "Б", 35, 36, 36 "А", 36 "Б", 36 "В", 36 "Е", 37, 38, 38 "А", 38 "Б", 38 "В", 38 "Д", 40, 40 "A", 40 "Б", 40 "В", 40 "Г", 41, 42, 44, 46, 47, 48, 52, 52 "А", 54, 56 "A", 62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 321</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4560,51 +4679,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село Аккемер, улица Есет батыр Көкіұлы, № 35, здание коммунального государственного учреждения "Аккемирская общеобразовательная средняя школа" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       в границах села Аккемер.</w:t>
+      в границах села Аккемер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 323</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4646,69 +4765,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 324</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      село Котибар батыр, улица Достық, № 21, здание коммунального государственного учреждения "Основная средняя школа имени Котибар батыра" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
-[...17 lines deleted...]
-       в границах сел Котибар батыр, Коктобе.</w:t>
+      село Котибар батыр, улица Достық, № 35 "А", здание коммунального государственного учреждения "Основная средняя школа имени Котибар батыра" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах сел Котибар батыр, Коктобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 326</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4872,51 +4991,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село Сабындыкол, улица Тапақ Тілегенұлы Тлегенов, № 12, здание коммунального государственного учреждения "Сабындыкульская начальная школа" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       в границах села Сабындыкол.</w:t>
+      в границах села Сабындыкол.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 330</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4924,51 +5043,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село Жагабулак, улица Нұрахмет Қаржаубаев, № 6, здание Жагабулакского сельского клуба при государственном коммунальном казенном предприятии "Городской Дом культуры города Жем" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       в границах сел Жагабулак, Жаркемер.</w:t>
+      в границах сел Жагабулак, Жаркемер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 332</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5080,51 +5199,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село Журын, улица Ахмет Жұбанов, № 6, здание Журынского сельского дома культуры при государственном коммунальном казенном предприятии "Мугалжарский районный Дом культуры" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       в границах села Журын.</w:t>
+      в границах села Журын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 336</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5426,51 +5545,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 344</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      станция Темир мост, улица Наурыз, № 27/2, здание железнодорожного вокзала Акционерного общества "Национальная компания "Қазақстан Темір Жолы"</w:t>
+      станция Темир мост, улица Наурыз, № 11 "А", здание коммнального государственного учреждения "Начальная школа № 59 станция Темір" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в границах станции Темир мост.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5478,51 +5597,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 345</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      село Булакты, улица Төлеу Алдабергенов, № 13, здание коммунального государственного учреждения "Булактинская основная средняя школа" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
+      село Булакты, улица Константин Полтинников, № 46, здание Булактинского сельского клуба при государственном коммунальном казенном предприятии "Городской Дом культуры города Жем" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в границах сел Булакты, Миялыкол.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5807,86 +5926,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село Кумсай, улица Нұралы Қаниев, № 3, здание Кумсайского сельского клуба при государственном коммунальном казенном предприятии "Эмбенский городской культурный центр" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      в границах села Кумсай. </w:t>
+        <w:t>
+      в границах села Кумсай.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 355</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      село Талдысай, улица Атлаша Жумагалиева, № 6, здание Талдысайского сельского дома культуры при государственном коммунальном казенном предприятии "Мугалжарский районный Дом культуры" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
+      село Талдысай, улица Абай Құнанбаев, № 34 "А", здание коммунального государственного учреждения "Талдысайская общеобразовательная средняя школа" государственного учреждения "Отдел образования Мугалжарского района Управления образования Актюбинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в границах села Талдысай.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5894,51 +6013,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 356</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      село Енбек, улица Маншук Маметова, № 6, здание медицинского пункта села Енбек государственного коммунального предприятия "Мугалжарская районная больница" на праве хозяйственного ведения государственного учреждения "Управление здравохранения Актюбинской области"</w:t>
+      село Енбек, улица Маншук Маметова, № 5, здание Енбекского сельского клуба при государственном коммунальном казенном предприятии "Мугалжарский районный Дом культуры" государственного учреждения "Мугалжарский районный отдел культуры и развития языков"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в границах села Енбек.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -6390,31 +6509,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>