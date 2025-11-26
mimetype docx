--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd2a55f" w14:textId="cd2a55f">
+    <w:p w14:paraId="d5ba6e4" w14:textId="d5ba6e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,74 +132,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 34-2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 14 Закона Республики Казахстан от 8 декабря 2001 года "О железнодорожном транспорте", </w:t>
+        <w:t xml:space="preserve"> пункта 2 статьи 14 Закона Республики Казахстан "О железнодорожном транспорте", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Министра транспорта РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -540,64 +602,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утвержден приказом</w:t>
+              <w:t>Утвержден</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>транспорта и коммуникаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -631,6327 +693,6287 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень железнодорожных вокзалов согласно их класса</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень с изменениями, внесенными приказами Министра индустрии и инфраструктурного развития РК от 05.11.2019 </w:t>
+      Сноска. Перечень - в редакции приказа и.о. Министра транспорта РК от 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 825</w:t>
+        <w:t>№ 304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.12.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. К классу "Внекласный" относятся следующие железнодорожные вокзалы (станции): </w:t>
+        <w:t>
+      1. К классу "Внекласный" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z328" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Железнодорожный вокзальный комплекс "Нұрлы жол";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z329" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Астана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z330" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Караганда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z331" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Алматы 1; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z332" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Алматы 2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z333" w:id="16"/>
-[...15 lines deleted...]
-      6) Актобе.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Актобе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      2. К классу "1" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Шымкент</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      1) Уральск;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К классу "1" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      2) Кзыл Орда;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Орал;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Кызылорда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Атырау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Мангистау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Бейнеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Кокшетау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Костанай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Павлодар нов.зд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
-[...15 lines deleted...]
-      10) Джамбул;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Тараз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...15 lines deleted...]
-      11) Чу;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Шу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...15 lines deleted...]
-      12) Семипалатинск.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Семей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      3. К классу "2" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Курорт-Боровое;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      1) Курорт-Боровое;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Жезказган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...15 lines deleted...]
-      2) Аркалык;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Туркестан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
-[...15 lines deleted...]
-      3) Атбасар;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Шалкар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      4) Жезказган;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К классу "2" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      5) Туркестан;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Аркалык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      6) Аягоз;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аягоз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...15 lines deleted...]
-      7) Защита;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Оскемен-1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      8) Шалкар;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Арал тенизи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      9) Казахстан;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Кульсары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      10) Арал Море;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Кандыагаш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      11) Кульсары;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Казалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      12) Кандыагаш;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Балхаш-2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      13) Казалинск.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Актогай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      4. К классу "3" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. К классу "3" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Есиль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Екибастуз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Макинка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Акколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      5) Балхаш-2;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ерейментау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      6) Ерментау;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Железорудная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...15 lines deleted...]
-      7) Железорудная;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Тобол;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
-[...15 lines deleted...]
-      8) Джалтыр;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Акадыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
-[...15 lines deleted...]
-      9) Тобол;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Түрксіб;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      10) Акадыр;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Уштобе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      11) Вишневка;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Тюлькубас;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      12) Луговая;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Отар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...15 lines deleted...]
-      13) Уштобе;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Сарыагаш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      14) Актогай;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Сарышаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      15) Тюлькубас;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Жем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      16) Отар;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Торетам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      17) Сары-агач;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Шиели;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      18) Сары Шаган;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Жаңақорған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      19) Жем;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Сексеул;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      20) Тюратам;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Атбасар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...15 lines deleted...]
-      21) Чиили;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
-[...15 lines deleted...]
-      22) Яны-курган;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Достык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      23) Макат;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Жангиз Тобе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
-[...15 lines deleted...]
-      24) Саксаульская;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Бесколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...15 lines deleted...]
-      25) Джусалы;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Ганюшкино;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...15 lines deleted...]
-      26) Сагиз;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Жаланашколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
-[...15 lines deleted...]
-      27) Узень;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Арыс-2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
-[...15 lines deleted...]
-      28) Караулкелды.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. К классу "Производственные здания с пунктом обслуживания пассажиров 1 типа" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      5. К классу "Производственное здание тип 1" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Караганда сорт чет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      1) Караганда сорт чет;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Караганда сорт неч;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      2) Караганда сорт неч;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Аманкарагай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      3) Державинская;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Еркеншилик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...15 lines deleted...]
-      4) Аманкарагай;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Жарык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      5) Шортанды;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жаңаесіл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
-[...15 lines deleted...]
-      6) Еркеншилик;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Саяк;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
-[...15 lines deleted...]
-      7) Жарык;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мойынты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
-[...15 lines deleted...]
-      8) Жаксы;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Сарыбел;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...15 lines deleted...]
-      9) Ельтай;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Шар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...15 lines deleted...]
-      10) Новоишимская;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Шыганак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...15 lines deleted...]
-      11) Ирченко;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Манкент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
-[...15 lines deleted...]
-      12) Сары Оба;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Шубаркудык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...15 lines deleted...]
-      13) Жана Караганда;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Шынгырлау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      14) Саяк;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Шетпе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      15) Кызылжар;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Хромтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...15 lines deleted...]
-      16) Куркамыс;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Алга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...15 lines deleted...]
-      17) Мойынты;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Макат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
-[...15 lines deleted...]
-      17) Осакаровка;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Сагиз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      18) Шар;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Жанаарка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...15 lines deleted...]
-      19) Достык;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Боранды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
-[...15 lines deleted...]
-      20) Арысь 1;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Бершугир;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
-[...15 lines deleted...]
-      21) Чиганак;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Доссор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
-[...15 lines deleted...]
-      22) Жангиз Тобе;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Бозщаколь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
-[...15 lines deleted...]
-      23) Опорная;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Кушмурун;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
-[...15 lines deleted...]
-      24) Бесколь;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Жосалы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
-[...15 lines deleted...]
-      25) Манкент;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. К классу "Производственные здания с пунктом обслуживания пассажиров 2 "типа" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      26) Шубаркудык;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Пресногорьковская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      27) Семиглавый Мар;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Кзыл Ту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      28) Чингирлау;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Саумалкөл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      29) Кыргыз;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Тайынша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...15 lines deleted...]
-      30) Кауылжыр;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Сулы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
-[...15 lines deleted...]
-      31) Шетпе;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Тальщик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      32) Хромтау.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Нилды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...15 lines deleted...]
-      6. К классу "Производственное здание тип 2" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мырза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
-[...15 lines deleted...]
-      1) Пресногорьковская;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Нура;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
-[...15 lines deleted...]
-      2) Кушмурун;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Босага;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
-[...15 lines deleted...]
-      3) Кзыл Ту;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Карабас;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
-[...15 lines deleted...]
-      4) Володарское;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Құлайғыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
-[...15 lines deleted...]
-      5) Тайнша;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Женыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      6) Кара Адыр;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Каражал;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      7) Даут;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Дария;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
-[...15 lines deleted...]
-      8) Сулы;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Шокай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
-[...15 lines deleted...]
-      9) Танкерыс Адыр;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Киик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
-[...15 lines deleted...]
-      10) Джемантуз;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Донгал;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
-[...15 lines deleted...]
-      11) Колутон;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Кокпекты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
-[...15 lines deleted...]
-      12) Тальщик;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Анар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
-[...15 lines deleted...]
-      13) Нилды;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Челгаши;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...15 lines deleted...]
-      14) Мырза;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Сарыколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
-[...15 lines deleted...]
-      15) Нура;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Аксу-2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
-[...15 lines deleted...]
-      16) Босага;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Үшбиік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
-[...15 lines deleted...]
-      17) Карабас;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Жарма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
-[...15 lines deleted...]
-      18) Калагир;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Матай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
-[...15 lines deleted...]
-      19) Жанаарка;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Сары Озек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
-[...15 lines deleted...]
-      20) Женыс;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Жалагаш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
-[...15 lines deleted...]
-      21) Каражал;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Капчагай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
-[...15 lines deleted...]
-      22) Дария;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Тимур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
-[...15 lines deleted...]
-      23) Шокай;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Мугалжар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
-[...15 lines deleted...]
-      24) Киик;</w:t>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Таскала;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
-[...15 lines deleted...]
-      25) Донгал;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Дегелен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
-[...15 lines deleted...]
-      26) Кокпекты;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Котыртас;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
-[...15 lines deleted...]
-      27) Анар;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) Томенарык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
-[...15 lines deleted...]
-      28) Джаркуль;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Тогыз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
-[...15 lines deleted...]
-      29) Каерак;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Копмола;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
-[...15 lines deleted...]
-      30) Щарбакты;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Мукур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
-[...15 lines deleted...]
-      31) Маралды;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Айтеке-би.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
-[...15 lines deleted...]
-      32) Шоккарагай;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Жалтыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
-[...15 lines deleted...]
-      33) Тогузак;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Аршалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
-[...15 lines deleted...]
-      34) Челгаши;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Жаңаөзен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z150" w:id="142"/>
-[...15 lines deleted...]
-      35) Сарыколь;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Караулкелды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
-[...15 lines deleted...]
-      36) Аксу-2;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) Державинская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
-[...15 lines deleted...]
-      37) Каратау;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Шортанды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
-[...15 lines deleted...]
-      38) Жанатас;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Кайдауыл</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z154" w:id="146"/>
-[...15 lines deleted...]
-      39) Шемонаиха;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Жаксы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z155" w:id="147"/>
-[...15 lines deleted...]
-      40) Лениногорск;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) Ельтай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z156" w:id="148"/>
-[...15 lines deleted...]
-      41) Ушбийк;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) Ирченко;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z157" w:id="149"/>
-[...15 lines deleted...]
-      42) Жарма;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Сары Оба;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z158" w:id="150"/>
-[...15 lines deleted...]
-      43) Матай;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) Жана Караганды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z159" w:id="151"/>
-[...15 lines deleted...]
-      44) Сары;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) Арыс 1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z160" w:id="152"/>
-[...15 lines deleted...]
-      45) Озек;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Боранқұл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z161" w:id="153"/>
-[...15 lines deleted...]
-      46) Бадам;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Смирново;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z162" w:id="154"/>
-[...15 lines deleted...]
-      47) Капчагай;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Янко;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z163" w:id="155"/>
-[...15 lines deleted...]
-      48) Тимур;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) Перекатная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z164" w:id="156"/>
-[...15 lines deleted...]
-      49) Бурное;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Саумалколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z165" w:id="157"/>
-[...15 lines deleted...]
-      50) Мугалжар;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) Ащыозек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z166" w:id="158"/>
-[...15 lines deleted...]
-      51) Алга;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Акжайдак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z167" w:id="159"/>
-[...15 lines deleted...]
-      52) Переметная;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) Апановка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z168" w:id="160"/>
-[...15 lines deleted...]
-      53) Алгабас;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) Житикара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z169" w:id="161"/>
-[...15 lines deleted...]
-      54) Шипово;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) Казанбасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z170" w:id="162"/>
-[...15 lines deleted...]
-      55) Сапак;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) Ковыльная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z171" w:id="163"/>
-[...15 lines deleted...]
-      56) Бикбаули;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Темиртау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z172" w:id="164"/>
-[...15 lines deleted...]
-      57) Биршогыр;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) Алтай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z173" w:id="165"/>
-[...15 lines deleted...]
-      58) Журын;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) Тансык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z174" w:id="166"/>
-[...15 lines deleted...]
-      59) Аккемер;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) Жетыген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z175" w:id="167"/>
-[...15 lines deleted...]
-      60) Соленая;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) Лепсы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z176" w:id="168"/>
-[...15 lines deleted...]
-      61) Жарлы;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Коктума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z177" w:id="169"/>
-[...15 lines deleted...]
-      62) Каратогай;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) Тамды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z178" w:id="170"/>
-[...15 lines deleted...]
-      63) Бестамак;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) Исатай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z179" w:id="171"/>
-[...15 lines deleted...]
-      64) Котыртас;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Аккистау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z180" w:id="172"/>
-[...15 lines deleted...]
-      65) Улпан;</w:t>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Лисаковск;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z181" w:id="173"/>
-[...15 lines deleted...]
-      66) Тогыз;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) Алтынколь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z182" w:id="174"/>
-[...15 lines deleted...]
-      67) Изимбет;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) Ақши;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z183" w:id="175"/>
-[...15 lines deleted...]
-      68) Кудык;</w:t>
+    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Болашак.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z184" w:id="176"/>
-[...15 lines deleted...]
-      69) Копмола;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. К классу "Производственные здания с пунктом обслуживания пассажиров 3 "типа" относятся следующие железнодорожные вокзалы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z185" w:id="177"/>
-[...15 lines deleted...]
-      70) Ералиево;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Аксуат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z186" w:id="178"/>
-[...15 lines deleted...]
-      71) Устюрт;</w:t>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Азат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z187" w:id="179"/>
-[...15 lines deleted...]
-      72) Коркол;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Кайранкуль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z188" w:id="180"/>
-[...15 lines deleted...]
-      73) Мукур;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Киялы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z189" w:id="181"/>
-[...15 lines deleted...]
-      74) Ганюшкино;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ащи Голь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
-[...15 lines deleted...]
-      75) Доссор;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Карагай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z191" w:id="183"/>
-[...15 lines deleted...]
-      76) Айтеке-би.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Уголки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z192" w:id="184"/>
-[...15 lines deleted...]
-      7. К классу "Производственное здание тип 3" относятся следующие железнодорожные вокзалы (станции):</w:t>
+    <w:bookmarkStart w:name="z193" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Чкалово;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
-[...15 lines deleted...]
-      1) Смирново;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Золоторунная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
-[...15 lines deleted...]
-      2) Атбасар-2;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Октябрь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
-[...15 lines deleted...]
-      3) Косчеку;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Белоградовка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
-[...15 lines deleted...]
-      4) Аксуат;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Бауманская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
-[...15 lines deleted...]
-      5) Азат;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Ботакара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
-[...15 lines deleted...]
-      6) Кайранкуль;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Ащысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z199" w:id="191"/>
-[...15 lines deleted...]
-      7) Киялы;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Буркитты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z200" w:id="192"/>
-[...15 lines deleted...]
-      8) Янко;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Карагайлы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z201" w:id="193"/>
-[...15 lines deleted...]
-      9) Ащи Голь;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Актасты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z202" w:id="194"/>
-[...15 lines deleted...]
-      10) Карагай;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Атасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z203" w:id="195"/>
-[...15 lines deleted...]
-      11) Уголки;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Орта - Дересин;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z204" w:id="196"/>
-[...15 lines deleted...]
-      12) Чкалово;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Мынадыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z205" w:id="197"/>
-[...15 lines deleted...]
-      13) Золоторунная;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Теректы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z206" w:id="198"/>
-[...15 lines deleted...]
-      14) Октябрь;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Уленты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z207" w:id="199"/>
-[...15 lines deleted...]
-      15) Белоградовка;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Тургай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z208" w:id="200"/>
-[...15 lines deleted...]
-      16) Бауманская;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Селеты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z209" w:id="201"/>
-[...15 lines deleted...]
-      17) Перекатная;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Енбекшильдер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z210" w:id="202"/>
-[...15 lines deleted...]
-      18) Ботакара;</w:t>
+    <w:bookmarkStart w:name="z211" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Айсары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z211" w:id="203"/>
-[...15 lines deleted...]
-      19) Ащису;</w:t>
+    <w:bookmarkStart w:name="z212" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Калкаман;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z212" w:id="204"/>
-[...15 lines deleted...]
-      20) Саумалколь;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Шидерты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z213" w:id="205"/>
-[...15 lines deleted...]
-      21) Буркитты;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Таскудык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z214" w:id="206"/>
-[...15 lines deleted...]
-      22) Карагайлы;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Карасор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z215" w:id="207"/>
-[...15 lines deleted...]
-      23) Актасты;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Майкайын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z216" w:id="208"/>
-[...15 lines deleted...]
-      24) Атасу;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Спутник;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z217" w:id="209"/>
-[...15 lines deleted...]
-      25) Орта - Дересин;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Красноармейка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
-[...15 lines deleted...]
-      26) Ащыозек;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Елимай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
-[...15 lines deleted...]
-      27) Мынадыр;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) Жолкудук;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
-[...15 lines deleted...]
-      28) Теректы;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Койбагар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
-[...15 lines deleted...]
-      29) Акжайдак;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Коскуль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
-[...15 lines deleted...]
-      30) Пост ЭЦ Мойынты;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Сурган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z223" w:id="215"/>
-[...15 lines deleted...]
-      31) Уленты;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Тасты Талды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z224" w:id="216"/>
-[...15 lines deleted...]
-      32) Тургай;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Баранкульская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z225" w:id="217"/>
-[...15 lines deleted...]
-      33) Селеты;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Кенская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z226" w:id="218"/>
-[...15 lines deleted...]
-      34) Енбекшильдер;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Приишимская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z227" w:id="219"/>
-[...15 lines deleted...]
-      35) Айсары;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Арыстансор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z228" w:id="220"/>
-[...15 lines deleted...]
-      36) Калкаман;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) Озерная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z229" w:id="221"/>
-[...15 lines deleted...]
-      37) Шидерты;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Селекционная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z230" w:id="222"/>
-[...15 lines deleted...]
-      38) Таскудык (Пограничник);</w:t>
+    <w:bookmarkStart w:name="z231" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Ермаковка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z231" w:id="223"/>
-[...15 lines deleted...]
-      39) Карасор;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Черемшанка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z232" w:id="224"/>
-[...15 lines deleted...]
-      40) Майкайын;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) Предгорная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z233" w:id="225"/>
-[...15 lines deleted...]
-      41) Спутник;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) Күмістау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z234" w:id="226"/>
-[...15 lines deleted...]
-      42) Красноармейка;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Аул;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z235" w:id="227"/>
-[...15 lines deleted...]
-      43) Аксу (Алтынтау);</w:t>
+    <w:bookmarkStart w:name="z236" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) Усть Таловка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z236" w:id="228"/>
-[...15 lines deleted...]
-      44) Жолкудук;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) Иртышзавод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z237" w:id="229"/>
-[...15 lines deleted...]
-      45) Апановка;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Бель Агач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z238" w:id="230"/>
-[...15 lines deleted...]
-      46) Джетыгара;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Тургусун;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z239" w:id="231"/>
-[...15 lines deleted...]
-      47) Казанбасы;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Коршуново;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z240" w:id="232"/>
-[...15 lines deleted...]
-      48) Койбагар;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) Таусамалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z241" w:id="233"/>
-[...15 lines deleted...]
-      49) Ковыльная;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Көкжиек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z242" w:id="234"/>
-[...15 lines deleted...]
-      50) Коскуль;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) Текели;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z243" w:id="235"/>
-[...15 lines deleted...]
-      51) Сурган;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Коксу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z244" w:id="236"/>
-[...15 lines deleted...]
-      52) Тасты;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) Малай Сары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z245" w:id="237"/>
-[...15 lines deleted...]
-      53) Талды;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) Разъезд 5;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z246" w:id="238"/>
-[...15 lines deleted...]
-      54) Баранкульская;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) Айна Булак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z247" w:id="239"/>
-[...15 lines deleted...]
-      55) Кенская;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) Тентек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z248" w:id="240"/>
-[...15 lines deleted...]
-      56) Приишимская;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Жетысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z249" w:id="241"/>
-[...15 lines deleted...]
-      57) Арыстансор;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) Карабулак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z250" w:id="242"/>
-[...15 lines deleted...]
-      58) Озерная;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) Копа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z251" w:id="243"/>
-[...15 lines deleted...]
-      59) Селекционная;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) Разъезд 2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z252" w:id="244"/>
-[...15 lines deleted...]
-      60) Темиртау;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) Қазыбек Бек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z253" w:id="245"/>
-[...15 lines deleted...]
-      61) Ермаковка;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Саз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z254" w:id="246"/>
-[...15 lines deleted...]
-      62) Зыряновск;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) Кызылтан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z255" w:id="247"/>
-[...15 lines deleted...]
-      63) Черемшанка;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) Жирен Айгыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z256" w:id="248"/>
-[...15 lines deleted...]
-      64) Предгорная;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Талдыкорган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z257" w:id="249"/>
-[...15 lines deleted...]
-      65) Серебрянка;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) Жайпак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z258" w:id="250"/>
-[...15 lines deleted...]
-      66) Аул;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) Бурундай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z259" w:id="251"/>
-[...15 lines deleted...]
-      67) Усть Таловка;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) Чемолган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z260" w:id="252"/>
-[...15 lines deleted...]
-      68) Иртышзавод;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Бірлік-1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z261" w:id="253"/>
-[...15 lines deleted...]
-      69) Тансык;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) Жайык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z262" w:id="254"/>
-[...15 lines deleted...]
-      70) Бель Агач;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) Деркул;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z263" w:id="255"/>
-[...15 lines deleted...]
-      71) Тургусун;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) Белес;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z264" w:id="256"/>
-[...15 lines deleted...]
-      72) Коршуново;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) Пойма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z265" w:id="257"/>
-[...15 lines deleted...]
-      73) Огневка;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Амангельды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z266" w:id="258"/>
-[...15 lines deleted...]
-      74) Селезневка;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) Коркыт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z267" w:id="259"/>
-[...15 lines deleted...]
-      75) Жаланашколь;</w:t>
+    <w:bookmarkStart w:name="z268" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) Дирментобе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z268" w:id="260"/>
-[...15 lines deleted...]
-      76) Текели;</w:t>
+    <w:bookmarkStart w:name="z269" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) Мартук;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z269" w:id="261"/>
-[...15 lines deleted...]
-      77) Коксу;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Темир;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z270" w:id="262"/>
-[...15 lines deleted...]
-      78) Малай Сары;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) Калмаккырган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z271" w:id="263"/>
-[...15 lines deleted...]
-      79) Разъезд 5;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) Кенжалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z272" w:id="264"/>
-[...15 lines deleted...]
-      80) Айна Булак;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) Курайлы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z273" w:id="265"/>
-[...15 lines deleted...]
-      81) Тентек;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) Жетыбай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z274" w:id="266"/>
-[...15 lines deleted...]
-      82) Жетысу;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) Боздақ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z275" w:id="267"/>
-[...15 lines deleted...]
-      83) Карабулак;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) Баксай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z276" w:id="268"/>
-[...15 lines deleted...]
-      84) Копа;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) Нарын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z277" w:id="269"/>
-[...15 lines deleted...]
-      85) Разъезд 2;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Таскескен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z278" w:id="270"/>
-[...15 lines deleted...]
-      86) Узун-Агаш;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Искине;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z279" w:id="271"/>
-[...15 lines deleted...]
-      87) Саз;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) Жамансор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z280" w:id="272"/>
-[...15 lines deleted...]
-      88) Кызылтан;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) Жантерек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z281" w:id="273"/>
-[...15 lines deleted...]
-      89) Жирен Айгыр;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) Кенбай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z282" w:id="274"/>
-[...15 lines deleted...]
-      90) Талды Курган;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) Кызылжар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z283" w:id="275"/>
-[...15 lines deleted...]
-      91) Жайпак;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) Фурмановск;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z284" w:id="276"/>
-[...15 lines deleted...]
-      92) Бурундай;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) Денисовка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z285" w:id="277"/>
-[...15 lines deleted...]
-      93) Чемолган;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) Перелески;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z286" w:id="278"/>
-[...15 lines deleted...]
-      94) Жетыген;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) Алажиде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z287" w:id="279"/>
-[...15 lines deleted...]
-      95) Ченгельды;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) Коскудук;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z288" w:id="280"/>
-[...15 lines deleted...]
-      96) Лепсы;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) Рзд.315;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z289" w:id="281"/>
-[...15 lines deleted...]
-      97) Берлик;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) Махамбет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z290" w:id="282"/>
-[...15 lines deleted...]
-      98) Коктума;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) Оазис;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z291" w:id="283"/>
-[...15 lines deleted...]
-      99) Жайык;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) Акжигит;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z292" w:id="284"/>
-[...15 lines deleted...]
-      100) Деркул;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) Кызыласкер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z293" w:id="285"/>
-[...15 lines deleted...]
-      101) Ростошский;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) Куркамыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z294" w:id="286"/>
-[...15 lines deleted...]
-      102) Пойма;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) Семиглавый Мар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z295" w:id="287"/>
-[...15 lines deleted...]
-      103) Амангельды;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) Кыргыз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z296" w:id="288"/>
-[...15 lines deleted...]
-      104) Хорхут;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) Кауылжыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z297" w:id="289"/>
-[...15 lines deleted...]
-      105) Дюрменьтюбе;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) Даут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z298" w:id="290"/>
-[...15 lines deleted...]
-      106) Мартук;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) Танкерыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z299" w:id="291"/>
-[...15 lines deleted...]
-      107) Тамды;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) Адыр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z300" w:id="292"/>
-[...15 lines deleted...]
-      108) Темир;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) Джемантуз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z301" w:id="293"/>
-[...15 lines deleted...]
-      109) Калмаккырган;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) Джаркуль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z302" w:id="294"/>
-[...15 lines deleted...]
-      110) Кенжалы;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) Каерак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z303" w:id="295"/>
-[...15 lines deleted...]
-      111) Курайлы;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) Шарбакты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z304" w:id="296"/>
-[...15 lines deleted...]
-      112) Жетыбай;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) Маралды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z305" w:id="297"/>
-[...15 lines deleted...]
-      113) РЗД 10;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) Шоккарагай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z306" w:id="298"/>
-[...15 lines deleted...]
-      114) Баксай;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) Тогузак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z307" w:id="299"/>
-[...15 lines deleted...]
-      115) Исатай;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) Каратау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z308" w:id="300"/>
-[...15 lines deleted...]
-      116) Нарын;</w:t>
+    <w:bookmarkStart w:name="z309" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) Жаңатас;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z309" w:id="301"/>
-[...15 lines deleted...]
-      117) РЗД 469;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) Шемонаиха;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z310" w:id="302"/>
-[...15 lines deleted...]
-      118) Искине;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) Бадам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z311" w:id="303"/>
-[...15 lines deleted...]
-      119) Жамансор;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) Переметная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z312" w:id="304"/>
-[...15 lines deleted...]
-      120) Жантерек;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) Алгабас;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z313" w:id="305"/>
-[...15 lines deleted...]
-      121) Кенбай;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) Сапак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z314" w:id="306"/>
-[...15 lines deleted...]
-      122) Аккистау;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) Бекбауыл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z315" w:id="307"/>
-[...15 lines deleted...]
-      123) Байгакум;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) Журын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z316" w:id="308"/>
-[...15 lines deleted...]
-      124) Фурмановский;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) Жарлы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z317" w:id="309"/>
-[...15 lines deleted...]
-      125) Денисовка;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) Каратогай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z318" w:id="310"/>
-[...15 lines deleted...]
-      126) Перелески;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) Бестамак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z319" w:id="311"/>
-[...15 lines deleted...]
-      127) Алажиде;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) Изимбет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z320" w:id="312"/>
-[...15 lines deleted...]
-      128) Коскудук;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) Устюрт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z321" w:id="313"/>
-[...15 lines deleted...]
-      129) Рзд.315;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) Коркол;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z322" w:id="314"/>
-[...15 lines deleted...]
-      130) Махамбет;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) Теренозек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z323" w:id="315"/>
-[...15 lines deleted...]
-      131) Тендык;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) Риддер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z324" w:id="316"/>
-[...15 lines deleted...]
-      132) Оазис;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) Каракия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z325" w:id="317"/>
-[...15 lines deleted...]
-      133) Акжигит;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) Аккемер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z326" w:id="318"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>