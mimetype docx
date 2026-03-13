--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de2aa01" w14:textId="de2aa01">
+    <w:p w14:paraId="f078580" w14:textId="f078580">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1496,51 +1496,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Автоматизированная станций измерения выполняет следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) регистрация проезжающих автотранспортных средств с последующим передачей соответствующих сведений в интеллектуальную транспортную систему (далее – ИТС) и в информационно-аналитическую систему транспортной базы данных (далее – ИАС ТБД);</w:t>
+      1) регистрация проезжающих автотранспортных средств с последующей передачей соответствующих сведений в интеллектуальную транспортную систему (далее – ИТС) и/или в информационно-аналитическую систему транспортной базы данных (далее – ИАС ТБД);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) классификация автотранспортных средств по типам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
@@ -1556,91 +1556,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) распознавание государственного регистрационного номерного знака автотранспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) выявление превышения допустимых весовых и (или) габаритных параметров автотранспортных средств;</w:t>
+      4) выявление превышения допустимых весовых и/или габаритных параметров автотранспортных средств (за исключением автобусов, микроавтобусов и легковых автомобилей), без определения расстояния перевозки по маршруту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирование отчетных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) передача данных в ИТС и в ИАС ТБД Ситуационного центра Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – Ситуационный центр);</w:t>
+      6) передача данных в ИТС и/или в ИАС ТБД Ситуационного центра Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – Ситуационный центр);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определение некорректного проезда автотранспортных средств через автоматизированную станцию измерения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
@@ -1665,71 +1665,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом Министра транспорта РК от 27.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменениями, внесенными приказами Министра транспорта РК от 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1758,51 +1778,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автотранспортное средство проезжает через автоматизированную станцию измерения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в режиме реального времени определяется тип автотранспортного средства, считывается государственный регистрационный номерной знак, определяются весовые и (или) габаритные параметры, производится фото фиксация проезда в количестве 4 штук (вид спереди, вид сбоку, государственный регистрационный номер спереди и сзади);</w:t>
+      2) в режиме реального времени определяется тип автотранспортного средства, считывается государственный регистрационный номерной знак, определяются весовые и/или габаритные параметры, производится фотофиксация проезда для полного охвата транспортного средства и фотографии государственного регистрационного номерного знака (вид спереди, вид сбоку, государственный регистрационный номерной знак спереди);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аппаратно-программный комплекс фиксирует и обрабатывает полученные данные (фото, государственный регистрационный номерной знак, расстояние между осями, скатность колес, общий вес, осевые нагрузки, габаритные параметры, дату и время проезда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
@@ -1818,606 +1838,874 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при выявлении превышения весогабаритных параметров автотранспортных средств и других нарушений фотоизображения и информация об автотранспортном средстве сохраняются в ИТС и в ИАС ТБД для формирования отчета о нарушениях и формирования предписания о необходимости уплаты штрафа и устранения нарушения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) по результатам измерения весогабаритных параметров автотранспортных средств на табло переменной информации расположенном на доступном для визуального обозрения на месте установки автоматизированной станций измерения в целях информирования водителя или перевозчика отображается информация о результатах измерения весогабаритных параметров автотранспортных средств (вид, марка, государственный регистрационный знак автотранспортного средства, весовые и габаритные параметры, осевые нагрузки и скорость движения автотранспортных средств, также информация о превышении весогабаритных параметров);</w:t>
+      5) по результатам измерения весогабаритных параметров автотранспортных средств на табло переменной информации расположенном на доступном для визуального обозрения на месте установки автоматизированной станций измерения в целях информирования водителя или перевозчика отображается информация о наличии правонарушения, результатах измерения весогабаритных параметров автотранспортных средств (государственный регистрационный знак автотранспортного средства и информация о превышении весогабаритных параметров);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) все функции удаленного мониторинга поступают в Ситуационный центр посредством передачи данных по каналам связи с автоматизированной станций измерения. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменениями, внесенными приказом Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9-1. Владельцы автотранспортных средств, имеющих технически допустимую максимальную массу более двенадцати тонн, при проезде через зону действия автоматизированных станций измерения обязаны обеспечить измерение фактических весовых и габаритных параметров такого автотранспортного средства на автоматизированной станции измерения в следующем порядке:</w:t>
+        <w:t xml:space="preserve">
+      9-1. Владельцы автотранспортных средств, имеющих технически допустимую максимальную массу более двенадцати тонн, при проезде через зону действия автоматизированных станций измерения стационарного типа обеспечивают измерение фактических весовых и габаритных параметров такого автотранспортного средства на автоматизированной станции измерения в следующем порядке: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
-[...15 lines deleted...]
-      1) проезд по выделенной полосе согласно установленных дорожных знаков;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проезд по выделенной полосе согласно установленным дорожным знакам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkStart w:name="z78" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прохождение весогабаритного измерения автотранспортного средства на автоматизированной станции измерения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
-[...15 lines deleted...]
-      3) автотранспортное средство без нарушения весогабаритных параметров продолжает движение по маршруту следования;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устранение нарушений, выявленных автоматизированной станцией измерения, на ближайшей полосе отвода автомобильной дороги либо автомобильной стоянке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
-[...15 lines deleted...]
-      4) автотранспортное средство с нарушением весогабаритных параметров направляется на место стоянки автотранспортных средств до устранения нарушений;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9-1 – в редакции приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Установку автоматизированных станций измерения на автомобильных дорогах общего пользования международного и республиканского значения по согласованию с дорожным органом осуществляет Национальный оператор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
-[...15 lines deleted...]
-      5) после устранения нарушений автотранспортное средство проходит контрольное измерение весогабаритных параметров.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Установку автоматизированных станций измерения на автомобильных дорогах общего пользования областного и районного значения, улицах населенных пунктов по согласованию с дорожным органом осуществляют местные исполнительные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Обеспечение функционирования автоматизированных станций измерения на автомобильных дорогах общего пользования международного и республиканского значения осуществляет Национальный оператор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Обеспечение функционирования автоматизированных станций измерения на автомобильных дорогах общего пользования областного и районного значения, улицах населенных пунктов осуществляют местные исполнительные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Примечание. Владельцами автотранспортных средств в </w:t>
-[...59 lines deleted...]
-      11. Установку автоматизированных станций измерения на автомобильных дорогах общего пользования областного и районного значения, улицах населенных пунктов по согласованию с дорожным органом осуществляют местные исполнительные органы.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Национальный оператор и местные исполнительные органы обеспечивают:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
-[...15 lines deleted...]
-      12. Обеспечение функционирования автоматизированных станций измерения на автомобильных дорогах общего пользования международного и республиканского значения осуществляет Национальный оператор.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наружное освещение территории, на которой расположены автоматизированные станций измерения стационарного типа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
-[...15 lines deleted...]
-      13. Обеспечение функционирования автоматизированных станций измерения на автомобильных дорогах общего пользования областного и районного значения, улицах населенных пунктов осуществляют местные исполнительные органы.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) установку оборудования, обеспечивающее визуальное информирование водителя автотранспортного средства о результатах измерения весогабаритных параметров автотранспортных средств (государственный регистрационный знак автотранспортного средства и информация о превышении весогабаритных параметров);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      14. Национальный оператор и местные исполнительные органы обеспечивают:</w:t>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) табло переменной информации соответствующий параметрам табло переменной информации согласно приложению 2 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установку дорожных знаков в зоне действия автоматизированных станций измерения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) установку специальных технических средств, работающих в автоматическом режиме (с выведенным сервером в защищенный щит) и имеющих функции фото- и видеозаписи с распознаванием государственного регистрационного знака автотранспортного средства, фронтального изображения, общего вида (вид спереди, вид сбоку, государственный регистрационный номерной знак спереди) автотранспортного средства в момент проезда через автоматизированные станции измерения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бетонированное и/или асфальтированное дорожное покрытие по выделенной полосе протяженностью не менее 100 метров до места установки весового оборудования и 100 метров после установки весового оборудования, обеспечивающий жесткость дорожного покрытия, а также ограждения длинной не менее 7 метров вдоль весового оборудования с двух сторон до и после места установки автоматизированной станции измерения не позволяющее осуществлять съезд колес автотранспортного средства на обочину автомобильной дороги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Министра транспорта РК от 27.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Ведение реестра автоматизированных станции измерения (далее – реестр) осуществляется Комитетом автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальным оператором и местными исполнительными органами информация о месте расположения автоматизированных станций измерения для включения в реестр предоставляется по форме, согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Министра транспорта РК от 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае установления фактов некорректного функционирования автоматизированной станции измерения и/или при проведений технических работ Национальный оператор и/или местные исполнительные органы принимают следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) незамедлительно отключает оборудование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомляет в течение одного рабочего дня уполномоченный орган в сфере автомобильного транспорта об отключении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) составляет "Акт о неисправности автоматизированной станции измерения (наименование)" с указанием неисправностей оборудования в произвольной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оперативно восстанавливает работоспособность оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уведомляет уполномоченный орган в сфере автомобильного транспорта о дате и времени подключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подключает оборудование в сроки, установленные в уведомлении согласно подпункта 5) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Своевременное информирование о некорректной работе автоматизированной станции измерения и принятие необходимых мер осуществляются Национальным оператором и/или местными исполнительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Министра транспорта РК от 27.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 168</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 16 в соответствии с приказом Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2563,866 +2851,984 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 1 в соответствии с приказом Министра транспорта РК от 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. АСИ включает в себя комплекс сертифицированных специальных контрольно-измерительных технических средств, приборов и оборудования, аппаратно-программного комплекса позволяющих производить измерение в движении, обработку и передачу следующих параметров автотранспортных средств:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общая масса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нагрузка на одиночную ось;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нагрузка на группу осей, расположенных на одной подвеске;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нагрузка на каждую ось в группе осей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) расстояния между осями;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) количество осей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) габаритные параметры на дорогах республиканского значения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) класс (тип) автотранспортного средства;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) распознавание ГРНЗ;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) скорость движения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оборудование и программное обеспечение АСИ не препятствует и/или не создает помех участникам дорожного движения, в том числе не влияет на скорость движения автотранспортного потока в рамках установленной скорости.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Измерение массы и осевых нагрузок автотранспортных средств осуществляется с помощью следующих специальных сенсоров взвешивания, вмонтированных в дорогу:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сенсоры взвешивания с высокоточными и надежными устройствами, способными обеспечивать точные измерения массы и осевых нагрузок транспортных средств;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сенсоры, установленные в дорожное покрытие на определенном участке дороги. Они размещаются таким образом, чтобы каждый колесный обод автотранспорта проходил над ними для обеспечения точного измерения;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сенсоры оборудуются специальными датчиками, которые регистрируют весовые и осевые нагрузки, а также габариты транспортного средства при проезде по дорогам общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сенсоры устойчивые к воздействию окружающей среды, защищенные от повреждений и не создающие препятствия для проезда автотранспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В целях недопущения фактов умышленного искажения результатов измерения, весовое оборудование и его программное обеспечение имеют следующие функции определения некорректного проезда автотранспортных средств:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мониторинг и анализ скорости проезда транспортного средства с учетом установленных ограничений для соответствующего типа транспортного средства;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение несоответствия габаритов транспортного средства допустимым нормам для данного участка дороги, включая выявление нарушений по высоте, ширине и длине транспортного средства при проезде по дорогам общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) регистрация всех проездов и соответствующих данных, таких как дата, время, тип транспортного средства и его габариты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z116" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. АСИ устанавливается на дорожные участки с повышенным уровнем транспортного движения в соответствии с анализом транспортной нагрузки, особенно на участках с интенсивным грузовым транспортом, исключая возможность их объезда, а также выезда транспортных средств за пределы покрытия проезжей части на обочину.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Измерение фактических габаритных параметров автотранспортных средств при проезде по дорогам общего пользования проводится с помощью лазерных систем измерения для повышенной точности, с учетом фиксации двух крайних точек по его длине, ширине и высоте от поверхности дорожного покрытия или иной площадки, обеспечивающей равномерное расположение всех его осей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z118" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Распознавание ГРНЗ осуществляется автоматически на основе фотографии автомобиля и/или видеопотока, полученной с видеокамеры в момент пересечения зоны измерений автотранспортного средства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. АСИ на основе данных сенсоров взвешивания и оборудования фото-, видеофиксации автоматически фиксирует следующие нарушения правил дорожного движения:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) превышение допустимых весовых и габаритных параметров автотранспортных средств при проезде по дорогам общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z121" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) превышение установленной скорости движения автотранспортных средств;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z122" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нарушение требований, предписанных дорожными знаками или разметкой проезжей части дороги;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определение некорректного проезда автотранспортных средств через АСИ (к некорректному проезду относится резкий разгон и торможение, виляние, выезд за линии дорожной разметки и/или границ расположения весового оборудования, движение в противоположенном направлении, несоблюдение интервала с передним движущимся транспортным средством).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z124" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Информация о проезде автотранспортных средств, в том числе имеющих превышения весовых и габаритных параметров над допустимыми, зафиксированных АСИ, передается в ИС уполномоченного органа в сфере автомобильного транспорта по доступным цифровым каналам связи в соответствии с требованиями законодательства в сфере информатизации и информационной безопасности.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z125" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сохранность информации во время эксплуатации АСИ обеспечивается при следующих аварийных ситуациях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z126" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) провалы напряжения – кратковременные понижения при резком увеличении нагрузки в электрической сети из-за включения мощных потребителей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z127" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) высоковольтные импульсы – кратковременные значительные увеличения напряжения, возникающие из-за близкого грозового разряда или включения напряжения на подстанции после аварии;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z128" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) полное отключение электроэнергии – полное отключение электроэнергии вследствие аварий, сильных перегрузок на электростанции;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z129" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) завышенное напряжение – кратковременное увеличение напряжения в сети, вызываемое отключением мощных потребителей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z130" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нестабильность частоты – возникающая, как правило, из-за различных перегрузок в энергосистемах;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z131" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) нарушение или выход из строя каналов связи;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z132" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) полный или частичный отказ АСИ, включая сбои и отказы накопителей на жестких магнитных дисках;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z133" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сбой в работе программного обеспечения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z134" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Полученные данные обрабатываются локально специализированным программным обеспечением для вычисления измеряемых параметров транспортного средства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Весовое оборудование АСИ соответствует основным требованиям к характеристикам весового оборудования, указанным в Таблице 1.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 1. Основные требования к характеристикам весового оборудования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z137" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3474,68 +3880,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z141" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="116"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3587,68 +4005,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z145" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3674,111 +4104,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-встраиваемый в полотно</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">поперек не менее в 3 ряда </w:t>
+встраиваемый в полотно размещение согласно инструкций производителя оборудования, позволяющее определять межосевое расстояние и количество осей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z149" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3830,181 +4255,205 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z153" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Установка грузоприемного устройства </w:t>
+              <w:t>
+Установка грузоприемного устройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-приямок, на уровне проезжей части не менее в 3 ряда</w:t>
+приямок, на уровне проезжей части размещение согласно инструкций производителя оборудования, позволяющее определять межосевое расстояние и количество осей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z157" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4056,68 +4505,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z161" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4169,68 +4630,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z165" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4256,111 +4729,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от не менее 400 кг</w:t>
-[...16 lines deleted...]
-              <w:t>до не более 120000 кг</w:t>
+от не менее 400 кг до не более 120000 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z169" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4412,68 +4880,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z173" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4499,111 +4979,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от не менее 1000 кг</w:t>
-[...16 lines deleted...]
-              <w:t>до 20 000 кг</w:t>
+от не менее 1000 кг до 20 000 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z177" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4655,68 +5130,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z181" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4768,294 +5255,330 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z185" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Пределы допускаемой погрешности при измерении нагрузки на одиночную ось, при эксплуатации и после ремонта </w:t>
+              <w:t>
+Пределы допускаемой погрешности при измерении нагрузки на одиночную ось, при эксплуатации и после ремонта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-± 7 %</w:t>
+± 10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z189" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Пределы допускаемой погрешности при измерении нагрузки на группу осей, при эксплуатации и после ремонта </w:t>
+              <w:t>
+Пределы допускаемой погрешности при измерении нагрузки на группу осей, при эксплуатации и после ремонта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-± 7 %</w:t>
+± 10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z193" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5107,68 +5630,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z197" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5220,68 +5755,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z201" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5333,68 +5880,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z205" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="132"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5446,464 +6005,330 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Параметры электрического питания от сети переменного тока:</w:t>
-[...50 lines deleted...]
-              <w:t>Потребление</w:t>
+Параметры электрического питания от сети переменного тока: напряжение частота Потребление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 187 В до 242 В</w:t>
-[...33 lines deleted...]
-              <w:t>не более 950 Вт</w:t>
+от 187 В до 242 В от 49 Гц до 51 Гц не более 950 Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Степень защиты:</w:t>
-[...50 lines deleted...]
-              <w:t>Аппаратный шкаф</w:t>
+Степень защиты: Датчики веса Приборы весоизмерительные Аппаратный шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-не менее IP68</w:t>
-[...33 lines deleted...]
-              <w:t>не менее IP65</w:t>
+не менее IP68 не менее IP66 не менее IP65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z217" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="135"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5929,94 +6354,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Не менее 6</w:t>
+Согласно инструкций производителя оборудования, позволяющее определять межосевое расстояние и количество осей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="136"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6042,94 +6479,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Согласно документации Производителя но не менее 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z225" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6181,68 +6630,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z229" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="138"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6294,68 +6755,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z233" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6380,1029 +6853,1137 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Не менее 4 Мп </w:t>
+              <w:t>
+Не менее 4 Мп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z237" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Функциональные возможности программного обеспечения АСИ обеспечивают:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z238" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) измерение параметров АТС в движении, без ограничения установленных правил дорожного движения на участке измерений.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z239" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) хранение полученной информации в локальной базе данных;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z240" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) передачу и интеграцию данных в смежные системы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z241" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) автоматизированную диагностику оборудования системы с последующим информированием пользователя о состояние системы;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z242" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соответствие требованиям законодательства в сфере информационной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z243" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уровень защиты на аппаратном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z244" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предоставление выходных данных (минимальный перечень):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z245" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      полная масса автотранспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z246" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация об осях (нагрузка на колеса и оси, межосевое расстояние, количество осей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z247" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      скорость и габариты автомобиля при проезде по дорогам общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z248" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z249" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дисбаланс (разница слева/справа в %);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z250" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время между транспортными средствами (плотность движения);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z251" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некорректный проезд и уклонение от взвешивания;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z252" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       классификация автотранспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z253" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) возможность передачи информации в ИАС ТБД для дальнейшей интеграции с ПЦ "ЕРАП" для составления электронного предписания о необходимости уплаты штрафа по административному правонарушению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z254" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Весовое оборудование АСИ соответствует следующим требованиям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z255" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стойкость к внешним воздействиям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z256" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по устойчивости к воздействию климатических факторов внешней среды весы соответствуют исполнению УХЛ категории 4.2 ГОСТ 15150;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z257" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по защищенности от воздействий окружающей среды весы соответствуют стандарту ГОСТ 12997.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z258" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) показатель надежности (за критерий отказа весов принимаются нарушения их функционирования и/или несоответствие нормируемым значениям метрологических характеристик):</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z259" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       средний срок службы весов - не менее 5 лет;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z260" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вероятность безотказной работы за 2000 часов – 0,99 %.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z261" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) безопасность:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z262" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общие требования безопасности к конструкции весов соответствуют стандарту ГОСТ 12.2.003;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z263" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общие требования безопасности к электрооборудованию весов соответствуют стандарту ГОСТ 12.2.007.0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z264" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования к защитному заземлению весов соответствуют стандарту ГОСТ 12.1.030;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z265" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при нормальных условиях по ГОСТ 12997 электрическое сопротивление изоляции между любыми силовыми электрическими цепями и корпусом при температуре окружающего воздуха от минус 45 °С до 70 °С и относительной влажности от 30 % до 80 % соответствуют не менее 20 Мом;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z266" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрическая изоляция между силовыми цепями и корпусом при температуре окружающего воздуха от минус 45 °С до 70 °С и относительной влажности от 30 % до 80 % выдерживает в течение одной минуты без пробоя и поверхностного перекрытия напряжение переменного тока 1500 В.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z267" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. АСИ имеет возможность идентификации ГРНЗ с точностью не менее 95 %.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z268" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. АСИ измеряет весогабаритные параметры при проезде автотранспортных средств в зоне действия АСИ на скорости, установленной заводом изготовителя оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z269" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При определении некорректного проезда АТС используется алгоритм обработки изображений и компьютерного зрения, позволяющий определять перемещение автотранспортного средства в кадре и вычислять его траекторию движения на основе последовательных кадров или используется видеозапись проезда транспортного средства в зоне действия АСИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z270" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. АСИ до введения в промышленную эксплуатацию имеет сертификаты с положительными результатами о метрологической поверке автоматических систем измерения динамических и статических параметров транспортного средства выполненные поверочной лабораторией, аккредитованной в национальной системе аккредитации на проведение поверки средств измерений в соответствии требованиями стандарта ГОСТ ISO/IEC 17025-2019 "Общие требования к компетентности испытательных и калибровочных лабораторий" для дальнейшей возможности формирования предписаний уполномоченными органами по административным правонарушениям.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z271" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. На республиканских дорогах при проезде через АСИ требуется соблюдение интервала движения с впереди движущимся транспортным средством не менее 30 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z272" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...304 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z273" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АСИ – автоматизированная станция измерения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z274" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ГРНЗ – государственный регистрационный номерной знак;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z275" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИС – информационная система;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z276" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кг – килограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z277" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ºС – градус Цельсия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z278" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      % – процент;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z279" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В – вольт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z280" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гц – герц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z281" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вт – ватт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z282" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с – секунды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z283" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мм – миллиметры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z284" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПО – программное обеспечение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z285" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мп – мегапиксель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z286" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АТС – автотранспортное средство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z287" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИАС ТБД – Информационно-аналитическая система транспортной базы данных и мониторинга динамики безопасности перевозок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z288" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПЦ "ЕРАП" – Процессинговый центр "Единого реестра административных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z289" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      УХЛ – умеренный и холодный климат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z290" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мом – мегаом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7481,102 +8062,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>работы автоматизированных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>станций измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z291" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параметры табло переменной информации</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 1 в соответствии с приказом Министра транспорта РК от 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования; в редакции приказа Министра транспорта РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7739,52 +8342,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Размер </w:t>
+              <w:t>
+Размер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7965,88 +8568,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Степень защиты </w:t>
+              <w:t>
+Степень защиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-IP65 </w:t>
+              <w:t>
+IP65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8078,52 +8681,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Рабочий диапазон температур </w:t>
+              <w:t>
+Рабочий диапазон температур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8192,189 +8795,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Измеряемые параметры</w:t>
+Отображаемая информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид</w:t>
-[...101 lines deleted...]
-              <w:t>Превышение весогабаритных параметров</w:t>
+Государственный регистрационный номерной знак Превышение весогабаритных параметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8406,340 +8907,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...224 lines deleted...]
-              </w:rPr>
               <w:t>
 Место установки информационного табло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-120 метров после автоматизированной станции измерения в направлении движения </w:t>
+              <w:t>
+90–200 метров после автоматизированной станции измерения по направлению движения учитывая скоростной режим, установленный на участке установки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11962,55 +12216,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12336,31 +12590,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>