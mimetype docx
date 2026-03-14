--- v0 (2025-11-29)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8866aef" w14:textId="8866aef">
+    <w:p w14:paraId="a005fb9" w14:textId="a005fb9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,381 +107,349 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра транспорта и коммуникаций Республики Казахстан от 28 сентября 2013 года № 763. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 октября 2013 года № 8786.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции приказа Министра по инвестициям и развитию РК от 04.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 437</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 54 Закона Республики Казахстан "Об использование воздушного пространства Республики Казахстан и деятельности авиации" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Заголовок в редакции приказа Министра по инвестициям и развитию РК от 04.07.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 437</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Квалификационные требования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, предъявляемые к физическим лицам, имеющим право определять уровень квалификации авиационного персонала. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету гражданской авиации Министерства транспорта и коммуникаций Республики Казахстан (Сейдахметов Б.К.) обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) после его государственной регистрации в Министерстве юстиции Республики Казахстан, официальное опубликование в средствах массовой информации, в том числе интернет-ресурсе Министерства транспорта и коммуникаций Республики Казахстан и размещение его на интранет-портале государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представление в Юридический департамент Министерства транспорта и коммуникаций Республики Казахстан сведений о государственной регистрации и о направлении на опубликование в средствах массовой информации в течении 5 рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на вице-министра Министерства транспорта и коммуникаций Республики Казахстан Бектурова А.Г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -680,6082 +648,5326 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 сентября 2013 года № 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к физическим лицам, имеющим право определять уровень квалификации авиационного персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Квалификационные требования - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования, предъявляемых к физическим лицам, имеющим право определять уровень квалификации авиационного персонала</w:t>
-[...53 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Квалификационные требования, предъявляемых к физическим лицам, имеющим право определять уровень квалификации авиационного персонала (далее – Квалификационные требования) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 54 Закона Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации", со стандартами и рекомендуемой практикой Международной организации гражданской авиации (Приложение 1 к Конвенции о международной гражданской авиации "Выдача свидетельств авиационному персоналу", документ 9379 "Руководство по созданию государственной системы выдачи свидетельств личному составу и управлению этой системой", документ 9841 "Руководство по утверждению учебных организаций", документ 9868 "Подготовка персонала").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящие Квалификационные требования установлены к физическим лицам, имеющим право определять уровень квалификации авиационного персонала, с целью выдачи свидетельства авиационного персонала, внесения и (или) продления срока действия квалификационной и (или) специальной отметки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Целью установления Квалификационных требований к физическим лицам, имеющим право определять уровень квалификации авиационного персонала, является формирование компетентных лиц из числа авиационного персонала для определения уровня квалификации держателей свидетельства авиационного персонала или кандидатов для получения свидетельства авиационного персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основные термины, используемые в настоящих Квалификационных требованиях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) возможности человека – способности человека и пределы его возможностей, влияющие на безопасность и эффективность авиационной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) время полета (налет) по приборам – время, в течение которого пилот пилотирует воздушное судно (далее – ВС) исключительно по приборам без использования внешних ориентиров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценщик специалиста по техническому обслуживанию воздушных судов (далее - оценщик) - физическое лицо, обладающее соответствующей квалификацией, назначенное уполномоченной организацией в сфере гражданской авиации (далее – уполномоченная организация) и уполномоченное проводить проверку практических навыков специалистов технического обслуживания воздушных судов с целью выдачи свидетельства авиационного персонала, внесения квалификационных и (или) специальных отметок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) экзаменатор – физическое лицо, обладающее соответствующей квалификацией, назначенное уполномоченной организацией и уполномоченное проводить оценку теоретических знаний и проверку практических навыков авиационного персонала с целью выдачи или продления свидетельства авиационного персонала, внесения и (или) продления квалификационных и (или) специальных отметок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) контроль факторов угрозы – процесс обнаружения угроз и реагирования на них с помощью контрмер, которые уменьшают или устраняют последствия угроз и снижают вероятность ошибок или нежелательных состояний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) контроль ошибок – процесс обнаружения ошибок и реагирования на них с помощью контрмер, которые уменьшают или устраняют последствия ошибок и снижают вероятность ошибок или нежелательных состояний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инструктор – лицо, осуществляющее непосредственную деятельность по профессиональной подготовке и тестирование навыков авиационного персонала в соответствии со своей квалификацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) процесс – ряд взаимосвязанных или взаимозависимых действий, трансформирующих затраты в продукцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) процедура – способ документального подтверждения процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) политика – документ с изложением позиции или точки зрения организации по конкретному вопросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) техническое обслуживание (далее - ТО) – проведение работ на авиационной технике, необходимых для поддержания летной годности ВС, двигателя, воздушного винта или соответствующей части, включая контрольно-восстановительные работы, проверки, замены, устранение дефектов, выполняемые как в отдельности, так и в сочетании, а также практическое осуществление модификации или ремонта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) время полета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для самолетов, автожиров, мотодельтапланов и ВС с системой увеличения подъемной силы – общее время с момента начала движения ВС с целью взлета до момента его остановки по окончании полета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для вертолетов – общее время с момента начала вращения лопастей несущих винтов c целью взлета до момента полной остановки вертолета по окончании полета и прекращения вращения несущих лопастей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для дирижаблей – общее время с момента, когда дирижабль освобождается от мачты для целей взлета до момента, когда дирижабль окончательно останавливается после завершения полета и закрепляется на мачте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для планеров – общее время нахождения в полете на буксире или без буксира с момента, когда планер начинает разбег по земле в процессе взлета, до момента, когда планер останавливается после завершения полета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для аэростатов – общее время с момента, когда гондола отрывается от земли для целей взлета, до момента, когда она окончательно останавливается после завершения полета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) летное мастерство – постоянное принятие и осуществление правильных решений по управлению ВС с использованием знаний, навыков и умений для достижения целей полета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) продление – административное действие, предпринятое после того как срок действия допуска или разрешения истек, продлевающее срок действия прав, предоставляемых допуском или разрешением на дальнейший срок, в случае выполнения четко оговоренных требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тренажерное устройство имитации полета (тренажер) – любой из следующих трех видов устройств, с помощью которого на земле имитируются условия полета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тренажер летный, который обеспечивает точное воспроизведение кабины экипажа определенного типа ВС, позволяющее имитировать реальные функции механической, электрической, электронной и других бортовых систем управления, обычную для членов летного экипажа обстановку и летные характеристики данного типа ВС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тренажер процедурный, который обеспечивает реальное воспроизведение обстановки в кабине экипажа и имитирует показания приборов, простые функции механической, электрической, электронной и других бортовых систем, а также летно-технические характеристики ВС определенного класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тренажер базовой подготовки к полетам по приборам, который оборудован соответствующими приборами и который имитирует обстановку в кабине экипажа, аналогичную обстановке во время полета ВС по приборам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Общие квалификационные требования к экзаменаторам и оценщикам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. К кандидату на получение квалификации экзаменатора или оценщика предъявляются настоящие квалификационные требования и квалификационные требования, предъявляемые к лицам, которым выдается свидетельство авиационного персонала, утвержденные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра транспорта и коммуникаций Республики Казахстан от 13 июня 2011 года № 362 "Об утверждении квалификационных требований к лицу для получения свидетельства авиационного персонала" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 7058). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. К кандидату в экзаменаторы или оценщики предъявляются следующие квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z203" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие соответствующей профессиональной подготовки экзаменатора или оценщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z204" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие практического опыта работы по профилю оцениваемой деятельности не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z205" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие опыта работы инструктором или в должности, связанной с подготовкой авиационного персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z206" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) знание нормативных правовых актов Республики Казахстан в сфере гражданской авиации, применяемых в отношении экзаменаторской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z207" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) знание руководства для экзаменатора или оценщика, а также требований и порядка выдачи свидетельств (разрешений) авиационному персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Квалификационные требования для продления полномочий экзаменатора или оценщика:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z208" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение не менее двух проверок в год в качестве экзаменатора или оценщика в течение срока действия полномочий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z209" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение одной проверки в качестве экзаменатора или оценщика под контролем авиационного инспектора уполномоченной организации или другого назначенного экзаменатора или оценщика в течение срока действия полномочий (данная проверка может быть выполнена на тренажерном устройстве);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z210" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поддержание профессионального уровня экзаменатора или оценщика не реже одного раза в три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Экзаменатор или оценщик демонстрирует приемлемый уровень теоретических знаний и практических навыков в следующих областях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z211" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормативных правовых актов Республики Казахстан в сфере гражданской авиации, регламентирующих деятельность экзаменатора или оценщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z212" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стандартов и рекомендуемой практики Международной организации гражданской авиации (ИКАО), связанные с деятельностью экзаменатора или оценщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z213" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) руководства для экзаменаторов или оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z214" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возможности человека, включая принципы контроля факторов угрозы и ошибок, соответствующей сферы деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z215" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принципы установления рабочих взаимоотношений с лицом, в отношении которого осуществляется проверка знаний, навыков и установок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z216" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) объективности, независимости и беспристрастности при проведении оценки теоретических знаний и проверки практических навыков авиационного персонала; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z217" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принципов и методов оценивания кандидатов (адекватное оценивание знаний, навыков и установок, включая обоснованное принятие решения по оценке), предоставление оцениваемому лицу конструктивной информации о результатах оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z218" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) инструктажа, проведения проверки уровня знаний, навыков и установок кандидата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z219" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организации и подготовки к проведению квалификационного экзамена;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z220" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) опроса и оценивания экзаменуемого;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z221" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ведения документации в отношении проводимых проверок, включая обеспечение достоверности и надежности собранных данных, регистрацию документов, мероприятия по защите персональных данных экзаменуемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8-1. Экзаменатор и оценщик проходят профессиональную подготовку в соответствии с Типовыми программами профессиональной подготовки авиационного персонала, участвующего в обеспечении безопасности полетов, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра транспорта и коммуникаций Республики Казахстан от 28 сентября 2013 года № 764 "Об утверждении Типовых программ профессиональной подготовки авиационного персонала, участвующего в обеспечении безопасности полетов" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 8785) (далее – Типовые программы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 8-1 в соответствии с приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Квалификационные требования к экзаменаторам, имеющие право определять уровень квалификации пилотов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Определяются следующие виды экзаменаторов для пилотов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) летный экзаменатор – (FE);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) экзаменатор по типу ВС – (ТRE);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экзаменатор по классу ВС – (СRE);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) экзаменатор по допуску к полетам по приборам – (IRE);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) экзаменатор на тренажере – (SFE);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) экзаменатор летных инструкторов – (FIE).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Экзаменаторы, указанные в пункте 9 настоящих Квалификационных требований (за исключением экзаменатора на тренажере – SFE), имеют действующие свидетельства и квалификационные отметки равнозначные свидетельствам и квалификационным отметкам авиационного персонала, в отношении которого они уполномочены проводить проверку летных навыков и умений, а также квалификации инструктора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Оценку профессиональных навыков, проверку тренажерной или летной подготовки командира ВС (далее – КВС) осуществляют экзаменаторы, имеющие квалификации для выполнений функций КВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Квалификационные требования к летному экзаменатору – FE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Кандидат на получение квалификации летного экзаменатора "самолет" – FE(А) имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для квалификационных проверок на первоначальную выдачу свидетельства LAPL – не менее 500 часов налета в качестве пилота ВС, в том числе не менее 100 часов в качестве инструктора FI(A), FI(MGH) или FI(Ag);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для квалификационных проверок на первоначальную выдачу свидетельства PPL(A) и СPL(A) – не менее 1000 часов налета в качестве пилота ВС, в том числе не менее 250 часов в качестве инструктора FI(A) для СPL.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кандидат на получение квалификации летного экзаменатора "вертолет" – FE(Н) имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для квалификационных проверок на первоначальную выдачу свидетельства PPL(Н) – не менее 500 часов налета в качестве пилота вертолета, в том числе не менее 250 часов в качестве инструктора FI(H);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для квалификационных проверок на первоначальную выдачу свидетельства СPL(Н) – не менее 1000 часов налета в качестве пилота вертолета, в том числе не менее 250 часов в качестве инструктора FI(H) для СPL;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для квалификационных проверок на получение квалификационной отметки (type rating) в свидетельствах PPL(H) или CPL(H) для допуска к полетам на многодвигательных вертолетах при условии, если экзаменатор выполняет требования указанных в подпунктах 1) или 2) пункта 13 настоящих Квалификационных требований, в зависимости от обстоятельств и имеет CPL(H) или ATPL(H) и, по необходимости, допуск полетов по приборам IRI(Н).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Летный экзаменатор – FE проводит квалификационный экзамен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z101" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдачу свидетельства, внесение и (или) продление срока действия квалификационной отметки пилота LAPL, PPL, CPL;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z102" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение или продление срока действия специальной отметки "летный инструктор – FI" на соответствующем классе ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z103" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Квалификационные требования к экзаменатору по типу ВС – TRE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z104" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Кандидат на получение квалификации "экзаменатора по типу ВС "самолет" – ТRE (А) многочленного экипажа ВС имеет не менее 1500 часов налета в качестве пилота на воздушном судне с многочленным экипажем, из которых не менее 500 часов в качестве КВС, и имеет квалификацию ТRI(A).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z105" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кандидат на получение квалификации "экзаменатора по типу ВС "вертолет" – ТRE (Н) имеет не менее 1500 часов налета в качестве пилота на вертолете с многочленным экипажем, из которых не менее 500 часов в качестве КВС, и имеет квалификацию ТRI (Н).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z106" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Кандидат на получение квалификации ТRE(Н) на многодвигательном вертолете с одним пилотом имеет не менее 1000 часов налета в качестве пилота на вертолете, из которых не менее 500 часов в качестве КВС, и имеет квалификацию ТRI(Н).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z107" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Кандидат на получение квалификации ТRE(Н) на однодвигательном вертолете с одним пилотом имеет не менее 750 часов налета в качестве пилота на вертолете, из которых не менее 500 часов в качестве КВС, и имеет квалификацию FI(Н) или ТRI(Н).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z108" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Экзаменатор с квалификацией "экзаменатор по типу ВС "самолета" – TRE (А)" проводит квалификационный экзамен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) внесение, продление срока действия квалификационной отметки по типу ВС (type rating);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внесение, продление срока действия квалификационной отметки о допуске к полетам по приборам – IR, при условии, что TRE (A) имеет действующий инструкторский допуск к полетам по приборам – IRI (A);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z111" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдачу свидетельства, внесение и (или) продление срока действия квалификационной отметки пилота ATPL(A);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z112" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выдачу свидетельства, внесение и (или) продление срока действия квалификационной отметки пилота MPL;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z113" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) внесение, продление срока действия специальной отметки "инструктора по типу ВС – TRI" или "инструктора тренажера – SFI (А)" при условии, что экзаменатор обладает квалификацией TRE, по крайней мере, в течение трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z114" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) по согласованию с уполномоченной организацией, внесение, продление срока действия специальной отметки экзаменатора TRE (A).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z115" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Экзаменатор с квалификацией "экзаменатор по типу ВС "вертолет" – TRE (Н)" проводит квалификационный экзамен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z116" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) внесение, продление срока действия квалификационной отметки по типу ВС (type rating);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z117" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внесение, продление срока действия квалификационной отметки к полетам по приборам IR, на однодвигательных или многодвигательных вертолетах, при условии, что TRE (Н) имеет действующий инструкторский допуск к полетам по приборам – IRI (H);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z118" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдачу свидетельства, внесение и (или) продление срока действия квалификационной отметки пилота ATPL(H);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z119" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) внесение, продление срока действия специальной отметки TRI (H) или SFI (H), при условии, что экзаменатор является TRE, по крайней мере, в течение трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z120" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по согласованию с уполномоченной организацией, внесение, продление срока действия специальной отметки экзаменатора TRE (H).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z121" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Квалификационные требования к экзаменатору по классу ВС – CRE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z122" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Кандидат на получение квалификации "экзаменатора по классу ВС "самолет" – СRE(А) имеет налет в качестве пилота ВС не менее 500 часов и имеет квалификацию СRI(А).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z123" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Полномочия экзаменатора по классу ВС CRE распространяются на одно и двухдвигательные самолеты, пилотируемые одним пилотом, за исключением самолетов с высокими летными характеристиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z124" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Экзаменатор по классу ВС "самолет" CRE проводит квалификационный экзамен на внесение, продление срока действия квалификационной отметки по типу ВС (type rating) на однодвигательных и двухдвигательных самолетах, пилотируемых одним пилотом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z125" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Квалификационные требования к экзаменатору по допуску к полетам по приборам – IRE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Кандидат на получение квалификации "экзаменатора по допуску к полетам по приборам – IRE(А)" имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специальную отметку IRI(A);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z128" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее 2000 часов налета в качестве пилота самолета в том числе не менее 500 часов налета по приборам, из них 250 часов в качестве инструктора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Кандидат на получение квалификации "экзаменатора по допуску к полетам по приборам IRE(Н)" имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z130" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специальную отметку IRI(Н);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z131" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее 2000 часов налета в качестве пилота вертолета, в том числе 300 часов налета по приборам, из них 200 часов в качестве инструктора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z132" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Квалификационные требования к экзаменатору на тренажере – SFE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z133" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Кандидат, претендующий на получение квалификации "Экзаменатор на тренажере самолета – SFE(A)" имеет или имел свидетельство линейного пилота авиакомпании АТPL(A) и не менее 1500 часов налета в качестве пилота многочленного экипажа и имеет специальную отметку SFI (A).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Кандидат, претендующий на получение квалификации "Экзаменатор на тренажере вертолета SFE(Н)" имеет или имел свидетельство линейного пилота АТPL(Н) с IR(Н) на соответствующий тип вертолета, не менее 1000 часов налета в качестве КВС вертолета и специальную отметку SFI (Н).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Квалификационные требования к экзаменатору летных инструкторов – FIE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z136" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Кандидат на получение квалификации "экзаменатора летных инструкторов на самолете – FIE(A)" имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z137" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специальные отметки FI (А) или TRI (А);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z138" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее 2000 часов налета в качестве пилота самолета, в том числе не менее 100 часов налета в обучении соискателей специальной отметки летного инструктора FI(A) или TRI(А).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Кандидат на получение квалификации "экзаменатора летных инструкторов на вертолете – FIE(Н)" имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z140" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специальные отметки FI(H) или TRI(H);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее 2000 часов налета в качестве пилота вертолета и не менее 100 часов при подготовке на специальные отметки FI(H) или TRI(H).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Экзаменатор с квалификацией "экзаменатор летных инструкторов – FIE":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z143" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет проверки в целях внесения, продления срока действия специальной отметки экзаменатора квалификации FIE соответствующего класса ВС при наличии опыта работы в качестве FIE не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет проверки в целях внесения, продления срока действия специальной отметки инструктора FI, CRI, IRI и TRI при условии наличия соответствующей квалификации у проверяемого инструктора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z145" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Квалификационные требования к экзаменаторам, имеющие право определять уровень квалификации диспетчеров ОВД</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z146" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Кандидат на получение квалификации "экзаменатора ОВД" соответствует следующим квалификационным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z147" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие действующего свидетельства авиационного персонала (диспетчера ОВД);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z148" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие действующей специальной отметки диспетчера-инструктора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) непрерываемый стаж работы в качестве диспетчера–инструктора в период, предшествующий получению квалификации экзаменатора ОВД, не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z150" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обладание квалификационными отметками, равнозначными квалификационным отметкам персонала, для которых они уполномочены проводить оценку профессиональных знаний, навыков и умений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z151" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие соответствующей профессиональной подготовки в качестве экзаменатора ОВД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">32. Исключен приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Экзаменатор ОВД осуществляет свою деятельность с целью определения уровня квалификации специалистов ОВД в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z154" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получения кандидатом свидетельства диспетчера ОВД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z155" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внесения и (или) продления срока действия следующих квалификационных отметок диспетчера ОВД:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z156" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчер диспетчерского (–их) пункта (–ов) района аэродрома (аэродромного диспетчерского центра) – Aerodrome control;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z157" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчер диспетчерского пункта подхода – Approach control procedural;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z158" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчер радиолокационного контроля диспетчерского пункта подхода – Approach surveillance control;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z159" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчер процедурного контроля районного диспетчерского пункта (районного диспетчерского центра) – Area control procedural;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z160" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчер радиолокационного контроля районного диспетчерского пункта (районного диспетчерского центра) – Area surveillance control;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z161" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) внесения и (или) продления срока действия специальной отметки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z162" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Квалификационные требования к экзаменаторам и оценщикам, имеющим право определять уровень квалификации специалистов по ТО ВС</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 3) пункта 4 предусматривается в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 5 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Экзаменаторы и оценщики по ТО ВС подразделяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z223" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оценщика практического элемента по типу ВС и (или) оценщика практической стажировки (On the Job Training (далее – OJT);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z224" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) экзаменатора, имеющего право определять уровень квалификации специалистов по ТО легких и сверхлегких воздушных судов для категории B3;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z225" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экзаменатора по оценке теоретических знаний по модульной программе и (или) по подготовке на тип ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Заголовок параграфа 1 исключен приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Кандидат на получение квалификации оценщика практического элемента по типу ВС и (или) практической стажировки (OJT) соответствует следующим квалификационным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z226" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) владеть сертификационным разрешением (Certification Company Authorisation, CCA), выданным организацией по техническому обслуживанию и ремонту авиационной техники (далее – ТО и РАТ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z227" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обладать действующим свидетельством специалиста по ТО ВС в категории В1 или В2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z228" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пройти следующую профессиональную подготовку авиационного персонала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z229" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Возможности человека, применительно к техническому обслуживанию ВС" в объеме модуля 9А или 9В Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z230" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Авиационное законодательство" в объеме модуля 10RK Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z231" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Обучение преподавателей" ("Train the Trainers Course"), или Профессиональное обучение для инструкторов ("Professional Training of Instructors");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z232" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - курс экзаменатора (Assessor Training Course).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 предусматривается в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">Сноска. Заголовок параграфа 2 исключен приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Кандидат на получение квалификации экзаменатора, имеющего право определять уровень квалификации специалистов по ТО легких и сверхлегких воздушных судов для категории B3, соответствует следующим квалификационным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z233" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) знать систему выдачи свидетельств авиационному персоналу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z234" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) знать политику и инструктивный материал, регламентирующие порядок и процедуры определения уровня квалификации авиационного персонала, уметь применять и толковать их;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z235" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) быть действующим специалистом-практиком в области технического обслуживания и ремонта ВС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z236" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уметь применять стандарты безопасности полетов и техническому обслуживанию ВС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z237" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обладать квалификационными отметками (рейтингами), как минимум равнозначными свидетельствам и квалификационным отметкам специалистов по ТО ВС, которому он уполномочен проводить оценку профессиональных знаний, навыков и умений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z238" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иметь специальную подготовку в качестве экзаменатора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z239" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) знать процедуру проведения квалификационной оценки, включая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z240" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сбор объективных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z241" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценка объективных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z242" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представление отчета о принятой оценке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 4) пункта 4 предусматривается в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-1. Кандидат на получение квалификации экзаменатора по оценке теоретических знаний по модульной программе соответствует следующим квалификационным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z244" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) знать предмет (модуль, раздел) курса первоначальной подготовки, по которому он (она) будет проводить оценку теоретических знаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z245" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) знать программу модуля, темы, уровни изучения и вопросов в предмете (модуле, разделе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z246" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уметь выбирать информацию из заполненных анкет и выставить оценку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z247" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уметь оценивать и анализировать ответы обучающихся и обеспечивать обратную связь инструктору и (или) менеджеру обучения по результатам экзамена или процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z248" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иметь опыт работы в качестве инструктора не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z249" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пройти следующую профессиональную подготовку авиационного персонала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z250" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Возможности человека, применительно к техническому обслуживанию ВС" в объеме модуля 9А или 9В Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z251" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Авиационное законодательство" в объеме модуля 10RK "Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z252" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Обучение преподавателей" ("Train the Trainers Course"), или Профессиональное обучение для инструкторов ("Professional Training of Instructors");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z253" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курс экзаменатора (Assessor Training Course).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена пунктом 36-1 в соответствии с приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z254" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-2. Кандидат на получение квалификации экзаменатора по оценке теоретических знаний по подготовке на тип ВС соответствует следующим квалификационным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z255" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) знать предмет курса по типу ВС (теоретический элемент и практический элемент), по которому экзаменатор будет оценивать теоретическое знание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z256" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) знать программу курса, темы, уровни изучения и вопросов в предмете (модуле, разделе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z257" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уметь выбрать информацию из заполненных анкет и выставить оценку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z258" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уметь оценивать и анализировать ответы обучающихся лиц и обеспечить обратную связь инструктору и (или) менеджеру обучения по результатам экзамена или процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z259" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иметь опыт работы в качестве инструктора не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z260" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пройти следующую профессиональную подготовку авиационного персонала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z261" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Возможности человека, применительно к техническому обслуживанию ВС" в объеме модуля 9А или 9В Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z262" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Авиационное законодательство" в объеме модуля 10RK Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z263" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Обучение преподавателей" ("Train the Trainers Course"), или Профессиональное обучение для инструкторов ("Professional Training of Instructors");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z264" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Курс экзаменатора (Assessor Training Course).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена пунктом 36-2 в соответствии с приказом и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Экзаменатор до начала исполнения функции оценки имеет следующие завершенные курсы (Certificate of Completion):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z265" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Возможности человека, применительно к техническому обслуживанию ВС" в объеме модуля 9А или 9В Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z266" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Авиационное законодательство" в объеме модуля 10RK Типовых программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z267" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Обучение преподавателей" ("Train the Trainers Course"), или Профессиональное обучение для инструкторов ("Professional Training of Instructors");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z268" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Курс экзаменатора (Assessor Training Course).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 11) пункта 4 предусматривается в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа и.о. Министра транспорта РК от 23.10.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5015 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="167"/>
+    <w:bookmarkStart w:name="z192" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Квалификационные требования для продления полномочий экзаменатора имеющий право определять уровень квалификации специалистов по ТО легких и сверхлегких воздушных судов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z193" w:id="168"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z193" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иметь минимум 1 проверку (как экзаменатор) в год в течение периода исполнения своих обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z194" w:id="169"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z194" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иметь одну проверку (как проверяемого) под контролем другого экзаменатора в течение срока полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z195" w:id="170"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z195" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иметь действующие квалификационные и специальные отметки в свидетельстве специалиста по ТО ВС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z196" w:id="171"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z196" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иметь следующие завершенные курсы (Certificate of Completion) поддержания профессионального уровня для экзаменаторов один раз в 3 года в авиационном учебном центре:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z197" w:id="172"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z197" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Обучение преподавателей" ("Train the Trainers Course"), или "Профессиональное обучение для инструкторов" ("Professional Training of Instructors");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z198" w:id="173"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z198" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       курс экзаменатора (Assessor Training Course).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z199" w:id="174"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z199" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Действующие экзаменаторы допускаются к самостоятельному освоению новых типов легких и сверхлегких воздушных судов с взлетной массой 5700 килограмм и менее, ранее не эксплуатировавшихся в Республике Казахстане, в составе не менее двух специалистов и имеющие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z200" w:id="175"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z200" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стаж работы не менее 5 лет по ТО и РАТ по виду ВС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z201" w:id="176"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z201" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) допуск по ТО и РАТ минимум к трем типам по данному виду ВС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z202" w:id="177"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z202" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Освоение новой техники проводится, двумя экзаменаторами, имеющие допуски, минимум, на трех воздушных судах и эксплуатационный опыт не менее 5 лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>