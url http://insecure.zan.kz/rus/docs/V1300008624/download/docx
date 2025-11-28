--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e1fbc85" w14:textId="e1fbc85">
+    <w:p w14:paraId="62c10d0" w14:textId="62c10d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -171,130 +171,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан от 22 июля 2011 года "О миграции населения", с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О миграции населения", с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра труда и социальной защиты населения РК от 29.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 153</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1171,71 +1161,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 112 Социального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) информационная система "Құтты мекен" (Migration.enbek.kz) (далее – ИС "Құтты мекен") – подсистема цифровой экосистемы Электронная биржа труда (enbek.kz), обеспечивающая учет и движение мигрантов, а также мониторинг предоставления услуг в сфере миграции;</w:t>
+      13) единый портал миграционных услуг "migration.enbek.kz" – подсистема цифровой экосистемы Электронная биржа труда (enbek.kz), обеспечивающая учет и движение мигрантов, а также мониторинг предоставления услуг в сфере миграции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) мобильное приложение при ИС "Құтты мекен" – программный продукт, установленный и запущенный на абонентском устройстве сотовой связи и предоставляющий доступ к государственным услугам и функциям, оказываемым в электронной форме, посредством сотовой связи и Интернет;</w:t>
+      14) мобильное приложение единого портала миграционных услуг "migration.enbek.kz" (далее – мобильное приложение) – программный продукт, установленный и запущенный на абонентском устройстве сотовой связи и предоставляющий доступ к государственным услугам и функциям, оказываемым в электронной форме, посредством сотовой связи и Интернет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) заявитель – физическое лицо из числа этнических казахов и члены его семьи (при наличии) претендующих на получение статуса кандаса и включение в региональную квоту приема кандасов, либо кандасы, вдовы кандасов и их общие дети, претендующие на получение государственных услуг и активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1340,61 +1330,81 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1431,230 +1441,212 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Заявление о присвоении статуса кандаса (далее – заявление) подается заявителем по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам через мобильное приложение ИС "Құтты мекен", загранучреждение Республики Казахстан, Государственную корпорацию либо веб-портал "электронного правительства" www.egov.kz, портал migration.enbek.kz с приложением документов, указанных в Перечне основных требований к оказанию государственной услуги "Присвоение или продление статуса кандаса" (далее – Перечень) согласно </w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам через единый портал миграционных услуг "migration.enbek.kz", посредством объекта информатизации: мобильное приложение, загранучреждение Республики Казахстан, Государственную корпорацию либо веб-портал "электронного правительства" www.egov.kz, с приложением документов, указанных в Перечне основных требований к оказанию государственной услуги "Присвоение или продление статуса кандаса" (далее – Перечень) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 289</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Заявление, поданное через мобильное приложение ИС "Құтты мекен", поступает в АИС "Кандас" для рассмотрения местными исполнительными органами по вопросам социальной защиты и занятости населения с уведомлением заявителя о регистрации его заявления по форме согласно </w:t>
+      4. Заявление, поданное через единый портал миграционных услуг "migration.enbek.kz" либо мобильное приложение, поступает в АИС "Кандас" для рассмотрения местными исполнительными органами по вопросам социальной защиты и занятости населения с уведомлением заявителя о регистрации его заявления по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра труда и социальной защиты населения Республики Казахстан от 29.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 539</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2383,51 +2375,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Комиссия в течение пяти рабочих дней после дня поступления заявления рассматривает его и выносит рекомендацию об отказе в присвоении заявителю статуса кандаса или о присвоении статуса кандаса с учетом следующих условий:</w:t>
+      9. Комиссия в течение трех рабочих дней после дня поступления заявления рассматривает его и выносит рекомендацию об отказе в присвоении заявителю статуса кандаса или о присвоении статуса кандаса с учетом следующих условий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z185" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) для расселения в регионы, определенные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2563,237 +2555,419 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) этнические казахи, обучающиеся в высших учебных заведениях Республики Казахстан с приложением справки с места учебы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z190" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рекомендация о присвоении либо об отказе в присвоении статуса кандаса принимается Комиссией и оформляется протоколом.</w:t>
+      Рекомендация о присвоении либо об отказе в присвоении статуса кандаса принимается Комиссией и оформляется протоколом. В ходе каждого заседания Комиссии ведется видеозапись рассмотрения заявлений этнических казахов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 289</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="58"/>
+    <w:bookmarkStart w:name="z216" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-1. При принятии решения о мотивированных замечаниях по представленным документам, исполнитель услугодателя согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан направляет услугополучателю уведомление (через портал, электронную почту, SMS) о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z217" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заслушивание проводится не позднее 2 (двух) рабочих дней с момента отправки уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z218" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания местный исполнительный орган принимает решение о принятии заявления на присвоение либо продление статуса кандаса или формирует мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z219" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия возможности участия услугополучателя в заслушивании по уважительным причинам, заслушивание переносится на срок окончания причин не явки, с предоставлением услугополучателя подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z220" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированный отказ в дальнейшем рассмотрении заявления, подписанный электронной цифровой подписью руководителя местного исполнительного органа, направляется заявителю в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 9-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Местный исполнительный орган по вопросам социальной защиты и занятости населения в течение одного рабочего дня после дня вынесения Комиссией рекомендации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z193" w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z192" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимает решение о присвоении согласно приложению 4 к настоящим Правилам или об отказе в присвоении заявителю статуса кандаса и посредством АИС "Кандас" направляет принятое решение заявителю, в загранучреждение Республики Казахстан либо в Государственную корпорацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z193" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при принятии решения о присвоении заявителю статуса кандаса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z194" w:id="61"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z194" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверяет данные заявителя и членов его семьи (при наличии) через государственную базу данных "Физические лица" на предмет наличия у него (них) индивидуального идентификационного номера (далее – ИИН) и при отсутствии ИИН в ГБД ФЛ посредством АИС "Кандас" направляет электронный запрос для генерации ИИН в ИС "Миграционная полиция". При выявлении наличия ИИН генерация нового ИИН не осуществляется и используется имеющийся ИИН;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z196" w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z195" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      посредством АИС "Кандас" направляет заявителю, в загранучреждение Республики Казахстан либо Государственную корпорацию решение о присвоении заявителю статуса кандаса, которое вступает в силу в день прибытия заявителя в указанный в решении регион расселения, с приложением к нему:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z196" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при наличии условий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2808,293 +2982,313 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 9 настоящих Правил, – проекта социального контракта согласно Правил добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 32880);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z197" w:id="64"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z197" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проекта индивидуального плана адаптации и интеграции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z198" w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z198" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Период с момента выдачи решения о присвоении статуса кандаса до момента выдачи удостоверения кандаса после его прибытия не входит в срок оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 289</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="66"/>
+    <w:bookmarkStart w:name="z54" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Местный исполнительный орган по вопросам социальной защиты и занятости населения в течение трех рабочих дней после дня прибытия заявителя в регион расселения, указанный в решении о присвоении ему статуса кандаса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z200" w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z200" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подписывает индивидуальный план адаптации и интеграции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z201" w:id="68"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z201" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подписывает социальный контракт в случае расселения в регионы, определенные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 112 Социального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z202" w:id="69"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z202" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выдает удостоверение кандаса по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с отметкой в АИС "Кандас" о вступлении в силу решения о статусе кандаса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z203" w:id="70"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z203" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неприбытия заявителя в срок установленный в предварительном решении, заявка на присвоение статуса кандаса аннулируется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3113,69 +3307,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="71"/>
+    <w:bookmarkStart w:name="z59" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок продления статуса кандаса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z60" w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z60" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для продления статуса кандаса, в целях получения гражданства Республики Казахстан в упрощенном (регистрационном) порядке, завители, получившие разрешение на постоянное проживание в Республике Казахстан, подают в местный исполнительный орган по вопросам социальной защиты и занятости населения либо Государственную корпорацию заявление о продлении ранее присвоенного им статуса кандаса по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3190,51 +3384,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с приложением документов, указанных в Перечне согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3253,130 +3447,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="73"/>
+    <w:bookmarkStart w:name="z61" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z62" w:id="74"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z62" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Работник Государственной корпорации, принимающий документы, в день принятия документов, проверяет полноту и срок действия представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z63" w:id="75"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z63" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. При предоставлении заявителем документов, соответствующих Требованиям к оказанию государственной услуги, работник Государственной корпорации в день принятия документов выдает уведомление о принятии заявления по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3459,388 +3653,560 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="76"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="80"/>
+    <w:bookmarkStart w:name="z66" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Местный исполнительный орган по вопросам социальной защиты и занятости населения в течении 2 (двух) рабочих дней после дня поступления заявления и приложенных документов принимает решение о продлении статуса кандаса, однократно, на срок не более шести месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Исключен приказом Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Исключен приказом Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Решение местного исполнительного органа по вопросам социальной защиты и занятости населения о продлении либо в отказе в продлении статуса кандаса направляется в течение одного рабочего дня через шлюз "электронного правительства" в Государственную корпорацию для последующего оповещения заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Основания отказа в продлении статуса кандаса предусмотрены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z71" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z71" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z72" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z72" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Жалоба на решения, действия (бездействие) услугодателя по вопросам оказания государственной услуги в сфере миграции подается на имя руководителя услугодателя либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z73" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z73" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Жалоба заявителя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней после дня ее регистрации. День регистрации жалобы не входит в срок ее рассмотрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z74" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z74" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Жалоба заявителя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней после дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z75" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z75" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Жалоба на действие (бездействие) работников Государственной корпорации при оказании им услуг подается на имя его руководителя либо в уполномоченный орган в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z76" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z76" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Жалоба на решения, действия (бездействие) местного исполнительного органа по вопросам оказания государственной услуги подается на имя руководителя местного исполнительного органа либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z77" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z77" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z78" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z78" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Если иное не предусмотрено законами Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административным процедурно-процессуальным Кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4205,68 +4571,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(проживающего по адресу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="89"/>
+    <w:bookmarkStart w:name="z204" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на присвоение статуса кандаса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4301,80 +4667,80 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="90"/>
+          <w:bookmarkStart w:name="z99" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О. (при его наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4658,70 +5024,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="91"/>
+    <w:bookmarkStart w:name="z205" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имею следующий состав семьи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5616,90 +5982,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="92"/>
+    <w:bookmarkStart w:name="z206" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прошу присвоить мне и членам моей семьи (при наличии) статус кандаса в связи с планируемым прибытием в Республику Казахстан в целях постоянного проживания на исторической родине. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z207" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z207" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Цель переезда – в регионы для расселения кандасов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5992,70 +6358,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="94"/>
+    <w:bookmarkStart w:name="z208" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цель переезда – воссоединение с семьей и/или родственниками:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7326,70 +7692,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="95"/>
+    <w:bookmarkStart w:name="z209" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цель переезда – по приглашению работодателей либо индивидуальные предприниматели из числа этнических казахов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7972,70 +8338,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="96"/>
+    <w:bookmarkStart w:name="z210" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       профессиональные навыки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8485,70 +8851,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="97"/>
+    <w:bookmarkStart w:name="z211" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Цель переезда – этнические казахи, обучающиеся в высших учебных заведениях Республики Казахстан (далее – ВУЗ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8893,70 +9259,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z212" w:id="98"/>
+    <w:bookmarkStart w:name="z212" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим даю согласие на сбор и обработку моих персональных данных, необходимых для оказания услуги по присвоению статуса кандаса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявлению прилагаю следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9021,126 +9387,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)________________________________ :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="99"/>
+    <w:bookmarkStart w:name="z213" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я удостоверяю, что приведенные мною сведения являются достоверными. Информирован, что не достоверные сведения послужат аннулированием полученной визы и/или основанием для отказа присвоении статуса кандаса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" _________ 20__ года _________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                (подпись заявителя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="100"/>
+    <w:bookmarkStart w:name="z214" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы принял:_______________________________(Фамилия, имя, отчество (при его наличии), должность лица, принявшего документы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__"_________ 20__ года _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9236,64 +9602,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам присвоения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>или продления</w:t>
-[...12 lines deleted...]
-              <w:t>статуса кандаса</w:t>
+              <w:t>или продления статуса кандаса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9320,106 +9673,90 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="101"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z215" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра труда и социальной защиты населения РК от 31.07.2024 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра труда и социальной защиты населения РК от 10.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 289</w:t>
+        <w:t>№ 317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9433,213 +9770,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t>".</w:t>
+Наименование государственной услуги: "Присвоение или продление статуса кандаса".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Наименование подвида государственной услуги:</w:t>
+Наименование подвида государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1. Получение статуса в общем порядке;</w:t>
+1. Получение статуса в общем порядке;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> через загранучреждения Республики Казахстан;</w:t>
+2. Получение статуса на основании согласия местного исполнительного органа на присвоение статуса кандаса через загранучреждения Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3. Продление статуса</w:t>
+3. Продление статуса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9708,51 +9955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается местными исполнительными органами областей, городов Астана, Алматы и Шымкент.</w:t>
+Государственная услуга оказывается местными исполнительными органами областей, городов республиканского значения, столицы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9821,141 +10068,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Прием заявления и выдача результата оказания государственной услуги на присвоение статуса кандаса осуществляются через:</w:t>
+1. Прием заявления и выдача результата оказания Государственной услуги на присвоение статуса кандаса осуществляются через:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- загранучреждения Республики Казахстан (Для этнических казахов, проживающих за пределами Республики Казахстан);</w:t>
-[...17 lines deleted...]
-- мобильное приложение ИС "Құтты мекен</w:t>
+- загранучреждения Республики Казахстан (для этнических казахов, проживающих за пределами Республики Казахстан);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- мобильное приложение; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 - Государственная корпорация;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- портал migration.enbek.kz;</w:t>
-[...17 lines deleted...]
-- веб-портал "электронного правительства" www.egov.kz (далее – портал). </w:t>
+- единый портал миграционных услуг migration.enbek.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- веб-портал "электронного правительства" www.egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Прием заявления и выдача результата оказания государственной услуги на продление статуса кандаса осуществляется местным исполнительным органом по вопросам социальной защиты и занятости населения и Государственной корпорацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10060,51 +10307,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Срок оказания государственной услуги по присвоению статуса кандас – в течение 30 рабочих дней.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Срок оказания государственной услуги по продлению статуса кандас – в течение 5 рабочих дней.</w:t>
+2. Срок оказания государственной услуги по продлению статуса кандас – в течение 3 рабочих дней.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Максимально допустимое время ожидания для сдачи пакета документов: у услугодателя – 30 минут, в Государственной корпорации – 15 минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10321,52 +10568,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- Результат оказания государственной услуги: при присвоении статуса кандаса – выдача удостоверения кандаса, в случае продления статуса кандаса – решение местного исполнительного органа, согласно приложению 4 к настоящем правилам.</w:t>
+              <w:t xml:space="preserve">
+Результат оказания государственной услуги: при присвоении статуса кандаса – выдача удостоверения кандаса, в случае продления статуса кандаса – решение местного исполнительного органа, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящем правилам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная корпорация обеспечивает хранение документов, в течение 1 (одного) года в информационной системе Государственной корпорации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10470,52 +10737,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Государственная услуга оказывается физическим лицам бесплатно. </w:t>
+              <w:t>
+Государственная услуга оказывается физическим лицам бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10656,107 +10923,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- 2) Государственной корпорации – прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+2) Государственной корпорации – прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга, оказывается, по месту жительства в порядке электронной очереди, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+Государственная услуга, оказывается, по месту жительства в порядке электронной очереди, без ускоренного обслуживания, возможно бронирование электронной очереди посредством веб-портала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) портал, портал "migration.gov.kz", мобильное приложение ИС "Құтты мекен" – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ;</w:t>
+3) портал, портал "migration.enbek.kz", мобильное приложение– круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в загранучреждениях Республики Казахстан прием заявления и выдача результата оказания государственной услуги с 9.00 часов до 17.00 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10878,144 +11145,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заявитель предоставляет следующие документы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1. Для получения статуса в общем порядке и статуса на основании согласия местного исполнительного органа на присвоение статуса кандаса через загранучреждение Республики Казахстан либо Государственную корпорацию: </w:t>
+              <w:t>
+1. Для получения статуса в общем порядке и статуса на основании согласия местного исполнительного органа на присвоение статуса кандаса через загранучреждение Республики Казахстан либо Государственную корпорацию:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) автобиография (в произвольной форме);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+2) копии документов, удостоверяющих личность заявителя и членов его семьи (при наличии), с нотариально засвидетельствованным переводом на казахский или русский язык;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-2) копии документов, удостоверяющих личность заявителя и членов его семьи (при наличии), с нотариально засвидетельствованным переводом на казахский или русский язык свидетельства о рождении, заграничный паспорт, удостоверение лица без гражданства, другие официальные документы специальных органов страны исхода этнических казахов подтверждающие национальность претендентов), в случае отсутствия рекомендации Комиссии по определению принадлежности к казахской национальности лиц, претендующих на получение статуса кандаса и гражданства Республики Казахстан в упрощенном (регистрационном) порядке) предусмотренным </w:t>
+3) копии документов, устанавливающих соответствие заявителя условию, предусмотренному подпунктом 18) пункта 2 настоящих Правил (свидетельства о рождении, заграничный паспорт, удостоверение лица без гражданства, другие официальные документы специальных органов страны исхода этнических казахов подтверждающие национальность претендентов), в случае отсутствия рекомендации Комиссии по определению принадлежности к казахской национальности лиц, претендующих на получение статуса кандаса и гражданства Республики Казахстан в упрощенном (регистрационном) порядке) предусмотренным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 11-1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О миграции населения";</w:t>
-[...17 lines deleted...]
- 3) копии документов, устанавливающих соответствие заявителя условию, предусмотренному подпунктом 18) пункта 2 настоящих Правил. </w:t>
+              <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О миграции населения".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Документы предоставляются в подлинниках и копиях для сверки, после чего подлинники документов (за исключением автобиографии) возвращаются заявителю.</w:t>
+Документы предоставляются в подлинниках и копиях для сверки, после чего подлинники документов (за исключением автобиографии) возвращаются заявителю, также возможно использование электронных копий и данных из государственных баз.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о документах, удостоверяющих личность, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11024,52 +11291,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Для продления статуса:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- заявитель подает заявление согласно приложению 6 к настоящим Правилам.</w:t>
+              <w:t xml:space="preserve">
+заявитель подает заявление согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Истребование от заявителей документов, которые получают из информационных систем, не допускается.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11155,88 +11442,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Решение о присвоении либо отказе статуса кандаса принимается местным исполнительным органом и оформляется согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам в течение 30 рабочих дней после дня регистрации заявления местным исполнительным органом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
- Решение о присвоении либо отказе статуса кандаса принимается местным исполнительным органом и оформляется согласно приложению 4 к настоящим Правилам в течение 30 рабочих дней после дня регистрации заявления местным исполнительным органом.</w:t>
-[...17 lines deleted...]
-Местный исполнительный орган отказывает в присвоении и продлении статуса кандаса и (или) включении в региональную квоту приема кандасов по следующим основаниям:</w:t>
+Местный исполнительный орган отказывает в присвоении статуса кандаса и (или) включении в региональную квоту приема кандасов по следующим основаниям:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- 1) несоответствие претендентов условиям, установленным </w:t>
+1) несоответствие претендентов условиям, установленным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 20 Закона "О миграции населения";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -11266,51 +11573,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) наличие компрометирующих сведений о совершении этническими казахами, ходатайствующими о присвоении статуса кандаса и (или) включении в региональную квоту приема кандасов, правонарушений на территории Республики Казахстан и иной информации об их принадлежности к террористическим или экстремистским организациям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- 4) отсутствие согласия этнического казаха, представляемого в соответствии со </w:t>
+4) отсутствие согласия этнического казаха, представляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -11687,64 +11994,64 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ №_______ от ____ _______ ______года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о принятии заявления на присвоения статуса кандаса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z104" w:id="102"/>
+      <w:bookmarkStart w:name="z104" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим уведомляем, что заявление этнического казаха______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11888,281 +12195,281 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в качестве входящей корреспонденции за № ______________ от ________ (дата) и будет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рассмотрено в установленными законом порядке и сроки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:bookmarkStart w:name="z105" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявлению приложены следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z106" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ___________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z107" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ___________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z108" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ..) ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы принял_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии), должность лица,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     принявшего документы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________ (подпись) / _________ (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z111" w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (линия отреза)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:bookmarkStart w:name="z112" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Остается в загранучреждения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о приеме документов №______ ____________ _________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12170,130 +12477,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии этнического казаха)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата рождения_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z115" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес проживания_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z116" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контактные данные ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z117" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    _________ (подпись) / _________ (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12405,121 +12712,121 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о присвоении или в отказе присвоения либо продлении статуса кандаса</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>от "__" ________ 20___ года № ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z119" w:id="116"/>
+      <w:bookmarkStart w:name="z119" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование местного исполнительного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z120" w:id="117"/>
+      <w:bookmarkStart w:name="z120" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассмотрев в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О миграции населения"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявление о присвоении или отказе статуса кандаса</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12878,204 +13185,204 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkStart w:name="z121" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принял решение __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z122" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z123" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z124" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Удостоверение кандаса будет выдано в течение 3-х дней после дня прибытия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявителя в регион расселения, указанного в настоящем решении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z125" w:id="122"/>
+      <w:bookmarkStart w:name="z125" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия статуса кандаса вступает в силу со дня прибытия заявителя в регион</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>расселения, указанного в настоящем решении и получения удостоверения кандаса.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z126" w:id="123"/>
+      <w:bookmarkStart w:name="z126" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ________________ _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (роспись/печать)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -13192,64 +13499,64 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАНДАС КУӘЛІГІ / УДОСТОВЕРЕНИЕ КАНДАСА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>№ _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z128" w:id="124"/>
+      <w:bookmarkStart w:name="z128" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Жергілікті атқарушы органның атауы/наименование местного исполнительного органа)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13482,90 +13789,90 @@
               <w:t>
 Азаматтығы/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гражданство _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:bookmarkStart w:name="z129" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қандас куәлігінің қолданылу мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z130" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия статуса қандаса вступает в силу с "_"___20__ж./г. бастап по</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"____20__ж./г. дейін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13639,90 +13946,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:bookmarkStart w:name="z131" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қандастың кәмелет жасқа толмаған отбасы мүшелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z132" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Несовершеннолетние члены семьи кандаса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14728,130 +15035,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:bookmarkStart w:name="z133" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе/Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z134" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Халықтың көші-қоны туралы" Қазақстан Республикасы Заңының 25-бабына сәйкес қандас куәлігінің мерзімі қандас Қазақстан Республикасының азаматтығын алғаннан кейiн немесе қандас мәртебесін алған күннен бастап бір жыл өткеннен кейін тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z135" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О миграции населения" срок действия удостоверение кандаса прекращается после получения кандасом гражданства Республики Казахстан или по истечении одного года после дня получения статуса кандаса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15732,64 +16039,64 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о принятии заявления на продление статуса кандаса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z148" w:id="132"/>
+      <w:bookmarkStart w:name="z148" w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим уведомляем, что заявление этнического казаха</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15854,118 +16161,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и будет рассмотрено в установленными законом порядке и сроки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z149" w:id="133"/>
+      <w:bookmarkStart w:name="z149" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы принял</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии), должность лица, принявшего  документы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="134"/>
+    <w:bookmarkStart w:name="z150" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________ (подпись) / _________ (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16237,55 +16544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16611,31 +16918,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>