--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0cdc365" w14:textId="0cdc365">
+    <w:p w14:paraId="68bd4fc" w14:textId="68bd4fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -134,50 +134,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа Министра юстиции РК от 29.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок приказа внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -892,50 +930,112 @@
         </w:rPr>
         <w:t>" (далее - Закон) и "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О государственных услугах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и определяют порядок и сроки внесения в информационную систему правового кадастра идентификационных и технических сведений недвижимого имущества на вновь созданное недвижимое имущество, выдача Заключения об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества и оказания государственных услуг "Внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости" и "Выдача дубликата кадастрового паспорта объекта недвижимости".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 1 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z88" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z89" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1242,2458 +1342,2280 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>расхождений идентификационных и технических сведений по итогам проведенного</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государственного технического обследования вновь созданного объекта недвижимости"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z102" w:id="24"/>
+    <w:bookmarkStart w:name="z123" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Перечень основных требований к оказанию государственной услуги приведен в Перечне государственной услуги "Внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости" (далее – Перечень № 1) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z103" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для получения государственной услуги услугополучатель подает заявление на оказание государственной услуги по внесению в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам с приложением документов согласно пункту 8 Перечня № 1 услугодателю по месту нахождения объекта недвижимого имущества либо через веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="26"/>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением документов согласно пункту 8 Перечня № 1 через веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче услугополучателем необходимых документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z105" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      к услугодателю - услугополучателю выдается расписка о приеме соответствующих документов;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="28"/>
+      в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием места и даты получения результата.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      через портал - в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием места и даты получения результата.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="29"/>
+      При оказании государственной услуги согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах подтверждается электронной цифровой подписью (далее – ЭЦП), либо посредством абонентского устройства сотовой связи.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При оказании государственной услуги согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах получается в письменной форме или подтвержденное электронной цифровой подписью, либо посредством абонентского устройства сотовой связи.</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="33"/>
+      В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному Перечнем № 1, и (или) документов с истекшим сроком действия, услугодатель направляет уведомление об отказе в дальнейшем рассмотрении документов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник архива отдела технического обследования объектов недвижимости осуществляет поиск и передачу инвентарных дел ответственному исполнителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z112" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник отдела технического обследования объектов недвижимости услугодателя рассматривает пакет документов, совершает действия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z113" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по внесению в базу данных идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z114" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      вносит в информационную систему единого государственного кадастра недвижимости идентификационные и технические сведения зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, проставляет отметку в акте приемки объекта в эксплуатацию;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="37"/>
+      вносит в информационную систему единого государственного кадастра недвижимости идентификационные и технические сведения зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направляет услугополучателю в личный кабинет уведомление о внесении в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по изготовлению кадастрового паспорта объектов недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости направляет руководству на согласования и подпись изготовленные кадастровый паспорт объекта недвижимости и заключения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z116" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При обращении услугополучателя через портал в личный кабинет направляется уведомление о необходимости произведения доплаты за выполненную работу по государственному техническому обследованию объекта недвижимости.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="39"/>
+      В личный кабинет направляется уведомление о необходимости произведения доплаты за выполненную работу по государственному техническому обследованию объекта недвижимости.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и процесс оказания по выдаче кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости регламентирован Главой 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z118" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководство услугодателя подписывает результат государственной услуги.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Руководство услугодателя посредством ЭЦП подписывает результат государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Подписанный результат оказания государственной услуги регистририруется и направляется в отдел приема и выдачи документов услугодателя по реестру.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодателем выдача готовых документов услугополучателю осуществляется при предъявлении документа, удостоверяющего личность либо электронного документа из сервиса цифровых документов услугополучателя или его представителя:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="43"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      для юридического лица по документу, подтверждающего полномочия;</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="47"/>
+      5. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество - один рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z126" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выдача кадастрового паспорта объектов недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости в зависимости от вида объекта недвижимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z127" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квартиры, комнаты в общежитиях выдается на третий рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z128" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуальные жилые дома, индивидуальные гаражи, дачные строения выдается на пятый рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z129" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       остальные объекты недвижимости общей площадью до 1000 квадратных метров выдается на седьмой рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z130" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объекты общей площадью более 1000 квадратных метров выдается на десятый рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z131" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объекты недвижимости за исключением объектов недвижимости, указанных в абзацах два и три данного подпункта, относящиеся к первой категории сложности выдается на пятый рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z132" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      К первой категории сложности объекта недвижимости относятся строения прямоугольной формы, состоящие не более чем из четырех помещений согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="55"/>
+      К первой категории сложности объекта недвижимости относятся строения прямоугольной формы, состоящие не более чем из четырех помещений согласно Инструкцию по государственному техническому обследованию объектов недвижимости, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 9 июня 2023 года № 367 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 32746).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дальнейшее продление срока производится в зависимости от категории сложности объекта по согласованию с услугополучателем, при этом, общий срок не превышает двух месяцев со дня обращения услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра юстиции РК от 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 355</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="56"/>
+    <w:bookmarkStart w:name="z139" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. В случае наличия оснований для отказа в оказании государственной услуги по основаниям, предусмотренным пунктом 9 Перечня услугодатель:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z135" w:id="57"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по государственным услугам по которым установлен менее чем трехдневный срок оказания формирует уведомление об отказе в оказании государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по государственным услугам превышающим трехдневный срок оказания услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания чтобы выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возражение услугополучателя по предварительному решению принимается услугодателем в течение 2 (два) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель принимает решение об оказании государственной услуги, либо формирует уведомление об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5-1 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уведомление о внесении в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество либо уведомление об отказе в оказании государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кадастровый паспорт объекта недвижимости либо уведомление об отказе в оказании государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества с приложением кадастрового паспорта объекта недвижимости либо уведомление об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заключение об установлении расхождений идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество по итогам проведенного технического обследования оформляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом кадастровый паспорт объектов недвижимости и заключение об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости направляется в личный кабинет услугополучателя после внесения доплаты за выдачу кадастрового паспорта объекта недвижимости, при заключении договора на оказание услуг с юридическими лицами, дополнительно предоставляется подписанный акт выполненных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения государственного технического обследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z171" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В ходе государственного технического обследования недвижимого имущества определяются технические, идентификационные характеристики зданий, сооружений и (или) их составляющих, необходимых для ведения единого государственного кадастра недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное техническое обследование недвижимого имущества производится в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) работник услугодателя осуществляет выезд для технического обследования объекта недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист обследует, проводит обмер объекта недвижимости с целью установления фактов реконструкции, переоборудования, перепланировки вновь построенных и пристроенных строений и сооружений в рамках поданного заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) составляет Абрис по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, с учетом выявленных изменении внешних границ земельного участка или изменений внутренних ситуаций земельного участка, связанных с возведением или сносом строений и сооружений, либо изменением связанных с проведенными реконструкциями, переоборудованиями, перепланировками объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ранее составленный абрис сохраняется, внесение в него исправлений не допускается. Абрис составляется в электронном виде или простым карандашом, чтобы изображаемые на нем строения и сооружения по своему очертанию были близки к действительности и располагались в относительной масштабности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вносит в существующий план земельного участка пристроенные строения и сооружения, а также реконструированные, вновь построенные объекты в случае изменения их конфигурации и заполняет экспликацию с учетом выявленных изменений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вычерчивает поэтажный план с учетом изменений и заполняет экспликацию к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) производит расчеты стоимости государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) изготавливает кадастровый паспорт объекта недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) изготовленный кадастровый паспорт объекта недвижимости согласуется и подписывается руководителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) все новые и погашенные материалы формируют в единое инвентарное дело, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, погашенные материалы не уничтожаются, а в хронологическом порядке подшиваются в инвентарное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Выявление расхождений осуществляется на основании государственного технического обследования недвижимого имущества. Сведения о выявленных расхождениях вносятся в информационную систему единого государственного кадастра недвижимости и изготавливается Заключение с указанием фактов изменений по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением кадастрового паспорта объекта недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В кадастровом паспорте объекта недвижимости заполняются технические характеристики основного объекта недвижимости по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и технические характеристики служебных (хозяйственных) строений и сооружений по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При смене собственника объекта недвижимости кадастровый паспорт объекта недвижимости сохраняет юридическую силу, так как является документом содержащий технические, идентификационные характеристики первичного или вторичного объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При изменении идентификационных характеристик недвижимого имущества происходящих по совместному решению местных представительных и исполнительных органов, в том числе при изменении наименования населенных пунктов, названия улиц, а также порядкового номера зданий, иных строений (адреса) или кадастровых номеров, Государственной корпорацией вносятся исправления в кадастровый паспорт объекта недвижимости в течение 1 рабочего дня, без выезда на место, на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях установления расхождений идентификационных и технических сведений вновь созданного недвижимого имущества, содержащихся в правоустанавливающем документе, с фактическими данными правообладатель вправе подать заявление услугодателю на выявление таких расхождений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе государственного технического обследования недвижимого имущества услугодателем определяются технические, идентификационные характеристики зданий, сооружений и (или) их составляющих, необходимых для ведения единого государственного кадастра недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача дубликата кадастрового паспорта объекта недвижимости"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z173" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Перечень основных требований к оказанию государственной услуги приведен в Перечне государственной услуги "Выдача дубликата кадастрового паспорта объекта недвижимости" (далее – Перечень № 2) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z181" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Прием заявления и выдача результата оказания государственной услуги осуществляется через веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя к услугодателю с пакетом документов согласно перечню, предусмотренному в пункте 8 Перечня № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному Перечнем № 2, и (или) документов с истекшим сроком действия услугодатель направляет уведомление об отказе в дальнейшем рассмотрении документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник архива отдела технического обследования объектов недвижимости, осуществляет поиск и передачу инвентарных дел ответственному исполнителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный исполнитель услугодателя при отсутствии оснований для отказа в выдаче дубликата воспроизводит копию с инвентарного дела кадастрового паспорта объекта недвижимости, направляет руководству для подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководство услугодателя посредством ЭЦП подписывает результат государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z183" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартиры, комнаты в общежитиях, индивидуальные жилые дома, индивидуальные гаражи, дачные строения на первый рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z184" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      остальные объекты недвижимости общей площадью до 1000 квадратных метров выдается на второй рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z185" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объекты недвижимости общей площадью более 1000 квадратных метров выдается на третий рабочий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z190" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Результат оказания государственной услуги - услугополучателю в личный кабинет направляется дубликат кадастрового паспорта объекта недвижимости с электронной отметкой "Дубликат" либо уведомление об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае наличия оснований для отказа в оказании государственной услуги по основаниям, предусмотренным пунктом 9 Перечня услугодатель:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z192" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по государственным услугам по которым установлен менее чем трехдневный срок оказания формирует отказ в оказании государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z136" w:id="58"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z193" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      по государственным услугам превышающим трехдневный срок оказания услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания чтобы выразить услугополучателю позицию по предварительному решению.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="59"/>
+      по государственным услугам превышающим трехдневный срок оказания услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z194" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 рабочих дня до завершения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z138" w:id="60"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z195" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возражение услугополучателя по предварительному решению принимается услугодателем в течение 2 рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z139" w:id="61"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z196" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугодатель принимает решение об оказании государственной услуги, либо формирует мотивированный отказ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...1308 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="119"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z197" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила, в организации, осуществляющие прием заявлений и выдачу результатов оказания государственной услуги, в том числе в Единый контакт-центр в течение трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z198" w:id="120"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z198" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок обжалования решений, действий (бездействия) услугодателя и его работников по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z199" w:id="121"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z199" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z200" w:id="122"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z200" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес услугодателя, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z201" w:id="123"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z201" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z202" w:id="124"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z202" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрение жалобы осуществляется уполномоченным органом, осуществляющим государственное регулирование и контроль деятельности в сфере государственной регистрации прав на недвижимое имущество, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z203" w:id="125"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z203" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z204" w:id="126"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z204" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z205" w:id="127"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z205" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z206" w:id="128"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z206" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3818,228 +3740,294 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>недвижимого имущества</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их составляющих на вновь</w:t>
+              <w:t>на вновь созданное недвижимое</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>созданное недвижимое имущество,</w:t>
+              <w:t>имущество, проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения государственного</w:t>
+              <w:t>государственного технического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>технического обследования</w:t>
+              <w:t>обследования недвижимого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>недвижимого имущества</w:t>
+              <w:t>имущества и Правил оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и Правилам оказания</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>"Выдача дубликата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача дубликата</w:t>
+              <w:t>кадастрового паспорта объекта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кадастрового паспорта</w:t>
-[...12 lines deleted...]
-              <w:t>объекта недвижимости"</w:t>
+              <w:t>недвижимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="129"/>
+    <w:bookmarkStart w:name="z208" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости"</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Внесение в информационную систему единого государственного кадастра</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>недвижимости идентификационных и технических сведений зданий, сооружений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и (или) их составляющих на вновь созданное недвижимое имущество, выдача</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кадастрового паспорта объекта недвижимости и заключения об установлении</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>расхождений идентификационных и технических сведений по итогам проведенного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственного технического обследования вновь созданного объекта недвижимости"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции приказа Министра юстиции РК от 30.06.2025 </w:t>
+      Сноска. Приложение 1 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4280,51 +4268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан", веб-портал "электронного правительства"</w:t>
+Веб-портал "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4393,222 +4381,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-с момента сдачи пакета документов услугополучателем при обращении к услугодателю (день приема документов не входит в срок оказания государственной услуги) и на портал:</w:t>
-[...16 lines deleted...]
-              <w:t>"Внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество, выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости" - один рабочий день.</w:t>
+с момента сдачи пакета документов услугополучателем:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдача Заключения об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества по итогам проведенного технического обследования с приложением кадастрового паспорта объекта недвижимости в зависимости от вида объекта недвижимости:</w:t>
-[...135 lines deleted...]
-              <w:t>Максимально допустимое время обслуживания услугополучателя – 20 минут</w:t>
+Внесение в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество - один рабочий день.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача кадастрового паспорта объекта недвижимости и заключения об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества по итогам проведенного технического обследования в зависимости от вида объекта недвижимости:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартиры, комнаты в общежитиях выдается на третий рабочий день;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальные жилые дома, индивидуальные гаражи, дачные строения выдается на пятый рабочий день;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остальные объекты недвижимости общей площадью до 1000 квадратных метров выдается на седьмой рабочий день;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объекты общей площадью более 1000 квадратных метров выдается на десятый рабочий день;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объекты недвижимости за исключением объектов недвижимости, указанных в абзацах два и три данного подпункта, относящиеся к первой категории сложности выдается на пятый рабочий день.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дальнейшее продление срока производится в зависимости от категории сложности объекта по согласованию с услугополучателем, при этом, общий срок не должен превышать двух месяцев со дня обращения услугополучателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4676,52 +4637,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Электронная (частично автоматизированная) и (или) бумажная.</w:t>
+              <w:t xml:space="preserve">
+Электронная (частично автоматизированная). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4790,238 +4751,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении:</w:t>
-[...186 lines deleted...]
-              <w:t>При этом Заключение об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества по итогам проведенного технического обследования с приложением кадастрового паспорта объекта недвижимости) выдается услугодателем документа подтверждающего доплату за выдачу заключения с приложением кадастрового паспорта объекта недвижимости, а при заключении договора на оказание услуг с юридическими лицами, дополнительно предоставляется подписанный им акт выполненных работ.</w:t>
+Уведомление о внесении в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество либо уведомление об отказе в оказании государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кадастровый паспорт объекта недвижимости либо уведомление об отказе в оказании государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заключение об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества с приложением кадастрового паспорта объекта недвижимости либо уведомление об отказе в оказании государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заключение об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества по итогам проведенного технического обследования оформляется по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам либо уведомление об отказе в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При этом Заключение об установлении расхождений идентификационных и технических сведений вновь созданного недвижимого имущества по итогам проведенного технического обследования с приложением кадастрового паспорта объекта недвижимости выдается услугодателем после предоставления документа подтверждающего доплату за выдачу заключения с приложением кадастрового паспорта объекта недвижимости, а при заключении договора на оказание услуг с юридическими лицами, дополнительно предоставляется подписанный им акт выполненных работ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5107,88 +4973,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается платно физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Плата за государственную услугу определяется в соответствии с Ценами на товары (работы, услуги), производимые и (или) реализуемые некоммерческим акционерным обществом "Государственная корпорация "Правительство для граждан", отнесенные к государственной монополии в сфере внесения в информационную систему правового кадастра идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество и государственному техническому обследованию зданий, сооружений и (или) их составляющих, утвержденными </w:t>
+              <w:t xml:space="preserve">
+Плата за государственную услугу определяется в соответствии с Ценами на товары (работы, услуги), производимые и (или) реализуемые некоммерческим акционерным обществом "Государственная корпорация "Правительство для граждан", отнесенные к государственной монополии в сфере внесения в информационную систему правового кадастра идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество и государственному техническому обследованию зданий, сооружений и (или) их составляющих, утвержденными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 16 января 2024 года № 21/НҚ (далее – Цены на товары (работы, услуги).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оплата также производится через портал посредством платежного шлюза "электронного правительства".</w:t>
+              <w:t>
+Оплата также производится через портал посредством платежного шлюза "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5294,88 +5162,72 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) в филиалах Государственной корпорации по приему и выдаче документов – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+              <w:t xml:space="preserve">
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении после окончания рабочего времени, воскресенья и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
-[...16 lines deleted...]
-              <w:t>3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении после окончания рабочего времени, воскресенья и праздничные дни согласно Трудовому кодексу Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5444,494 +5296,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-для юридического лица по документу, подтверждающий полномочия;</w:t>
-[...67 lines deleted...]
-              <w:t>по внесению в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество:</w:t>
+при обращении:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заявление на оказание государственной услуги по внесению в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество по форме, согласно приложению 4 к настоящим Правилам;</w:t>
-[...356 lines deleted...]
-              <w:t>при получении результата государственной услуги производится полная оплата (доплата) за выполненную работу по государственному техническому обследованию объекта недвижимости согласно Цен на товары (работы, услуги);</w:t>
+по внесению в информационную систему единого государственного кадастра недвижимости идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос в форме электронного документа, удостоверенный ЭЦП или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия акта приемки объекта недвижимости в эксплуатацию и идентификационного документа на земельный участок;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, подтверждающая оплату, за исключением оплаты, произведенной через ПШЭП;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по выдаче кадастрового паспорта объектов недвижимости и заключения об установлении расхождений идентификационных и технических сведений по итогам проведенного государственного технического обследования вновь созданного объекта недвижимости:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос в форме электронного документа, удостоверенный ЭЦП или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия правоустанавливающего документа на объект недвижимости с приложением электронной копии идентификационного документа на земельный участок при его наличии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, подтверждающая оплату за выдачу кадастрового паспорта объекта недвижимости, за исключением оплаты, произведенной через ПШЭП предоставляется в два этапа:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при подаче заявления на оказание государственной услуги оплата производится в виде базовой стоимости услуги по государственному техническому обследованию объекта недвижимости согласно Цен на товары (работы, услуги);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при получении результата государственной услуги производится полная оплата (доплата) за выполненную работу по государственному техническому обследованию объекта недвижимости согласно Цен на товары (работы, услуги).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о регистрации (перерегистрации) юридического лица, сведения о документе, удостоверяющем личность физического лица, подтверждение произведенной оплаты, услугодатель получает из государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6017,105 +5624,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) если в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения данной государственной услуги;</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучательлишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6148,177 +5776,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан"</w:t>
+Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучателям имеющим полную или частичную утрату способности, или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов производится услугодателем с выездом по месту жительства, посредством обращения через единый контакт-центр 1414, 8 800 080 7777.</w:t>
-[...84 lines deleted...]
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию методами доступными в мобильном приложении и информационных системах пользователей, далее перейти в раздел "Цифровые документы" просмотреть необходимый документ для дальнейшего пользования.</w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсе услугодателя – www. gov. kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП или использования одноразового пароля, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель получает информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении и информационных системах пользователей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для использования цифрового документа необходимо пройти авторизацию методами доступными в мобильном приложении и информационных системах пользователей, далее перейти в раздел "Цифровые документы" просмотреть необходимый документ для дальнейшего пользования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6352,51 +5998,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 2</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам и срокам внесения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6443,191 +6089,228 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>недвижимого имущества</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на вновь созданное</w:t>
+              <w:t>на вновь созданное недвижимое</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>недвижимое имущество,</w:t>
+              <w:t>имущество, проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения государственного</w:t>
+              <w:t>государственного технического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>технического обследования</w:t>
+              <w:t>обследования недвижимого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>недвижимого имущества</w:t>
+              <w:t>имущества и Правил оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и Правил оказания</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>"Выдача дубликата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача дубликата</w:t>
+              <w:t>кадастрового паспорта объекта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кадастрового паспорта</w:t>
-[...12 lines deleted...]
-              <w:t>объекта недвижимости"</w:t>
+              <w:t>недвижимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="130"/>
+    <w:bookmarkStart w:name="z210" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача дубликата кадастрового паспорта объекта недвижимости"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6640,52 +6323,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование государственной услуги "Выдача дубликата кадастрового паспорта объекта недвижимости" </w:t>
+              <w:t>
+Наименование государственной услуги "Выдача дубликата кадастрового паспорта объекта недвижимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6830,88 +6513,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан", веб-портал "электронного правительства"</w:t>
+Веб-портал "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6980,51 +6663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-с момента сдачи пакета документов услугополучателем при обращении к услугодателю (день приема документов не входит в срок оказания государственной услуги) и на портал:</w:t>
+с момента сдачи пакета документов услугополучателем:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 для получения дубликата кадастрового паспорта объекта недвижимости:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7053,86 +6736,50 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остальные объекты недвижимости общей площадью до 1000 квадратных метров выдается на второй рабочий день;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 объекты недвижимости общей площадью более 1000 квадратных метров выдается на третий рабочий день.</w:t>
-            </w:r>
-[...34 lines deleted...]
-максимально допустимое время обслуживания услугополучателя – не более 20 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7201,51 +6848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Электронная (частично автоматизированная) и (или) бумажная. </w:t>
+Электронная (частично автоматизированная). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7314,105 +6961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателю:</w:t>
-[...53 lines deleted...]
-услугополучателю в личный кабинет направляется уведомление о готовности результата государственной услуги с указанием места и даты получения;</w:t>
+услугополучателю в личный кабинет направляется дубликат кадастрового паспорта объекта недвижимости с электронной отметкой "Дубликат" либо уведомление об отказе в оказании государственной услуги;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7499,71 +7092,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается платно физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Плата за государственную услугу определяется в соответствии с Ценами на товары (работы, услуги), производимые и (или) реализуемые Государственной корпорацией "Правительство для граждан" по государственному техническому обследованию зданий, сооружений и (или) их составляющих, в сфере определения стоимости объектов налогообложения утвержденными </w:t>
+Плата за государственную услугу определяется в соответствии с Ценами на товары (работы, услуги), производимые и (или) реализуемые Государственной корпорацией "Правительство для граждан", отнесенные к государственной монополии в сфере внесения в информационную систему правового кадастра идентификационных и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество и государственному техническому обследованию зданий, сооружений и (или) их составляющих, утвержденными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 26 января 2016 года № 87 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13353) (далее – Цены на товары (работы, услуги).</w:t>
+              <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 16 января 2024 года № 21/НҚ (далее – Цены на товары (работы, услуги).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата также производится через портал посредством платежного шлюза "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7688,89 +7281,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) в филиалах Государственной корпорации по приему и выдаче документов – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
-[...37 lines deleted...]
-3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении после окончания рабочего времени, воскресенья и праздничные дни согласно </w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении после окончания рабочего времени, воскресенья и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -7859,233 +7414,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-для юридического лица по документу, подтверждающий полномочия;</w:t>
-[...162 lines deleted...]
-              <w:t>
 запрос в форме электронного документа, удостоверенный ЭЦП или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная копия документа, подтверждающая оплату за выдачу дубликата правоустанавливающего документа, за исключением оплаты, произведенной через ПШЭП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о регистрации (перерегистрации) юридического лица, сведения о документе, удостоверяющем личность физического лица, подтверждение произведенной оплаты, услугодатель получает из государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8118,51 +7527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8172,69 +7581,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) если в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения данной государственной услуги;</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) если в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8267,104 +7732,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан"</w:t>
+Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучателям имеющим полную или частичную утрату способности, или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов производится услугодателем с выездом по месту жительства, посредством обращения через единый контакт-центр 1414, 8 800 080 7777.</w:t>
-[...16 lines deleted...]
-              <w:t>
 Адреса мест оказания государственной услуги размещены на интернет-ресурсе услугодателя – www. gov. kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП или использования одноразового пароля, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8399,50 +7846,57 @@
               <w:t>
 Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении и информационных системах пользователей.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для использования цифрового документа необходимо пройти авторизацию методами доступными в мобильном приложении и информационных системах пользователей, далее в разделе "Цифровые документы" просмотреть необходимый документ для дальнейшего пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8749,57 +8203,95 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z213" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 3 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -8820,71 +8312,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об установлении расхождений идентификационных и технических сведений вновь</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>созданного недвижимого имущества по итогам проведенного технического обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z214" w:id="132"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z214" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Область ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Район _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9758,112 +9250,150 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 4 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на оказание государственной услуги по внесению в информационную</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>систему единого государственного кадастра недвижимости идентификационных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и технических сведений зданий, сооружений и (или) их составляющих на вновь созданное недвижимое имущество</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z218" w:id="134"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z218" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для физических лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>От гражданина (ИИН) _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10856,112 +10386,150 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z221" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 5 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на выдачу кадастрового паспорта объектов недвижимости и заключения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об установлении расхождений идентификационных и технических сведений по итогам</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>проведенного государственного технического обследования вновь созданного объекта недвижимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z222" w:id="136"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z222" w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для физических лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>От гражданина (ИИН) _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12084,94 +11652,132 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z225" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 6 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на выдачу дубликата кадастрового паспорта объекта недвижимости № _____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z226" w:id="138"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z226" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для физических лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>От гражданина (ИИН) _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13192,94 +12798,132 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 7 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АБРИС</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z230" w:id="140"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z230" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заказа: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес объекта: ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13790,98 +13434,136 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 8 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ОПИСЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>документов архивного дела № ____________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(инвентарный номер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14286,64 +13968,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z234" w:id="142"/>
+      <w:bookmarkStart w:name="z234" w:id="67"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итого ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документов (цифрами и прописью)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14769,94 +14451,132 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 9 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Техническая характеристика основного объекта недвижимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z238" w:id="144"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z238" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заказа: ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес объекта: _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18550,64 +18270,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z239" w:id="145"/>
+      <w:bookmarkStart w:name="z239" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица технических характеристик заполняется на все строения и сооружения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>расположенные на земельном участке по отдельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18982,94 +18702,132 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 10 внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Техническая характеристика служебных (хозяйственных) строений и сооружений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z243" w:id="147"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z243" w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заказа: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес объекта: ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20406,64 +20164,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z244" w:id="148"/>
+      <w:bookmarkStart w:name="z244" w:id="73"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица технических характеристик заполняется на все строения и сооружения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>расположенные на земельном участке по отдельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20991,429 +20749,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="149"/>
+    <w:bookmarkStart w:name="z248" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Руководствуясь </w:t>
-[...343 lines deleted...]
-        <w:t>"___" _________ 20__ год</w:t>
+      Сноска. Приложение 1 исключено приказом Министра юстиции РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21545,151 +20978,151 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правый верхний угол – в редакции приказа Министра юстиции РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="151"/>
+    <w:bookmarkStart w:name="z45" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила присвоения кадастрового номера</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>первичным и вторичным объектам недвижимости</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 в редакции приказа Министра юстиции РК от 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="152"/>
+    <w:bookmarkStart w:name="z47" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящими Правилами определяется порядок присвоения кадастровых номеров первичным и вторичным объектам недвижимого имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z48" w:id="153"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z48" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Присвоение кадастрового номера первичным и вторичным объектам недвижимости осуществляется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21704,51 +21137,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>корпорацией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по месту его нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21767,271 +21200,271 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.03.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="154"/>
+    <w:bookmarkStart w:name="z49" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        3. Объекты недвижимого имущества для целей присвоения кадастровых номеров подразделяются на две группы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z250" w:id="155"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z250" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       здания, строения, сооружения (первичные объекты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z251" w:id="156"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z251" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляющие здания, строения, сооружения: жилые, нежилые помещения, в том числе комнаты, жилые и нежилые пристроенные и встроенные помещения и прочие составляющие здания, строения, сооружения (вторичные объекты).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z50" w:id="157"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z50" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В основу построения кадастрового номера объектов недвижимости положен иерархический принцип от кода области или города республиканского значения до кода конкретного объекта недвижимости. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z51" w:id="158"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z51" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Каждый первичный и вторичный объект недвижимости, расположенный на земельном участке, имеет не повторяющийся кадастровый номер, который не изменяется в течение всего времени существования данного объекта недвижимости как единого объекта права, кроме случаев изменения составляющих кадастрового номера в связи с объединением или разделением земельных участков, административно-территориальных единиц или учетных кварталов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z52" w:id="159"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z52" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При прекращении существования первичного или вторичного объекта как единого объекта права в результате слияния или разделения вновь образованным объектам присваиваются новые кадастровые номера. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z53" w:id="160"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z53" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При прекращении существования первичного или вторичного объекта присвоенный им кадастровый номер не присваивается другому объекту. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z54" w:id="161"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z54" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Отсутствие кадастрового номера земельного участка не служит основанием для отказа в присвоении кадастрового номера первичному объекту. В этом случае для присвоения кадастрового номера первичному объекту формируется временный кадастровый номер, в котором вместо кадастрового, номера земельного участка используются нули, а зданиям, сооружениям, строениям присваиваются уникальные номера в пределах учетного квартала. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z55" w:id="162"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z55" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. При регистрации вторичных объектов и их частей во всех случаях требуется наличие кадастрового номера зданий, строений, сооружений. Если зданию, строению, сооружению не был присвоен кадастровый номер, то этот номер присваивается при учете первого в его составе вторичного объекта согласно настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z56" w:id="163"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z56" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Зданию, строению или сооружению, расположенному в разных учетных кварталах, присваивается один кадастровый номер с указанием номера квартала, на котором располагается большая или основная часть здания, строения или сооружения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z57" w:id="164"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z57" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Основанием для присвоения кадастрового номера первичным и вторичным объектам недвижимого имущества является наличие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z252" w:id="165"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z252" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) информации о границах земельного участка и его кадастровом номере по данным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22066,192 +21499,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z253" w:id="166"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z253" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) плана (при необходимости поэтажного) первичного объекта недвижимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z254" w:id="167"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z254" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) при необходимости плана вторичного объекта недвижимости. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z58" w:id="168"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z58" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Переход права собственности или иного права на объекты недвижимого имущества от одного лица к другому не является основанием для пересмотра его кадастрового номера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z59" w:id="169"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z59" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Кадастровый номер первичного и вторичного объекта недвижимости имеет следующую структуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z255" w:id="170"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z255" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АА: ВВВ: ССС: Д...Д: И...И: К...К, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z256" w:id="171"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z256" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       где: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z257" w:id="172"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z257" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       : - разделитель составных частей кадастрового номера; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z258" w:id="173"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z258" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АА: ВВВ: ССС: Д...Д - кадастровый номер земельного участка, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22266,367 +21699,367 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ведения государственного земельного кадастра в Республике Казахстан, утвержденными постановлением Правительства Республики Казахстан от 20 сентября 2003 года № 958;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z259" w:id="174"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z259" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АА - код области или города республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z260" w:id="175"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z260" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВВВ - код административного района или города областного (районного) значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z261" w:id="176"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z261" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ССС - код учетного квартала; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z262" w:id="177"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z262" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Д...Д - порядковый номер земельного участка внутри учетного квартала и/или административного района, города областного (районного) значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z263" w:id="178"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z263" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       И...И - номер первичного объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z264" w:id="179"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z264" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К...К - номер вторичного объекта внутри первичного объекта, то есть: номер квартиры, встроенного помещения, комнаты, части нежилого помещения в нежилом или жилом здании и других составляющих недвижимость.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z60" w:id="180"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z60" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Присвоение кадастровых номеров первичным объектам недвижимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Министра юстиции РК от 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="181"/>
+    <w:bookmarkStart w:name="z61" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Кадастровый номер первичного объекта недвижимости образуется из кадастрового номера земельного участка, на котором расположен первичный объект недвижимости, и порядкового номера (кода) первичного объекта недвижимости, не повторяющегося в пределах данного земельного участка, следующим образом: 20:015:004:165:1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z265" w:id="182"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z265" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где 20:015:004:165 - кадастровый номер земельного участка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z266" w:id="183"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z266" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 - порядковый номер (код) первичного объекта недвижимости на земельном участке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z267" w:id="184"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z267" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пример для первичного объекта: город Астана район Есиль улица 199 дом 36</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z268" w:id="185"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z268" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будет выглядеть так 21:320:135:0722:1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z269" w:id="186"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z269" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где 21:320:135:0722 - кадастровый номер земельного участка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z270" w:id="187"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z270" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-порядковый номер основного строения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22645,586 +22078,586 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="188"/>
+    <w:bookmarkStart w:name="z62" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В случаях, когда на земельном участке размещено два и более первичных объектов недвижимости, каждому из них присваивается свой кадастровый номер, индивидуальный для данного земельного участка, следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z271" w:id="189"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z271" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20: 015: 004: 165: 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z272" w:id="190"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z272" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20: 015: 004: 165: 2 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z273" w:id="191"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z273" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20: 015: 004: 165: 3 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z63" w:id="192"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z63" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Присвоение кадастровых номеров первичным объектам недвижимости, производится в произвольной последовательности, обеспечивающей ясную идентификацию первичного объекта недвижимости и оперативность его поиска на плане земельного участка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z64" w:id="193"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z64" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Кадастровый номер первичного объекта недвижимости не изменяется в течение всего времени существования данного объекта недвижимости как единого объекта права, кроме случаев изменения составляющих кадастрового номера в связи с делением или слиянием административно-территориальных единиц или учетных кварталов, земельных участков, деления первичного объекта либо его слияния с другим первичным объектом недвижимости. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z65" w:id="194"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z65" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. При прекращении существования первичного объекта недвижимости как единого объекта права в результате его деления или слияния вновь образованным первичным объектам недвижимости присваиваются новые кадастровые номера. Повторное использование предыдущего (старого) кадастрового номера для идентификации объектов недвижимости не допускается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z66" w:id="195"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z66" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При делении первичного объекта недвижимости, имеющего кадастровый номер 20: 015: 004: 165: 1, на два первичных объекта недвижимости, вновь образованным объектам недвижимости будут присвоены в произвольной последовательности следующие кадастровые номера:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z274" w:id="196"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z274" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20: 015: 004: 165: 2 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z275" w:id="197"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z275" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20: 015: 004: 165: 3</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z67" w:id="198"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z67" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При слиянии двух объектов недвижимости, имеющих кадастровые номера 20: 015: 004: 165: 2 и 20: 015: 004: 165: 3, вновь образованному объекту недвижимости будет присвоен следующий кадастровый номер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z276" w:id="199"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z276" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20: 015: 004: 165: 4 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z68" w:id="200"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z68" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Расположенным на земельном участке зданиям, строениям, сооружениям, являющимся вспомогательными (служебного назначения) по отношению к основному зданию, строению, сооружению, кадастровые номера могут быть не присвоены (как правило, в индивидуальных домовладениях). Идентификация таких объектов производится по кадастровому номеру земельного участка либо по кадастровому номеру первичного объекта недвижимости (основного здания на земельном участке) и путем описания их в регистрационных документах и в правовом кадастре. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z69" w:id="201"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z69" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Кадастровый номер вспомогательным (служебного назначения) зданиям, строениям, сооружениям в необходимых случаях (например, при отчуждении вспомогательного строения) присваивается при условии, что на такое строение у правообладателя имеются соответствующие самостоятельные правоустанавливающие документы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z70" w:id="202"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z70" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Присвоение кадастровых номеров вторичным объектам недвижимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции приказа Министра юстиции РК от 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="203"/>
+    <w:bookmarkStart w:name="z71" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Кадастровый номер помещению в здании, строении, сооружении присваивается только в том случае, когда это помещение находится в раздельной собственности (ином раздельном вещном праве) и выделено как вторичный объект недвижимости в составе первичного объекта недвижимости. Если здание, в котором имеется несколько помещений, принадлежит одному правообладателю, то вторичные объекты в составе первичного объекта не формируются. В данном случае кадастровый номер присваивается только первичному объекту недвижимости. Вторичные объекты с присвоением им кадастровых номеров формируются в составе первичного объекта только в том случае, когда отдельные помещения в составе первичного объекта находятся в раздельной собственности (ином вещном праве) двух и более лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z72" w:id="204"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z72" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Присвоение кадастрового номера вторичному объекту недвижимости при отсутствии кадастрового номера первичного объекта недвижимости не допускается. Если зданию, строению, сооружению первичному объекту недвижимости не был присвоен кадастровый номер, то этот номер присваивается зданию, строению, сооружению при присвоении кадастрового номера первому в его составе вторичному объекту недвижимости по правилам, указанным выше. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z73" w:id="205"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z73" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Кадастровый номер вторичного объекта недвижимости образуется из кадастрового номера первичного объекта недвижимости и порядкового номера (кода) вторичного объекта недвижимости, не повторяющегося в пределах данного первичного объекта недвижимости, следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z277" w:id="206"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z277" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20:015:004:165:1:25</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z278" w:id="207"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z278" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где: 20:015:004:165:1 - часть, соответствующая кадастровому номеру первичного объекта недвижимости, присвоенному в порядке, установленном пунктами 14 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z279" w:id="208"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z279" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25 - порядковый номер (код) вторичного объекта недвижимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z280" w:id="209"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z280" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пример для вторичного объекта: город Астана район Есиль улица 199 дом 36 квартира 106, будет выглядеть так 21:320:135:0722:1:106</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z281" w:id="210"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z281" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где 21:320:135:0722 кадастровый номер земельного участка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z282" w:id="211"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z282" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-порядковый номер основного строения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z283" w:id="212"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z283" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106 - порядковый номер вторичного объекта недвижимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23243,444 +22676,444 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="213"/>
+    <w:bookmarkStart w:name="z74" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Присвоение порядковых номеров вторичным объектам недвижимости, расположенным в составе первичного объекта недвижимости (здания, строения, сооружения) производится в произвольной последовательности, обеспечивающей ясную идентификацию вторичного объекта недвижимости и оперативность его поиска на плане первичного объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z284" w:id="214"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z284" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В качестве порядкового номера (кода) вторичного объекта недвижимости допускается использовать имеющийся номер помещения по почтовому адресу, если такой номер будет являться индивидуальным для данного первичного объекта недвижимости. В случае деления или слияния вторичного объекта недвижимости такой кадастровый номер аннулируется. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z75" w:id="215"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z75" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Порядковые номера (коды) вторичных объектов недвижимости, назначаются в составе каждого первичного объекта недвижимости от единицы и выше. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z76" w:id="216"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z76" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Кадастровый номер вторичного объекта недвижимости не изменяется в течение всего времени существования данного объекта недвижимости как единого объекта права, кроме случаев изменения составляющих кадастрового номера в связи с делением или слиянием административно-территориальных единиц или учетных кварталов, земельных участков, деления либо слияния первичного объекта, деления либо слияния вторичного объекта недвижимости. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z77" w:id="217"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z77" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. При прекращении существования вторичного объекта недвижимости как единого объекта права в результате его слияния или деления вновь образованным вторичным объектам присваиваются новые кадастровые номера, как правило, следующие за последним, присвоенным в пределах данного первичного объекта недвижимости, кадастровым номером. Повторное использование предыдущих (старых) кадастровых номеров для идентификации вновь образованных вторичных объектов недвижимости не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z78" w:id="218"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z78" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Присвоение временного кадастрового номера первичному и вторичному объекту недвижимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 в редакции приказа Министра юстиции РК от 19.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="219"/>
+    <w:bookmarkStart w:name="z79" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Временный кадастровый номер присваивается первичным и вторичным объектам недвижимости в тех случаях, когда отсутствует кадастровый номер земельного участка (например, права на земельный участок возникли до введения системы государственной регистрации прав на недвижимое имущество и признаются возникшим без государственной регистрации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z80" w:id="220"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z80" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. При отсутствии кадастрового номера земельного участка предприятие, осуществляющее присвоение кадастровых номеров первичным и вторичным объектам недвижимости, в части кадастрового номера, соответствующего номеру земельного участка, проставляет три нуля. При этом, в качестве временного кадастрового номера первичного объекта недвижимости в пределах учетного квартала допускается использовать номер, состоящий из последовательного написания через разделитель кода улицы (микрорайона), номера здания, строения, сооружения по почтовому адресу и инвентарного номера первичного объекта недвижимости, если этот номер в совокупности является уникальным для данного учетного квартала. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z285" w:id="221"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z285" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С учетом изложенного, временный кадастровый номер будет иметь следующую структуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z286" w:id="222"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z286" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) для первичного объекта - 20:015:004:000:(123:12А:4/53687); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z287" w:id="223"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z287" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) для вторичного объекта - 20:015:004:000:(123:12А:4/53687):37. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z288" w:id="224"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z288" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (123:12А:4/43687) - часть временного кадастрового номера, обозначающая временный номер здания, строения или сооружения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37 - часть временного кадастрового номера, обозначающая уникальный код жилого и нежилого помещения в пределах первичного объекта, добавляемая через разделитель к временному кадастровому номеру первичного объекта для идентификации вторичного объекта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="225"/>
+    <w:bookmarkStart w:name="z81" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. После присвоения земельному участку кадастрового номера объекту присваивается постоянный кадастровый номер в порядке, установленном настоящими Правилами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z82" w:id="226"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z82" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. После присвоения постоянного кадастрового номера временные кадастровые номера земельного участка, первичного и вторичного объектов недвижимости аннулируются. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z83" w:id="227"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z83" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Запись о присвоении кадастровых номеров первичным и вторичным объектам недвижимости производится в Учетном листе присвоения кадастровых номеров по форме, указанном в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z84" w:id="228"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z84" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Учетный лист присвоения кадастровых номеров первичным и вторичным объектам недвижимости составляется отдельно на каждый земельный участок и хранится в соответствующем инвентарном деле. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23790,68 +23223,68 @@
               </w:rPr>
               <w:t>объектам недвижимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="229"/>
+    <w:bookmarkStart w:name="z289" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Учетный лист присвоения кадастровых номеров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25511,55 +24944,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>