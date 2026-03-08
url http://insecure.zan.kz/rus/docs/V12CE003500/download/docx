--- v0 (2025-11-07)
+++ v1 (2026-03-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30a2852" w14:textId="30a2852">
+    <w:p w14:paraId="271a6a9" w14:textId="271a6a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании избирательных участков в Иргизском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение акима Иргизского района Актюбинской области от 24 декабря 2012 года № 9. Зарегистрировано Департаментом юстиции Актюбинской области 18 января 2013 года № 3500</w:t>
+        <w:t>Решение акима Иргизского района Актюбинской области от 24 декабря 2012 года № 9. Зарегистрировано Департаментом юстиции Актюбинской области 18 января 2013 года № 3500.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -618,552 +618,560 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к решению акима Иргизского района от 24 декабря 2012 года № 9</w:t>
+              <w:t xml:space="preserve">Приложение к решению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">акима Иргизского района </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 24 декабря 2012 года № 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки Иргизского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции решения акима Иргизского района Актюбинской области от 28.12.2022 </w:t>
+      Сноска. Приложение - в редакции решения акима Иргизского района Актюбинской области от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 2</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 216</w:t>
-[...17 lines deleted...]
-      село Иргиз, улица Темирбека Жургенова 16, здание коммунального государственного учреждения "Казахская общеобразовательная средняя школа №1" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 21-8-05.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 216 село Иргиз, улица Темирбека Жургенова 16, здание коммунального государственного учреждения "Казахская общеобразовательная средняя школа № 1" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 21-8-05.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улица Алиби Жанкелдина: № 36/1, 36/2, 38/1, 38/2, 39, 40, 41, 42, 43, 44, 45, 46, 47/1, 47/2, 48, 49, 50, 51, 52, 53, 55/1, 55/2, 56/1, 56/2, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 69;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Аманкелди Иманова: № 2, 3, 4, 4а, 5, 6/1, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 33, 35, 37, 39, 40, 41;</w:t>
-[...17 lines deleted...]
-      улица Жамбыла Жабаева: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10/1, 10/2, 11/1, 11/2, 12/1, 12/2, 13/1, 13/2, 13/3, 14, 15/1, 15/2, 16, 17, 17а, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29/1, 29/2, 31, 33/1, 33/2, 35/1, 35/2, 37, 39/1, 39/2, 40, 41, 43, 45;</w:t>
+      улица Аманкелди Иманова: № 2, 3, 4, 4а, 5, 6/1, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 33, 35, 37, 39, 40, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жамбыла Жабаева: № 11, 2, 3, 4, 5, 6, 7, 8, 9, 10/1, 10/2, 11/1, 11/2, 12/1, 12/2, 13/1, 13/2, 13/3, 14, 15/1, 15/2, 16, 17, 17а, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29/1, 29/2, 31, 33/1, 33/2, 35/1, 35/2, 37, 39/1, 39/2, 41, 43;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Тель Жаманмурунова: № 13/1, 13/2, 15, 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Утебая Канахина: № 1, 2, 3/1, 3/2, 4, 5, 6;</w:t>
-[...17 lines deleted...]
-      улица Ибрая Алтынсарина: № 9, 15, 16, 18, 20, 22, 24, 26, 28/1, 28/2;</w:t>
+      улица Утебая Канахина: № 1, 3/1, 3/2, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ибрая Алтынсарина: № 2, 4, 6, 7, 8, 9, 10, 11, 15, 16, 18, 20, 22, 24, 26, 28/1, 28/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Динмухамеда Кунаева: № 1, 2, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 15/1, 15/2, 16, 17, 19, 21, 23/1, 23/2, 25, 27, 29, 31, 33, 35, 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Темирбека Жургенова: № 2, 3/1, 3/2, 4, 5, 6/1, 6/2, 7, 8, 9, 10/1, 10/2, 11, 12/1, 12/2, 13/1, 13/2, 14, 15/1, 15/2, 18, 19, 21, 23, 25, 27, 29, 40/1, 40/2, 41, 42/1, 42/2, 44, 48/1, 48/2, 50, 52, 56, 60/1, 60/2, 62/1, 62/2;</w:t>
-[...17 lines deleted...]
-      улица Бакбергена Акдаулетулы: № 1, 2/1, 2/2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12/1, 12/2, 13, 14, 14а, 14б, 15, 16, 17, 18, 19, 21, 22, 23, 24/1, 24/2, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 45.</w:t>
+      улица Темирбека Жургенова: № 2, 3/1, 3/2, 4, 5, 6/1, 6/2, 7, 8, 9, 10/1, 10/2, 11, 12/1, 12/2, 13/1, 13/2, 14, 15/1, 15/2, 18, 19, 21, 23, 40/1, 40/2, 41, 42/1, 42/2, 44, 48/1, 48/2, 50, 52, 56, 60/1, 60/2, 62/1, 62/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бакбергена Акдаулетулы: № 1, 2/1, 2/2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12/1, 12/2, 13, 14, 14а, 14б, 15, 16, 17, 18, 19, 21, 22, 23, 24/1, 24/2, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43, 45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 217</w:t>
-[...53 lines deleted...]
-      улица Телжана Шонанова: № 1, 2/1, 2/2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 35, 37;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 217 село Иргиз, улица Алиби Жанкелдина 29, здание государственного коммунального казенного предприятия Дом культуры "Арай" государственного учреждения "Иргизский районный отдел културы, развития языков, физической культуры и спорта",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефон: 8 (713-43) 21-3-80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жармола № 1, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Телжана Шонанова: № 1, 2/1, 2/2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 35, 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Абилкайыр хана: № 1, 3, 5, 7, 9, 10, 11, 13/1, 13/2, 14/1, 14/2, 15, 16/1, 16/2, 17, 18, 19/1, 19/2, 20, 21/1, 21/2, 22, 22а, 23, 24, 25, 27, 29, 31, 33, 34, 35, 36, 37, 39, 41, 42, 43, 44, 45, 46, 47, 48, 49/1, 49/2, 50, 51, 52, 53, 54, 55, 56, 57, 58, 60, 61, 61а, 62, 64, 66, 68, 70, 71, 73, 77/1, 77/2, 77/3, 77/4, 79, 81, 83, 85, 87, 89/1, 89/2, 89/3, 89/4, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алтынбека Акимжанова: № 1, 2, 3, 4, 5, 6/1, 6/2, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19/1, 19/2, 20/1, 20/2, 21, 21а, 23, 25, 27; 35, 37, 39а, 41/1, 41/2;</w:t>
+      улица Алтынбека Акимжанова: № 2, 3, 4, 5, 6/1, 6/2, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19/1, 19/2, 20/1, 20/2, 21, 21а, 23, 25, 27; 35, 37, 39а, 41/1, 41/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Алиби Жанкелдина: № 11а, 12/1, 12/2, 13, 14, 15, 16/1, 16/2, 16/3, 16/4, 16/5, 16/6, 16/7, 16/8, 17, 19, 20/1, 20/2, 21/1, 21/2, 22, 23, 27, 28, 30, 31, 33/1, 33/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Тель Жаманмурунова: № 1/1, 1/2, 1/3, 1/4, 1/5, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14;</w:t>
-[...35 lines deleted...]
-      улица Ибрая Алтынсарина: № 2, 4, 6, 8, 10.</w:t>
+      улица Тель Жаманмурунова: № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Темирбека Жургенова: № 25, 27, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мухамеджана Карабаева: № 1, 5, 7, 9, 11, 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Утебая Канахина: № 2, 4, 6, 10/1, 10/2, 11, 12, 13, 14/1, 14/2, 16, 17, 20, 22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 218</w:t>
-[...53 lines deleted...]
-      улица Баймена Алманова: № 1, 2/1, 2/2, 3, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7, 8, 9/1, 9/2, 10, 11, 12/1, 12/2, 13, 14/1, 14/2, 15, 16/1, 16/2, 17, 18/1, 18/2, 19, 20/1, 20/2, 21, 22/1, 22/2, 23, 24, 25, 25а, 26, 27, 28, 29, 30/1, 30/2, 33, 34/1, 34/2, 35, 36, 37/1, 37/2, 38, 39/1, 39/2, 41/1, 41/2, 43/1, 43/2;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 218 село Иргиз, улица Алиби Жанкелдина 1, здание коммунального государственного учреждения "Общеобразовательная средняя школа имени И. Алтынсарина" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 21-2-13.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Темирбека Жургенова: № № 35, 37, 39, 41, 43, 51/1, 51/2, 53/1, 53/2, 55/1, 55/2, 64/1, 64/2, 65, 66, 68, 69, 70, 71/1, 71/2, 71/3, 71/4, 72/1, 72/2, 76/1, 76/2, 76/3, 80/1, 80/2, 82/1, 82/2, /84/1, 84/2, 86/1, 86/2, 88/1, 88/2, 90, 92, 94/1, 94/2, 96, 98/1, 98/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Баймена Алманова: 1, 2/1, 2/2, 3, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7, 8, 9/1, 9/2, 10, 11, 12/1, 12/2, 13, 14/1, 14/2, 15, 16/1, 16/2, 17, 18/1, 18/2, 19, 20/1, 20/2, 21, 22/1, 22/2, 23, 24, 25, 25а, 26, 27, 28, 29, 30/1, 30/2, 33, 34/1, 34/2, 35, 36, 37/1, 37/2, 38, 39/1, 39/2, 41/1, 41/2, 43/1, 43/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кияса Сарсенбаева: № 1, 2/1, 2/2, 3, 4, 5, 6, 7/1, 7/2, 8, 9, 10, 11, 12/1, 12/2, 12/3, 12/4, 12/5, 13, 14/1, 14/2, 15, 16/1, 16/2, 17, 18/1, 18/2, 19, 20/1, 20/2, 21, 22/1, 22/2, 23, 25, 26/1, 26/2, 27, 28/1, 28/2, 29, 30/1, 30/2, 31, 32/1, 32/2, 33/1, 33/2, 34/1, 34/2, 35/1, 35/2, 37/1, 37/2, 39/1, 39/2, 41/1, 41/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1191,157 +1199,139 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Отеу Кудайбергенова: № 1, 2/1, 2/2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7/1, 7/2, 8/1, 8/2, 9/1, 9/2, 10/1, 10/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Койыртбаева: № 1, 2, 3, 5, 6, 7, 9, 10;</w:t>
+      улица Койыртбаева: № 1, 2, 3, 5, 7, 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Алиби Жанкелдина: № 2/1, 2/2, 4, 5/1, 5/2, 6, 7, 8, 9, 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жаксылык Есболганова: № 1, 3/1, 3/2, 4; </w:t>
+        <w:t>
+      улица Жаксылык Есболганова: № 1, 3/1, 3/2, 4;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мырзагали Толегенова: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14/1, 14/2, 15, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 19/1, 19/2, 20а, 20/1, 20/2, 21/1, 21/2, 22/1, 22/2, 23/1, 23/2, 24/1, 24/2, 25/1, 25/2, 26, 27/1, 27/2, 29, 31, 33;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Мухамеджана Карабаева: № 1, 2/1, 2/2, 2/3, 2/4, 4, 5, 7, 8, 9, 10, 11, 12, 13 и все поселения относящиеся к данному населенному пункту.</w:t>
+      улица Мухамеджана Карабаева: № 2/1, 2/2, 2/3, 2/4, 4, 8, 10, 12 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 219</w:t>
-[...17 lines deleted...]
-      село Иргиз, улица Узакбая Кулымбетова 18, здание государственного коммунального казенного предприятия Ясли-сад "Аққайың" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 21-7-36.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 219 село Иргиз, улица Узакбая Кулымбетова 18, здание государственного коммунального казенного предприятия Ясли-сад "Аққайың" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 21-7-36.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улица Узакбая Кулымбетова: № 1/1, 1/2, 3/1, 3/2, 4, 5/1, 5/2, 6/1, 6/2, 7/1, 7/2, 8/1, 8/2, 9/1, 9/2, 10/1, 10/2, 11, 12, 13, 14, 15/1, 15/2, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 19/1, 19/2, 20/1, 20/2, 21/1, 21/2, 22/1, 22/2, 23/1, 23/2, 24/1, 24/2, 25/1, 25/2, 26, 27/1, 27/2, 29/1, 29/2, 33, 35, 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1351,159 +1341,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Амирхана Барысбаева: № 2/1, 2/2, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7, 8, 9/1, 9/2, 10, 11/1, 11/2, 12/1, 12/2, 13, 14/1, 14/2, 15, 16/1, 16/2, 17/1, 17/2, 18, 19/1, 19/2, 21/1, 21/2, 23, 24/1, 24/2, 25/1, 25/2, 26/1, 26/2, 27/1, 27/2, 28/1, 28/2, 30, 32, 34/1, 34/2, 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алтынбека Акимжанова: № 36, 40, 42, 44, 48, 50, 52, 52а, 54/1, 54/2, 56, 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 79, 81, 83;</w:t>
-[...107 lines deleted...]
-      улица Садықов Бақберген: № 1, 2/1, 2/2, 3/1, 3/2, 4, 5/1, 5/2, 6/1, 6/2, 6/3, 6/4, 7/1, 7/2, 7/3, 7/4, 8/1, 8/2, 10, 12, 14; </w:t>
+      улица Алтынбека Акимжанова: № 36, 38, 38б, 40, 42, 44, 48, 49, 84, 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жансена Кереева: № 1/1, 1/2, 2/1, 2/2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7/1, 7/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Орынбасара Елтекова: № 1/1, 1/2, 2/1, 2/2, 3/1, 3/2, 4/1, 4/2, 5, 6/1, 6/2, 7/1, 7/2, 8, 9/1, 9/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Симака Енсегенова: № 1/1, 1/2, 2, 3/1, 3/2, 4, 5/1, 5/2, 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Лайыка Шокпарова: № 1, 3, 5, 7/1, 7/2, 9, 11/1, 11/2, 13, 15, 17, 21, 33, 35, 37, 39, 40/1, 40/2, 42/1, 42/2, 44/1, 44а, 44/2, 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алишбека Шахина: № 11/1, 1/2, 2, 3/1, 3/2, 3/3, 4, 5, 6, 7, 8/1, 8/2, 8/3, 9, 10/1, 10/2,11/1, 11/2, 11/3, 13, 15/1, 15/2, 15/3, 17/1, 17/2, 19/1, 19/2, 21, 23/1, 23/2, 25/1, 25/2, 27/1, 27/2, 29, 30, 31, 33/1, 33/2, 35, 37, 39, 41, 43, 43б, 45, 47, 47а, 49/1, 49/2, 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Садықов Бақберген: № 1, 2/1, 2/2, 3/1, 3/2, 4, 5/1, 5/2, 6/1, 6/2, 6/3, 6/4, 7/1, 7/2, 7/3, 7/4, 8/1, 8/2, 10, 12, 14;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Әлеукеш Көбеков: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1511,141 +1501,159 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Астана: № 1/1, 2, 4, 7/1, 7/2, 9, 10/1, 10/2, 11/1, 11/2, 12/1, 2/2, 13/1, 13/2, 14/1, 14/2, 16, 18, 20, 22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 220</w:t>
-[...53 lines deleted...]
-      улица Қазақстан Республикасы Тәуелсіздігіне 20 жыл: № 1, 2, 3, 5/1, 5/2, 7/1, 9/1, 9/2, 10, 11/1, 12, 13/1, 13/2, 15, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 27, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 220 село Иргиз, улица Қабырға 9, здание коммунального государственного учреждения "Иргизская гимназия" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-0-20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Алтынбека Акимжанова: № 50, 52а, 54/1, 54/2, 56, 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 81, 82, 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Темирбека Жургенова: № 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 102/1, 102/2,104/1, 104/2, 105/1, 105,/2, 106, 107, 108, 109, 110, 112, 114, 116/1, 116/2, 118, 120/1, 120/2, 121, 122, 129/1, 129/2, 130, 131/1, 131/2, 132, 133/1, 133/2, 134, 135/1, 135/2, 136, 137/1, 137/2, 138, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Лайыка Шокпарова: № 2, 4/1, 4/2, 6/1, 6/2, 8/1, 8/2, 10, 12, 14/1, 14/2, 18, 19, 20, 22, 23, 24, 26/1, 28, 30, 32, 34, 36, 38, 46, 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая: № 1, 2, 3, 5/1, 5/2, 7/1, 9/1, 9/2, 10, 11/1, 12, 13/1, 13/2, 15, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 27, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Әйтеке би: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Шалқар: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24;</w:t>
+      улица Шалқар: № 1/1, 1/2, 1/3, 1/4, 1/5, 1/5, 1/6, 1/7, 1/8, 2/1, 2/2, 2/3, 2/4, 2/5, 2/6, 2/7, 2/8, 3/1, 3/2, 3/3, 3/4, 3/5, 3/6, 3/7, 3/8, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Арал: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1673,87 +1681,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Маңтөбе: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Темірастау: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23;</w:t>
+      улица Темірастау: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 27, 29, 31, 33, 35;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Қабырға: № 1, 2, 3, 4, 5, 6, 8;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Мәні: № 1, 2, 3, 4, 5, 6;</w:t>
+      улица Мәні: № 1, 2, 3, 4, 5, 6, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Қосбүйрек: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1853,191 +1861,191 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Құтикөл: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Айырқызыл: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; 11, 12, 13, 14, 15, 16, 17, 18, 19, 20 и все поселения относящиеся к данному населенному пункту.</w:t>
+      улица Айырқызыл: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; 11, 12, 13, 14, 15, 16, 17, 18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Смагул Кенжеханов: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Садуакас Калтаев: № 1, 2, 3, 4, 5, 6, 7, 8, 10, 12, 14, 16, 18 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 221</w:t>
-[...71 lines deleted...]
-      улица 10 лет Астаны: № 1, 2, 3, 4, 5, 6, 7/1, 7/2, 8, 10, 11, 12, 13, 14, 15/1, 15/2, 16, 17, 18, 20 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 221 село Акши, улица Жолболсын Шайкакова 29, здание коммунального государственного учреждения "Общеобразовательная средняя школа имени М.Тулегенова" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-2-66.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жолболсын Шайкакова: № 1, 2, 3/1, 3/2, 5, 6, 7/1, 7/2, 8, 9, 10/1, 10/2, 11, 12, 13, 14, 15/1, 15/2, 16, 18, 20, 21, 22, 24, 26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Зейнолла Ермағанбетова: № 1/1, 1/2, 2, 3, 4/1, 4/2, 5, 6, 7, 8, 9, 10/1, 10/2, 11/1, 11/2, 12, 13, 14/1, 14/2, 15/1, 15/2, 16, 17/1, 17/2, 18, 19, 20, 21, 22, 23, 24, 25, 26/1, 26/2, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 10 лет Астаны: № № 1, 2, 3, 4, 5, 7/1, 7/2, 8, 10, 11, 12, 13, 14, 15/1, 15/2, 16, 17, 18, 20, 21 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 223</w:t>
-[...35 lines deleted...]
-      Улица Бимурата Кокашева: № 2, 4, 8, 10, 12, 14, 16, 18, 20;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 223 село Калыбай, улица Мирхана Жусипова 1, здание коммунального государственного учреждения "Калыбайская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области" телефон: 8 (713-43) 73-2-61.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Бимурата Кокашева: № 2, 8, 10, 12, 14, 16, 18, 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мирхана Жусипова: № 2, 4, 5, 6/1, 6/2, 7, 8, 9/1, 9/2, 10, 11;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2047,121 +2055,103 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Агытая Койлыбаева: № 1, 2, 3, 5/1, 5/2, 7/1, 7/2, 8, 9/1, 9/2, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 23;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Козыбака Жанпейсова: № 1/1, 1/2, 3/1, 3/2, 5, 7, 9, 11, 11а, 13, 15, 16, 17 и все поселения относящиеся к данному населенному пункту.</w:t>
+      улица Козыбака Жанпейсова: № 1/1, 1/2, 3/2, 5, 7, 9, 11, 11а, 13, 15, 16, 17 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 224</w:t>
-[...53 lines deleted...]
-      улица Конкана Кулмырзина: № 1, 2, 3, 4, 5, 8, 10, 12, 16, 17, 18, 21, 23, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 38а, 39, 40, 40а, 41, 43, 44, 45, 47, 49, 51, 53;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 224 село Курлыс, улица Конкана Кулмырзина 9, здание государственного коммунального казенного предприятия "Дом культуры "Мәні" государственного учреждения "Аппарат акима Кызылжарского сельского округа Иргизского района Актюбинской области", телефон: 8 (713-43) 36-1-54.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абилхайыр хана: № 2/1, 2/2, 4/1, 4/2, 6/1, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16 А, 17, 18, 19, 21, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Конкана Кулмырзина: № 2, 1, 3, 4, 5, 8, 10, 12, 16, 17, 18, 21, 23, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 38а, 39, 40, 40а, 41, 43, 44, 45, 47, 49, 51, 53;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Лайыка Шокпарова: № 2, 3, 5, 7, 9, 11, 11а, 13, 14, 16, 18;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2171,51 +2161,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Байказак батыра: № 1, 2, 3, 4, 5, 5а, 6, 7, 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Жаныс би: № 1а, 2, 3, 4, 5;</w:t>
+      улица Жаныс би: № 1а, 3, 4, 5;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кияса Сарсенбаева: № 1, 3, 4, 5, 6, 6а, 6б, 7, 8/1, 8/2, 9, 10, 11, 12, 13, 14, 16, 17/1, 17/2, 18/1, 18/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2225,1481 +2215,1297 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Амангелди Бимуратова: № 1, 2, 2а, 3, 4, 4а, 5, 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Байжана Белесова: № 1, 2, 2а, 2б, 4, 6, 7/1, 7/2, 8, 9, 10, 11,12, 13, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 25;</w:t>
-[...35 lines deleted...]
-      улица Мейрхан Токешова: № 1, 2, 3, 5, 6, 7, 10, 12, 14, 16, 18;</w:t>
+      улица Байжана Белесова: № 1, 2, 2а, 2б, 4, 6, 7/1, 7/2, 8, 9, 10, 11, 12, 13, 15, 16, 18, 18А, 19, 20, 21, 22, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Симака Енсегенова: № 2, 3, 5, 6, 7, 8, 10, 12, 13, 14/1, 14/2, 16, 17, 18, 19, 21, 23, 25, 27, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мейрхан Токешова: № 1, 2, 3, 5, 6, 7, 10, 14, 16, 18;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кожа Измаганбета: № 1, 1а, 2, 3, 4, 5;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Байузак Ермекбаева: № 1, 3, 5, 6, 7, 8, 9, 10 и все поселения относящиеся к данному населенному пункту.</w:t>
+      улица Байузак Ермекбаева: № 1, 5, 6, 7, 8, 9, 10 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 225</w:t>
-[...71 lines deleted...]
-      улица Уксикбая Ашанбаева: № 1, 2, 3, 4, 5, 6, 7, 8, 9,10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 225 село Жаныс би, улица Достық 35, здание коммунального государственного учреждения "Темирастауская средняя общеобразовательная школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-6-01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Достық: № 1, 2А, 3, 5, 6, 7, 8, 9, 10, 11/1, 11/2, 12, 13, 14, 15/1, 15/2, 16, 17, 17а, 18, 19, 21/2, 21А, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 35А, 36, 37, 39, 42, 44, 46, 48, 50, 52/1, 52/2, 54, 56, 58/1, 58/2, 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қазақстан Республикасының тәуелсіздігіне 20 жыл: № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 20, 22, 24, 26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уксикбая Ашанбаева: № 1, 2, 4, 5, 6, 7, 8, 9,10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 226</w:t>
-[...89 lines deleted...]
-      улица Бейбітшілік: № 1, 3, 4, 5, 6, 7, 8,10, 14, 17, 18, 20, 22, 27, 28, 30 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 226 село Шенбертал, улица Бейбітшілік 26, здание коммунального государственного учреждения "Общеобразовательная средняя школа Шенбертал" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-6-95.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Астананың 10 жылдығы: № 2, 3, 4, 5, 6, 7а, 8, 10, 11, 13, 14/1, 14/2, 15, 17, 19, 21/1, 21/2, 22, 23, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 46, 48, 50, 52, 54, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Колганат Токбаева: № 1, 2, 3, 4, 5, 8, 9, 10, 11, 13, 15, 16, 17, 19, 20, 21, 22, 22 А, 24, 25/1, 25/2, 26, 27/1, 27/2, 28, 29, 30, 31, 32, 33, 34, 35, 38, 39, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саймаганбет Садирбаева: № 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 13, 14, 16, 17/2, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29А, 30, 30А, 31, 35, 36, 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бейбітшілік: № 1, 3, 4, 5, 6, 7, 8, 10, 14, 17, 18, 20, 22, 27, 28, 30 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 227</w:t>
-[...71 lines deleted...]
-      улица Шакир Караулы: № 1, 3, 4, 5, 6, 7, 8 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 227 село Карасай, улица Дауренбек Сарин 2, здание коммунального государственного учреждения "Карасайская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 73-2-10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Дауренбек Сарин: № 3, 5, 6/1, 6/2, 7, 8, 10, 12, 13, 14, 15, 16, 19/2, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Куанышова Зулхия Каскырбайкызы: № 3, 4, 5, 6/1, 6/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакир Караулы: № 3, 4, 6, 7, 8 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 228</w:t>
-[...143 lines deleted...]
-      улица Сагымбай Кошкинбаев: № 1, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 228 село Кумтогай, улица Жалпы Ордабаев 12, здание Кумтогайского сельского клуба, телефон: 8 (713-43) 73-0-06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Кызтуган Шегебаев: № 11, 2/1, 2/2, 3, 4, 5/2, 6, 7, 8/1, 8/2, 9, 10, 11, 15, 16, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Утеу Кудайбергенов: № 2, 4, 5, 7, 8, 9/1, 10/1, 10/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жалпы Ордабаев: № 1, 3, 4, 6, 7, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алмат Рысбаев: № 3/2, 4, 5, 6, 8/1, 8/2, 9, 10, 11/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ораз би Татеулы: № 1, 3/1, 4/1, 4/2, 5, 6, 7, 9, 11, 13, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Оразбай Жумабаев: № 1, 3/1, 3/2, 5,7, 9/2, 10, 13, 14/1, 14/2, 15, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сагымбай Кошкинбаев: № 1, 3, 4, 5, 6, 7а, 9, 10, 11, 12, 13, 14, 18, 18а, 19 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 229</w:t>
-[...53 lines deleted...]
-      улица Назаралы аулие: № 1, 2, 3,4, 5/1, 5/2, 5/3, 6/1, 6/2, 7, 8, 9, 10, 11, 12, 13, 14, 17/1, 17/2, 19 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 229 село Каракудык, улица Қазақстан Республикасының тәуелсіздігіне 20 жыл 6, здание коммунального государственного учреждения "Каракудукская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 73-1-67.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Қазақстан Республикасының тәуелсіздігіне 20 жыл: № 1, 1/а, 2/1, 5, 9/1, 9/2, 11, 13, 14, 15, 16, 17,18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Назаралы аулие: № 1, 2, 4, 5/1, 5/2, 6/1, 6/2, 7, 9, 10, 11, 12, 13, 14, 17/1, 19 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 230</w:t>
-[...17 lines deleted...]
-      село Дукен, улица Куркебай Рспанбетова 16, здание коммунального государственного учреждения "Дукенская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-5-72.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 230 село Дукен, улица Куркебай Рспанбетова 16, здание коммунального государственного учреждения "Дукенская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-5-72.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улица Куркебай Рспанбетова: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 18, 19, 20, 22, 23, 24, 26, 27, 28 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 231</w:t>
-[...35 lines deleted...]
-      Улица Абу бакси: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 25, 26, 27, 28, 31, 33, 34, 35 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 231 село Мамыр, улица Абу бакси 22, здание коммунального государственного учреждения "Мамырская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      образования Актюбинской области", телефон: 8 (713-43) 72-5-70.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абу бакси: № 8, 12, 16, 19, 20, 22, 25, 26, 27, 28, 37, 38, 39, 40, 41, 42, 43, 44, 45 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 232</w:t>
-[...89 lines deleted...]
-      улица Темирбек Жургенова: № 2, 3, 4, 5, 6, 7, 8, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 36, 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 58, 59, 60, 62 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 232 село Нура, улица Ыбырай Достаева 4, здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Т.Жургенова" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-4-64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Темирбек Жургенова: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 19, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ыбырай Достаева: № 1, 3, 5, 7, 8, 9, 10, 11, 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абдибек Мамбетов: № 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Толеумурат Кишкентаева: № 1, 2, 3, 4, 5, 6, 7, 8 и все поселения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 233</w:t>
-[...35 lines deleted...]
-      Улица Серик Сатанова: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 233 село Белшер, улица Серик Сатанова 14, здание коммунального государственного учреждения "Белшерская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-5-57.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Серик Сатанова: № 1, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17А, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 34, 35, 36, 37, 39, 40, 41, 42 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 234</w:t>
-[...89 lines deleted...]
-      улица Айқын Қантайұлы: № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 234 село Аманколь, улица Тел Жаманмұрынов 10, здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Т.Жаманмурынова" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-0-40.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Зарлық Қалиев: № 1, 3, 4, 6, 7, 8, 8ә, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тел Жаманмұрынов: № 1, 2, 5, 6, 11, 13, 14, 16, 18, 20, 21, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Айқын Қантайұлы: № 3, 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бақберген Ақдәулетұлы: № 1, 3, 5, 8, 10, 11, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29, 36, 37, 38 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 235</w:t>
-[...161 lines deleted...]
-      улица Әлішбек Шахин: № 1, 2,3, 7, 9, 13, 17, 19, 21, 23, 25, 27, 31, 33, 35 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 235 село Кутиколь, улица Нұртияқ Жаманшин 30, здание государственного коммунального казенного предприятия Дом культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кутикольского сельского клуба, телефон: 8 (713-43) 72-0-11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Есен Игібаев: № 1, 4, 5, 6, 7, 9, 10, 11, 12, 12ә, 14, 15, 16, 18, 19, 23, 25, 27, 29а, 31, 33, 33а, 35, 35а, 35ә, 37, 37а, 37ә, 41, 43, 45, 47, 51, 53, 55, 57, 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нұртияқ Жаманшин: № 4, 5, 6, 7, 8, 9, 10, 11, 17, 19, 20, 23, 24, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әмірхан Барысбаев: № 2, 5, 9, 11, 12, 13, 14, 17, 19, 21, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пішен Төрегелдин: № 1, 1ә, 2, 6, 8, 9, 10, 14, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Оңғар Райымбаев: № 1, 2, 3, 4, 5, 6, 7, 9, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 22ә, 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Төлеу Манасов: № 2, 4, 5, 7, 7а, 8, 9, 9а, 10, 11, 12, 15, 16, 17, 18, 19, 20, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 42а, 43, 45, 48, 50, 54, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шүлтік Жоланов: № 1, 2, 3, 4, 4а, 5, 7, 10, 11, 12, 15, 23, 25, 27, 29, 29а, 31, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әлішбек Шахин: № 1, 2, 5, 7, 23, 27, 31, 33, 35 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 236</w:t>
-[...53 lines deleted...]
-      улица Төлеу Манасов: № 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 32, 34, 36 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 236 село Жарма, улица Нуртуяк Жаманшин 20, здание коммунального государственного учреждения "Наркызылская основная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 72-2-30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Нұртияқ Жаманшин: № 1, 2, 3, 4, 5, 6, 7, 9, 11, 13, 14, 15, 17, 19, 21, 23, 24, 25, 27, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Төлеу Манасов: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9ә, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 22, 23, 24, 25, 28, 29, 36 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 238</w:t>
-[...35 lines deleted...]
-      Улица Нуртуяк Жаманшин: № 2, 3, 4, 5, 8, 10, 11, 14, 15, 16, 17, 18, 19, 20, 22;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 238 село Куйлыс, улица Отебай Канахин 25, здание коммунального государственного учреждения "Куйлысская общеобразовательная средняя школа" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-59) 32-0-11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Нуртуяк Жаманшин: № 2, 3, 4, 5, 6, 8, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 22;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Отебай Канахин: № 1, 2, 4, 6, 7/1, 7/2, 8, 9, 10, 12, 13, 15, 16, 17, 18, 19, 21/1, 21/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Шаяхмет Асатов: № 1, 2, 3, 4, 5, 8, 9, 11, 12/1, 12/2, 13, 14, 15, 17, 21, 23, 25</w:t>
-[...17 lines deleted...]
-      улица Айтеке би: №1, 4, 6/1, 10, 11/1, 12, 15;</w:t>
+      улица Шаяхмет Асатов: № 1, 2, 3, 4, 5, 8, 9, 11, 12/1, 12/2, 13, 14, 15, 17, 19, 21, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Айтеке би: № 1, 4, 6/1, 6/2, 10, 12, 15;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Иргиз: № 2/1, 2/2, 3, 4, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 20, 22, 28;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Қазақстан Республикасы тәуелсіздігіне 20 жыл: № 3, 4, 5, 6, 8, 9, 10/2, 11, 14, 15, 19/1, 20, 21, 23/3, 25, 27 и все поселения относящиеся к данному населенному пункту.</w:t>
+      улица Қазақстан Республикасы тәуелсіздігіне 20 жыл: № 3, 4, 5, 6, 8, 9, 10, 14, 15, 19, 20, 21, 25, 27 и все поселения относящиеся к данному населенному пункту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 239</w:t>
-[...71 lines deleted...]
-      улица Утебая Канахина: № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13/1, 13/2, 14/1, 14/2, 15/1, 15/2, 16, 17/1, 17/2, 18 и все поселения относящиеся к данному населенному пункту.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 239 село Жайсанбай, улица Утебая Канахина 19, здание коммунального государственного учреждения "Общеобразовательная средняя школа имени У.Канахина" государственного учреждения "Отдел образования Иргизского района Управления образования Актюбинской области", телефон: 8 (713-43) 73-4-68.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жумахмет Шалтакбаева: № 1, 2, 3, 4, 4А, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қазақстан Республикасы Тәуелсіздігіне - 20 жыл: № 1, 2, 3, 4, 4А, 4Б, 5, 6, 7, 8/1, 8/2, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29/1, 29/2, 30, 31, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Утебая Канахина: № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13/1, 13/2, 14/1, 14/2, 15/1, 15/2, 17/1, 17/2, 18 и все поселения относящиеся к данному населенному пункту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>