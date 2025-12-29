--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0a3d344" w14:textId="0a3d344">
+    <w:p w14:paraId="34015b4" w14:textId="34015b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -561,224 +561,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="5090"/>
+        <w:gridCol w:w="7210"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7210" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б. Жумагулов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5090" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридического департамента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7210" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Г. Оспанкулов</w:t>
@@ -1140,51 +1146,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, используемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z259" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) авторский коллектив – группа физических лиц из числа ученых и педагогов, формирующегося разработчиком и (или) издательством;</w:t>
+      1) авторский коллектив – группа физических лиц, формируемая разработчиком и (или) издательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z260" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработчик – физическое лицо, осуществляющее подготовку и издание учебника, учебно-методического комплекса и пособия, в том числе в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z261" w:id="16"/>
     <w:p>
@@ -1660,51 +1666,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) база экспертов – база данных ученых и педагогов, прошедшие обучающие курсы услугодателя по результатам итогового оценивания, которая обновляется и утверждается;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z280" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) экспертная группа – группа экспертов из числа ученых и педагогов, включенных в базу экспертов услугодателя, привлекаемых к научно-педагогической экспертизе;</w:t>
+      22) экспертная группа – группа экспертов, включенных в базу экспертов услугодателя, привлекаемых к научно-педагогической экспертизе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z281" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) сервис цифровых документов – объект информационно-коммуникационной инфраструктуры "электронного правительства", закрепленный за оператором и предназначенный для создания, хранения и использования электронных документов в целях реализации государственных функций и вытекающих из них государственных услуг, а также при взаимодействии с физическими и юридическими лицами, получении и оказании услуг в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z282" w:id="37"/>
     <w:p>
@@ -1744,643 +1750,1175 @@
         <w:t>
       25) электронный учебно-методический комплекс (далее – ЭУМК) – программный продукт на объекте информатизации, замещающий УМК ДО и (или) УМК, имеющий мультимедийный, интерактивный контент и функции, системно и последовательно излагающий содержание организованной деятельности и учебного предмета, соответствующий требованиям ГОСО, типовой учебной программе определенного уровня образования и Требованиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z284" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) электронное пособие (далее – ЭП) – вид цифровых образовательных ресурсов, размещенные на объекте информатизации, соответствующие требованиям ГОСО, типовой учебной программе соответствующего уровня образования в форме интерактивных мультимедийных обучающих программ, видеофильмов, тренажеров, виртуальных лабораторных работ, материалов контроля и оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z285" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z629" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Уполномоченный орган в области образования утверждает график проведения экспертизы, который обеспечивает обновление Перечня через каждые 5 (пять) лет для организаций дошкольного воспитания и обучения, начального, основного среднего, общего среднего образования, через каждые 6 (шесть) лет для специальных организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом уполномоченный орган в области образования вправе изменять сроки разработки и переиздания УМК ДО, учебников и УМК, в том числе в электронной форме по итогам мониторинга их качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 2-1 в соответствии с приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок подготовки учебников для организаций среднего образования и УМК для дошкольных организаций, организаций среднего образования, в том числе в электронной форме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z287" w:id="42"/>
-[...15 lines deleted...]
-      4. Подготовка учебника и ЭУ, организуется разработчиком или издательством путем формирования авторского коллектива, прошедших обучающие курсы по вопросам разработки учебников и ЭУ.</w:t>
+    <w:bookmarkStart w:name="z286" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основанием для подготовки УМК ДО, учебников и УМК, в том числе в электронной форме, служит Тематический план.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z288" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тематический план на следующий финансовый год формируется ежегодно </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с 5 января по 15 марта на основании прогнозных заявок на включение УМК ДО, учебников и УМК, в том числе в электронной форме, поданных издательством и (или) разработчиком через интернет-ресурс услугодателя в установленной форме согласно приложению 2-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Тематический план от издательства и (или) разработчика включается одно наименование УМК ДО, учебника и УМК, в том числе в электронной форме, по предмету на класс. При превышении объема прогнозных заявок от планируемого в Тематический план включаются равные доли УМК ДО, учебников, УМК, в том числе в электронной форме, от общего объема заявок услугополучателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z630" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Услугодатель до 1 мая текущего года вносит Тематический план на следующий финансовый год в Комитет по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан (далее – Комитет), Комитет не позднее 15 мая текущего года утверждает Тематический план и размещает на интернет-ресурсе Комитета и услугодателя в течение 5 (пяти) рабочих дней со дня его утверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 3-1 в соответствии с приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z631" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. В Тематический план изменения и дополнения вносятся в рамках средств, предусмотренных из республиканского бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет в течении 5 (пяти) рабочих дней с даты внесения изменений и дополнений в Тематический план актуализирует информацию на интернет-ресурсе Комитета и услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 3-2 в соответствии с приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Подготовка учебника и ЭУ, организуется разработчиком или издательством путем формирования авторского коллектива, в состав которого входят ученые, методисты, педагоги организаций образования, прошедшие обучающие курсы по вопросам разработки учебников и ЭУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подготовка УМК ДО, УМК, пособия, в том числе в электронной форме осуществляется автором учебного издания и (или) авторским коллективом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z289" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z289" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Состав УМК ДО определяется разработчиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z290" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z290" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       УМК ДО по организованным деятельностям для возрастных категорий от 1 года до 4 лет разрабатывается и представляется на экспертизу как единое учебное издание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z291" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z291" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Издательство и (или) разработчик обеспечивает качество содержания и оформления УМК ДО, учебников и УМК, в том числе в электронной форме, в соответствии с ГОСО, типовыми учебными программами, Требованиями, гигиеническими нормативами к учебным изданиям, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 2 декабря 2021 года № ҚР ДСМ-124 "Об утверждении гигиенических нормативов к учебным изданиям" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 25657) (далее – гигиенические нормативы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z292" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z292" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Издательство проводит внутрииздательскую экспертизу учебников и УМК, путем включения в штатное расписание должностей экспертов внутрииздательской экспертизы по направлениям обучения предметов (общественно-гуманитарный, естественно-математический и культурологический) и слепого рецензирования не менее двух сторонних экспертов (ученый в соответствующей области и практик-педагог с квалификационной категорией не ниже "педагога-исследователя" или первой категории).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z293" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z293" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Издательство готовит заключение внутрииздательской экспертизы учебников и УМК по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z294" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z294" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Разработчик обеспечивает проведение независимой оценки учебников и УМК, в том числе в электронной форме путем коллективного рецензирования профильными кафедрами организаций высшего и (или) послевузовского образования (далее – ОВПО) на научность содержания и методическую составляющую.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z295" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z295" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Разработчик готовит заключение независимой оценки учебников и УМК, в том числе в электронной форме по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z296" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z296" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Учебники, УМК, пособия, в том числе в электронной форме, дорабатываются в связи с необходимостью периодического обновления фактологических, статистических, информационных данных и методических подходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z297" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z297" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок экспертизы учебников для организаций среднего образования и УМК для дошкольных организаций, организаций среднего образования, в том числе в электронной форме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z298" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z298" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Экспертиза учебников для организаций среднего образования, УМК для дошкольных организаций, организаций среднего образования, в том числе в электронной форме включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z300" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) порядок оказания государственной услуги по выдаче экспертного заключения авторам и авторскому коллективу на учебные издания для дошкольного, начального, основного среднего и общего среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z301" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z301" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок проведения экспертизы и условия работы предметной экспертной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z302" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Планирование экспертизы УМК ДО, учебников, УМК, в том числе в электронной форме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z304" w:id="59"/>
-[...15 lines deleted...]
-      В Тематический план от издательства, разработчика включается одно наименование учебника и УМК, в том числе в электронной форме, по предмету на класс. При превышении объема прогнозных заявок от планируемого в Тематический план включаются равные доли УМК ДО, учебников, УМК, в том числе в электронной форме, от общего объема заявок услугополучателей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Параграф 1 исключен приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственной услуги по выдаче экспертного заключения авторам и авторскому коллективу на учебные издания для дошкольного, начального, основного среднего и общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z305" w:id="60"/>
-[...15 lines deleted...]
-      12. Тематический план составляется в соответствии с графиком проведения экспертизы УМК ДО, учебников и УМК, в том числе в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Государственная услуга "Выдача экспертного заключения авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования" (далее – Государственная услуга) оказывается услугодателем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z306" w:id="61"/>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="67"/>
+    <w:bookmarkStart w:name="z312" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Для получения государственной услуги разработчик и (или) издательство направляет услугодателю через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2395,3061 +2933,3691 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, а также документы, указанные в пункте 8 приложения 4 Перечня основных требований к оказанию государственной услуги "Выдача экспертного заключения авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования", утвержденному согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z313" w:id="68"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z313" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) перечень основных требований к оказанию государственной услуги приведен в приложении 4 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z314" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z314" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объем (в печатных листах и минутах) УМК ДО, учебника, УМК и пособий, в электронной форме, направляемых на экспертизу, подтверждается руководителем издательства или разработчиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z315" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z315" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при приеме документов работник Государственной корпорации при обращении за получением государственной услуги выдает электронную расписку о приеме соответствующих документов от заявителя, в которой указывается перечень принятых документов, фамилия, имя и отчество (при наличии), работника принявшего заявление, дата и время подачи заявления, а также дата выдачи готовых документов, по обращению заявителя расписка выдается в бумажном формате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z316" w:id="71"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z316" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z317" w:id="72"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z317" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателям, а также в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z318" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z318" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. При представлении услугополучателем неполного пакета документов, предусмотренного Перечнем, и (или) документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z319" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Сформированное заявление вместе с пакетом документов, в том числе оригиналы-макеты УМК ДО, учебников, УМК, пособий, работником Государственной корпорации направляется и доставляется услугодателю через курьера или посредством почтовой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z320" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Канцелярия услугодателя осуществляет прием и регистрацию документов в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z321" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение 5 (пяти) рабочих дней проверяет документы на соответствие перечню, указанному в пункте 5 приложения 4, в том числе соответствие поступивших наименований, объема печатных листов и минут данным указанным в письме руководителя издательства. УМК ДО, учебники и УМК, в том числе в электронной форме, экспертиза которых проводится за счет средств республиканского бюджета, проверяются на соответствие Тематическому плану.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z322" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении основания для отказа в оказании государственной услуги, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени, дате и месте, способе проведения заслушивания для предоставления возможности услугополучателю выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z323" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня направления уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z324" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление (извещение) направляется заказным письмом с уведомлением о его вручении, телефонограммой или телеграммой, в кабинет пользователя на веб-портале "электронного правительства" с отправлением короткого текстового сообщения на абонентский номер сотовой связи, зарегистрированный на веб-портале "электронного правительства", текстовым сообщением по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z319" w:id="74"/>
-[...15 lines deleted...]
-      19. Сформированное заявление вместе с пакетом документов, в том числе оригиналы-макеты УМК ДО, учебников, УМК, пособий, работником Государственной корпорации направляется и доставляется услугодателю через курьера или посредством почтовой связи.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучатель в течение 2 рабочих дней дополняет направленный пакет документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z320" w:id="75"/>
-[...15 lines deleted...]
-      20. Канцелярия услугодателя осуществляет прием и регистрацию документов в день их поступления.</w:t>
+    <w:bookmarkStart w:name="z326" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечении 2 рабочих дней после проведения заслушивания услугодатель выдает уведомление о принятии УМК ДО, учебника, УМК, пособия, в том числе в электронной форме, на экспертизу либо отказывает в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z321" w:id="76"/>
-[...15 lines deleted...]
-      Услугодатель в течение 5 (пяти) рабочих дней проверяет документы на соответствие перечню, указанному в пункте 5 приложения 4, в том числе соответствие поступивших наименований, объема печатных листов и минут данным указанным в письме руководителя издательства. УМК ДО, учебники и УМК, в том числе в электронной форме, экспертиза которых проводится за счет средств республиканского бюджета, проверяются на соответствие Тематическому плану.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Прием на экспертизу вновь разработанных учебников и УМК, осуществляется до 30 июня текущего года, УМК ДО, ЭУ, ЭУМК, переиздаваемых учебников и УМК, в том числе в электронной форме, до 1 октября текущего года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z322" w:id="77"/>
-[...15 lines deleted...]
-      При выявлении основания для отказа в оказании государственной услуги, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени, дате и месте, способе проведения заслушивания для предоставления возможности услугополучателю выразить позицию по предварительному решению.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием на экспертизу пособий, ЭП осуществляется в течение календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Сроки приема УМК ДО, учебников и УМК, в том числе в электронной форме, на экспертизу, порядка и сроков проведения экспертизы и апробации изменяются в случаях введения чрезвычайного положения, ограничительных мероприятий, в том числе карантина, на соответствующих административно-территориальных единицах (на отдельных объектах), объявления чрезвычайных ситуаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z323" w:id="78"/>
-[...15 lines deleted...]
-      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня направления уведомления.</w:t>
+    <w:bookmarkStart w:name="z330" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Научно-педагогическая экспертиза УМК ДО, учебников, УМК, пособий, в том числе в электронной форме, проводится экспертной группой, формируемой услугодателем, в течение 50 (пятьдесяти) календарных дней. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z324" w:id="79"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z331" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная группа состоит из числа ученых и педагогов, имеющих стаж работы по специальности не менее 5 (пяти) лет, квалификационную категорию "педагог-эксперт", "педагог-исследователь" и (или) "педагог-мастер", включенных в базу экспертов. К проведению научно-педагогической экспертизы привлекаются также победители республиканских конкурсов "Лучший преподаватель вуза", "Лучший педагог", обладатели ведомственных и государственных наград.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z331" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Услугодатель по итогам экспертизы УМК ДО, учебников, УМК, пособий, в том числе в электронной форме, на основании экспертных решений выносит одно из следующих экспертных заключений на учебные издания по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z332" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по итогам предапробационной научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z333" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Допускается к апробации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z334" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не допускается к апробации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z335" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Требует доработки до апробации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z336" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) учебникам и УМК, получившим экспертное заключение "Требует доработки до апробации", по итогам экспертизы после доработки услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z337" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Допускается к апробации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z338" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не допускается к апробации";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z332" w:id="87"/>
-[...15 lines deleted...]
-      1) по итогам предапробационной научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z339" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по итогам послеапробационной научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z333" w:id="88"/>
-[...15 lines deleted...]
-      "Допускается к апробации";</w:t>
+    <w:bookmarkStart w:name="z340" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z334" w:id="89"/>
-[...15 lines deleted...]
-      "Не допускается к апробации";</w:t>
+    <w:bookmarkStart w:name="z341" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z335" w:id="90"/>
-[...15 lines deleted...]
-      "Требует доработки до апробации";</w:t>
+    <w:bookmarkStart w:name="z342" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по итогам научно-педагогической экспертизы (для переиздаваемых учебников и УМК, в том числе в электронной форме) услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z336" w:id="91"/>
-[...15 lines deleted...]
-      2) учебникам и УМК, получившим экспертное заключение "Требует доработки до апробации", по итогам экспертизы после доработки услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z343" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z337" w:id="92"/>
-[...15 lines deleted...]
-      "Допускается к апробации";</w:t>
+    <w:bookmarkStart w:name="z344" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z338" w:id="93"/>
-[...15 lines deleted...]
-      "Не допускается к апробации";</w:t>
+    <w:bookmarkStart w:name="z345" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по итогам научно-педагогической экспертизы УМК ДО, в том числе в электронной форме услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z339" w:id="94"/>
-[...15 lines deleted...]
-      3) по итогам послеапробационной научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z346" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z340" w:id="95"/>
+    <w:bookmarkStart w:name="z347" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z348" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Требует доработки";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z349" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) УМК ДО, в том числе в электронной форме, получившим экспертное заключение "Требует доработки" после научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z350" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z344" w:id="99"/>
+    <w:bookmarkStart w:name="z351" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Не рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z345" w:id="100"/>
-[...15 lines deleted...]
-      5) по итогам научно-педагогической экспертизы УМК ДО, в том числе в электронной форме услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z352" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) по итогам научно-педагогической экспертизы пособий, ЭП услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z346" w:id="101"/>
-[...15 lines deleted...]
-      "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
+    <w:bookmarkStart w:name="z353" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z347" w:id="102"/>
-[...15 lines deleted...]
-      "Не рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
+    <w:bookmarkStart w:name="z354" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z348" w:id="103"/>
+    <w:bookmarkStart w:name="z355" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Требует доработки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z349" w:id="104"/>
-[...15 lines deleted...]
-      6) УМК ДО, в том числе в электронной форме, получившим экспертное заключение "Требует доработки" после научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z356" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) пособиям, ЭП, получившим экспертное заключение "Требует доработки" после научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z350" w:id="105"/>
-[...15 lines deleted...]
-      "Рекомендуется к рассмотрению предметной экспертной комиссии";</w:t>
+    <w:bookmarkStart w:name="z357" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z351" w:id="106"/>
+    <w:bookmarkStart w:name="z358" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Не рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z352" w:id="107"/>
-[...15 lines deleted...]
-      7) по итогам научно-педагогической экспертизы пособий, ЭП услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z359" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) по итогам научно-педагогической экспертизы учебных изданий технического и профессионального образования, послесреднего образования, в том числе в электронной форме услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z353" w:id="108"/>
+    <w:bookmarkStart w:name="z360" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z354" w:id="109"/>
+    <w:bookmarkStart w:name="z361" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Не рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z355" w:id="110"/>
+    <w:bookmarkStart w:name="z362" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Требует доработки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z356" w:id="111"/>
-[...15 lines deleted...]
-      8) пособиям, ЭП, получившим экспертное заключение "Требует доработки" после научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z363" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) учебным изданиям технического и профессионального образования, послесреднего образования, в том числе в электронной форме, получившим экспертное заключение "Требует доработки" после научно-педагогической экспертизы услугополучателю выдается одно из следующих экспертных заключений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z357" w:id="112"/>
+    <w:bookmarkStart w:name="z364" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Рекомендуется к использованию в организациях образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z358" w:id="113"/>
-[...15 lines deleted...]
-      "Не рекомендуется к использованию в организациях образования";</w:t>
+    <w:bookmarkStart w:name="z365" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не рекомендуется к использованию в организациях образования".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z359" w:id="114"/>
-[...15 lines deleted...]
-      9) по итогам научно-педагогической экспертизы учебных изданий технического и профессионального образования, послесреднего образования, в том числе в электронной форме услугополучателю выдается одно из следующих экспертных заключений:</w:t>
+    <w:bookmarkStart w:name="z366" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Услугодатель отказывает в оказании государственной услуги с указанием причин отказа по основаниям, предусмотренным пунктом 9 Перечня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z360" w:id="115"/>
-[...15 lines deleted...]
-      "Рекомендуется к использованию в организациях образования";</w:t>
+    <w:bookmarkStart w:name="z367" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Услугодатель осуществляет доставку экспертного заключения как результата оказания государственной услуги в Государственную корпорацию не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z361" w:id="116"/>
-[...15 lines deleted...]
-      "Не рекомендуется к использованию в организациях образования";</w:t>
+    <w:bookmarkStart w:name="z368" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Выдача услугополучателю результаты государственной услуги осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность, либо электронный документ из сервиса цифровых документов (либо его представителя по нотариально заверенной доверенности).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z362" w:id="117"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z369" w:id="124"/>
+    <w:bookmarkStart w:name="z369" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z370" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Документы, не выданные в срок из-за отсутствия обращения услугополучателя, в течение одного месяца хранятся в Государственной корпорации, после истечения данного срока возвращаются услугодателю как невостребованные.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z371" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Услугополучатель, получившее экспертное заключение "Требует доработки", обеспечивают доработку УМК ДО, учебников, ЭУ, УМК, ЭУМК, пособий, ЭП в течение 40 (сорока) календарных дней со дня получения экспертного заключения и направляют в Государственную корпорацию для заключительной экспертизы с пояснительной запиской о проделанной работе по замечаниям экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z372" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Учебное издание, получившее экспертное заключение "Не рекомендуется к использованию в организациях образования" в текущем году не принимается на повторную экспертизу. В течение последующих двух лет экспертиза данного учебного издания проводится за счет собственных средств услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z373" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Представленное на экспертизу оригинал-макет учебников, УМК и пособий не возвращается разработчику и (или) издательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z374" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок проведения экспертизы и условия работы предметной экспертной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z375" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Экспертиза включает следующие этапы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z376" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для вновь разработанных учебников и УМК, в том числе в электронной форме:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z370" w:id="125"/>
-[...15 lines deleted...]
-      29. Документы, не выданные в срок из-за отсутствия обращения услугополучателя, в течение одного месяца хранятся в Государственной корпорации, после истечения данного срока возвращаются услугодателю как невостребованные.</w:t>
+    <w:bookmarkStart w:name="z377" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      научно-педагогическая экспертиза (предапробационная и послеапробационная);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z371" w:id="126"/>
-[...15 lines deleted...]
-      30. Услугополучатель, получившее экспертное заключение "Требует доработки", обеспечивают доработку УМК ДО, учебников, ЭУ, УМК, ЭУМК, пособий, ЭП в течение 40 (сорока) календарных дней со дня получения экспертного заключения и направляют в Государственную корпорацию для заключительной экспертизы с пояснительной запиской о проделанной работе по замечаниям экспертов.</w:t>
+    <w:bookmarkStart w:name="z378" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      апробация в организациях среднего образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z372" w:id="127"/>
-[...15 lines deleted...]
-      31. Учебное издание, получившее экспертное заключение "Не рекомендуется к использованию в организациях образования" в текущем году не принимается на повторную экспертизу. В течение последующих двух лет экспертиза данного учебного издания проводится за счет собственных средств услугополучателя.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение на предметной экспертной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z373" w:id="128"/>
-[...15 lines deleted...]
-      32. Представленное на экспертизу оригинал-макет учебников, УМК и пособий не возвращается разработчику и (или) издательству.</w:t>
+    <w:bookmarkStart w:name="z380" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для УМК ДО, переиздаваемых учебников и УМК, в том числе электронной форме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z374" w:id="129"/>
+    <w:bookmarkStart w:name="z381" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      научно-педагогическая экспертиза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z382" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение на предметной экспертной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z383" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для пособий, ЭП, а также учебников и пособий, в том числе в электронной форме для технического и профессионального образования, послесреднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z384" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      научно-педагогическая экспертиза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z385" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Услугодатель разрабатывает критерии экспертизы, утверждаемые решением Ученого совета, по основным параметрам оценивания учебных изданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) структура и организация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) содержание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дидактические аспекты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) методические аспекты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) языковой уровень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) психологические и психолингвистические аспекты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) этнокультурные и ценностные аспекты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) использование цифровых технологий, в том числе применение искусственного интеллекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) аспекты дифферинциации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) макет и дизайн.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Для проведения экспертизы услугодатель присваивает УМК ДО, учебникам, УМК, пособиям, в том числе в электронной форме, идентификационный код и направляет его экспертам без указания разработчика, издательства и автора учебного издания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z387" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Научно-педагогическая экспертиза оценивает соответствие содержания УМК ДО, учебников и УМК, в том числе в электронной форме, требованиям ГОСО, типовым учебным программам, Требованиям, а также соответствие содержания пособий требованиям ГОСО и типовым учебным программам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z388" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для ЭУ, ЭУМК и ЭП дополнительно проводится функционально-технологическая экспертиза по проверке педагогического применения электронных функций и функционально-технических характеристик.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z389" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Допускается отклонение фактического объема УМК ДО, учебника и УМК, в том числе в электронной форме от заявленного в Тематическом плане до 5 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z390" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертиза УМК ДО, учебников, УМК, в том числе в электронной форме, не включенных в Тематический план, а также пособий, ЭП проводится за счет средств издательства или разработчика на основе двустороннего договора в соответствии с гражданским законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z391" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Экспертиза осуществляется на основании договора, заключенного в соответствии с гражданским законодательством между услугодателем и экспертом, включающим ответственность за соблюдение режима конфиденциальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z392" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. В состав экспертной группы, за исключением авторов учебных изданий, являющихся предметом экспертизы, лиц, работающих в одной организации с авторами учебного издания, являющихся научными руководителями авторов учебного издания, руководителями или соисполнителями одного научного проекта с авторами учебного издания, входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z393" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по уровню дошкольного воспитания и обучения – ученый, педагог дошкольной организации и предшкольного класса общеобразовательной школы, лицея и гимназии, имеющий первую или высшую квалификационную категорию, квалификационные категории "педагог-эксперт", "педагог-исследователь", "педагог-мастер";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z394" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по уровню среднего образования – ученый и не менее двух педагогов организаций среднего образования, имеющие первую или высшую квалификационную категорию, квалификационные категории "педагог-эксперт", "педагог-исследователь", "педагог-мастер";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z395" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по уровню технического и профессионального образования – ученый, преподаватель организации технического и профессионального, послесреднего образования (мастера производственного обучения), имеющий первую или высшую квалификационную категорию, квалификационные категории "педагог-эксперт", "педагог-исследователь", "педагог-мастер" и (или) представитель производства, предприятий и научных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z396" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) для функционально-технологической экспертизы ЭУ, ЭУМК и ЭП – специалист услугодателя в области информационно-коммуникационных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z397" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) для экспертизы учебного издания, заявленного в качестве переводного, дополнительно привлекается лингвист (переводчик).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z398" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная группа формируется по организованной деятельности и учебным предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z399" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертную группу возглавляет ученый, специализирующийся в соответствующей области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z400" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма экспертного решения экспертной группы утверждается Ученым советом услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z401" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертное решение экспертной группы принимается простым большинством голосов. При равенстве голосов решающим является голос руководителя экспертной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z402" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Ответственный эксперт по предмету проводит анализ содержания УМК ДО, учебников, УМК, пособий, в том числе в электронной форме, поступивших на экспертизу, рассматривает экспертные решения после экспертизы, ответы с обоснованием авторов учебных изданий по замечаниям экспертной группы, оценивает объективность экспертизы качества учебных изданий и готовит аналитический материал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z403" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Для формирования списка УМК ДО, учебников и УМК, в том числе в электронной форме, включаемых в Перечень, услугодатель создает и утверждает предметную экспертную комиссию по предметам, организованной деятельности и языкам обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z404" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Состав предметной экспертной комиссии формируется из числа ученых и педагогов, вошедших в базу экспертов, прошедших обучающий курс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z405" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для экспертизы УМК дошкольного воспитания и обучения – ученые, методисты и воспитатели дошкольных организаций образования имеющие высшую квалификационную категорию, квалификационные категории "педагог-исследователь", "педагог-мастер";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z406" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для экспертизы учебников и УМК, в том числе в электронной форме для начального, основного среднего и общего среднего образования – ученые по профилю, педагоги среднего образования, имеющие высшую квалификационную категорию, квалификационные категории "педагог-исследователь", "педагог-мастер", предпочтительно победители республиканских конкурсов "Лучший преподаватель вуза" и "Лучший педагог", обладатели ведомственных и государственных наград, национальной премии "Учитель Казахстана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z407" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор в состав предметной экспертной комиссии осуществляется с соблюдением режима конфиденциальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z408" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На каждое заседание предметной комиссии утверждается новый состав. В текущем году один эксперт привлекается к работе одной предметной экспертной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z409" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Работа членов предметной экспертной комиссии осуществляется на основании договора, заключенного между услугодателем и членом предметной экспертной комиссии в порядке, предусмотренном действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z410" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Услугодатель направляет членам предметной экспертной комиссии обезличенные УМК ДО, учебники и УМК, в том числе в электронной форме, без указания разработчика, издательства и автора учебного издания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z411" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Предметная экспертная комиссия заседает в течение 10-14 календарных дней по согласованию с уполномоченным органом в области образования. Заседание является правомочным, если на нем присутствуют не менее 2/3 членов предметной экспертной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z412" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Предметная экспертная комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z413" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изучает, анализирует заключения по результатам экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z414" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анализирует качество УМК ДО, учебников и УМК, в том числе в электронной форме, получивших положительные экспертные заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z415" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет отбор УМК ДО, учебников и УМК, базовых учебников, в том числе в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z416" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выносит протокольным решением одно из следующих экспертных заключений о включении УМК ДО, учебников и УМК, в том числе в электронной форме, в Перечень:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z417" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Включается в Перечень";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z418" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Включается в Перечень в качестве базового учебника и УМК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z419" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Не включается в Перечень";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z420" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вырабатывает и вносит предложения по совершенствованию УМК ДО, учебников и УМК, в том числе в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z421" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Решение предметной экспертной комиссии принимается по каждому УМК ДО, учебнику и УМК, в том числе в электронной форме, отдельно простым большинством голосов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z422" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Услугодатель вносит протокольное решение со списком УМК ДО, учебников, УМК, в том числе в электронной форме, получивших решения предметной экспертной комиссии на рассмотрение уполномоченного органа в области образования для включения в Перечень в течение 3 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z423" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Решение предметной экспертной комиссии является окончательным и не подлежит пересмотру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z424" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. В Перечень включаются УМК ДО, базовые учебники и не более пяти альтернативных учебников и УМК, в том числе в электронной форме, по одному учебному предмету среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z425" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 3. Порядок проведения экспертизы и условия работы предметной экспертной комиссии</w:t>
-[...879 lines deleted...]
-      "Включается в Перечень в качестве базового учебника и УМК";</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок апробации учебников и УМК для организаций среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z419" w:id="174"/>
-[...15 lines deleted...]
-      "Не включается в Перечень";</w:t>
+    <w:bookmarkStart w:name="z426" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Апробацию проходят вновь разработанные учебники и УМК, в организациях образования в порядке, определяемом услугодателем по согласованию с уполномоченным органом в области образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z420" w:id="175"/>
-[...15 lines deleted...]
-      5) вырабатывает и вносит предложения по совершенствованию УМК ДО, учебников и УМК, в том числе в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z427" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Для организации апробации издательство и (или) разработчик за счет собственных средств предоставляют услугодателю необходимое количество учебников и УМК без указания разработчика, издательства и авторов учебных изданий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z421" w:id="176"/>
-[...15 lines deleted...]
-      47. Решение предметной экспертной комиссии принимается по каждому УМК ДО, учебнику и УМК, в том числе в электронной форме, отдельно простым большинством голосов.</w:t>
+    <w:bookmarkStart w:name="z428" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Одновременно с апробацией проводится общественное обсуждение обезличенных оригиналов-макетов учебников на интернет-ресурсе услугодателя с участием представителей общественности и научно-педагогического сообщества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z422" w:id="177"/>
-[...15 lines deleted...]
-      48. Услугодатель вносит протокольное решение со списком УМК ДО, учебников, УМК, в том числе в электронной форме, получивших решения предметной экспертной комиссии на рассмотрение уполномоченного органа в области образования для включения в Перечень в течение 3 рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. При вмешательстве издательств или разработчиков учебного издания в процесс апробации услугодатель принимает решение о его снятии с процесса апробации и экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z423" w:id="178"/>
-[...15 lines deleted...]
-      49. Решение предметной экспертной комиссии является окончательным и не подлежит пересмотру.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Ученый совет услугодателя разрабатывает и утверждает Руководство по апробации учебников и УМК.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z424" w:id="179"/>
-[...15 lines deleted...]
-      50. В Перечень включаются УМК ДО, базовые учебники и не более пяти альтернативных учебников и УМК, в том числе в электронной форме, по одному учебному предмету среднего образования.</w:t>
+    <w:bookmarkStart w:name="z431" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Апробация осуществляется как в штатном, так и в дистанционном форматах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z425" w:id="180"/>
+    <w:bookmarkStart w:name="z432" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Организации среднего образования, апробирующие учебники и УМК, приравниваются к экспериментальным площадкам. Управления образования и руководство данных организаций среднего образования оказывают содействие педагогам-апробаторам и принимают меры по их стимулированию в качестве участников экспериментальной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z433" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Апробация учебников и УМК для организаций среднего образования проводится за счет средств республиканского и местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z434" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Замечания и предложения педагогов-апробаторов, рассмотренных на заседаниях педагогического совета организации среднего образования, апробировавшей учебники и УМК, представляются услугодателю для последующего анализа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z435" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Разработчик и (или) издательства учебников и УМК обеспечивает его доработку по замечаниям и предложениям педагогов-апробаторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z436" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок апробации учебников и УМК для организаций среднего образования</w:t>
-[...79 lines deleted...]
-      54. При вмешательстве издательств или разработчиков учебного издания в процесс апробации услугодатель принимает решение о его снятии с процесса апробации и экспертизы.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его работников по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z430" w:id="185"/>
-[...15 lines deleted...]
-      55. Ученый совет услугодателя разрабатывает и утверждает Руководство по апробации учебников и УМК.</w:t>
+    <w:bookmarkStart w:name="z437" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z431" w:id="186"/>
-[...15 lines deleted...]
-      56. Апробация осуществляется как в штатном, так и в дистанционном форматах.</w:t>
+    <w:bookmarkStart w:name="z438" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z432" w:id="187"/>
-[...15 lines deleted...]
-      57. Организации среднего образования, апробирующие учебники и УМК, приравниваются к экспериментальным площадкам. Управления образования и руководство данных организаций среднего образования оказывают содействие педагогам-апробаторам и принимают меры по их стимулированию в качестве участников экспериментальной работы.</w:t>
+    <w:bookmarkStart w:name="z439" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня регистрации жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z433" w:id="188"/>
-[...15 lines deleted...]
-      58. Апробация учебников и УМК для организаций среднего образования проводится за счет средств республиканского и местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z440" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней со дня ее регистрации примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z434" w:id="189"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z441" w:id="196"/>
+    <w:bookmarkStart w:name="z441" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z442" w:id="197"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z442" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z443" w:id="198"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z443" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Если иное не предусмотрено законами Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административным процедурно-процессуальным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z444" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Порядок проведения мониторинга учебников для организаций среднего образования и УМК для дошкольных организаций, организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z445" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Услугодатель для оценки вновь разработанных УМК ДО, учебников и УМК, в том числе в электронной форме, включенных в Перечень, проводит мониторинг их качества (далее – мониторинг), после первого года их использования в учебном процессе в организациях дошкольного, начального, основного среднего и общего среднего образования, определенных уполномоченным органом в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 63 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z446" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Услугодатель со дня утверждения Перечня размещает ознакомительные (демонстрационные) электронные версии вновь разработанных УМК ДО, учебников, УМК, в том числе в электронной форме, на своем интернет-ресурсе для проведения мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 64 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z447" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Мониторинг качества вновь разработанных УМК ДО, учебников и УМК, в том числе в электронной форме, осуществляется путем наблюдения, опроса среди педагогов, обучающихся, родителей или законных представителей, на основе методологии, утвержденной Ученым советом услугодателя в течение учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 65 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z448" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Результаты мониторинга в виде аналитической справки содержат рекомендации по улучшению вновь разработанных УМК ДО, учебников и УМК, в том числе в электронной форме, и представляются на рассмотрение уполномоченного органа в области образования. Итоги мониторинга являются основанием для внесения изменений в содержание УМК ДО, учебников и УМК, в том числе в электронной форме в следующем переиздании или исключении из Перечня невостребованных организациями образования УМК ДО, учебников и УМК, в том числе в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 66 – в редакции приказа Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z449" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Порядок издания учебников для организаций среднего образования и УМК для дошкольных организаций, организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z450" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Издание учебной литературы для организаций дошкольного воспитания и обучения, среднего образования осуществляется в соответствии с Перечнем.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z444" w:id="199"/>
-[...135 lines deleted...]
-    <w:bookmarkStart w:name="z451" w:id="206"/>
+    <w:bookmarkStart w:name="z451" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Издательство и (или) разработчик делит учебное издание на части в соответствии гигиеническим нормативам к учебным изданиям, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 2 декабря 2021 года № ҚР ДСМ-124 (зарегистрирован в Министерстве юстиции Республики Казахстан № 25657).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z452" w:id="207"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z452" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Пособия, ЭП, получившие экспертные заключения "Рекомендуется к использованию в организациях образования" включаются в перечень, формируемый и утверждаемый услугодателем (далее – перечень услугодателя) в течение 30 календарных дней со дня выдачи экспертного заключения, и размещается на его интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z453" w:id="208"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z453" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. УМК ДО, учебники и УМК, включенные в Перечень, а также пособий, включенные в Перечень услугодателя, издаются за счет средств издательства или разработчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z454" w:id="209"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z454" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Издательство или разработчик представляет услугодателю три экземпляра УМК ДО, учебников и УМК, включенных в Перечень, копию экспертного заключения на соответствие гигиеническим нормативам к учебным изданиям, а также справку об исправлении замечаний экспертной группы и (или) предметной экспертной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z455" w:id="210"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z455" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При тиражировании пособий, включенных в Перечень услугодателя, разработчик и (или) издательство представляет один экземпляр учебного издания услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z456" w:id="211"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z456" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. При тиражировании УМК ДО, учебников и УМК, включенных в Перечень, а также пособий, включенных в Перечень услугодателя, на титульном листе прописывается гриф "Рекомендовано Республиканским научно-практическом центром экспертизы содержания образования Комитета по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z457" w:id="212"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z457" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Гриф "Рекомендован Республиканским научно-практическим центром экспертизы содержания образования Комитета по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан" действителен до следующего издания учебной литературы для дошкольного воспитания и обучения, начального, основного среднего, общего среднего образования и специального образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5671,146 +6839,146 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="213"/>
+    <w:bookmarkStart w:name="z180" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о проведении внутрииздательской экспертизы учебников и УМК</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z181" w:id="214"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z181" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Издательство (полное наименование издательства) _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________ .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="215"/>
+    <w:bookmarkStart w:name="z182" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Детальная информация об учебной литературе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z183" w:id="216"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z183" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Уровень образования, для которого предназначена учебная литература</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6119,87 +7287,83 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> техническое и профессиональное, послесреднее образование</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z184" w:id="217"/>
+    <w:bookmarkStart w:name="z184" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.2. Направление обучения, к которому относится учебная литература</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(не относится к дошкольному обучению и воспитанию)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6444,70 +7608,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> техническое</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="218"/>
+    <w:bookmarkStart w:name="z185" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.3. Вид учебной литературы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6893,107 +8057,103 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- другое – _______________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z186" w:id="219"/>
+    <w:bookmarkStart w:name="z186" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.4. Предмет или организованная деятельность учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="220"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z187" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.5. Язык разработки учебной литературы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7264,1200 +8424,1278 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другой – _________________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z188" w:id="221"/>
+    <w:bookmarkStart w:name="z188" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.6. Полное наименование учебной литературы с выходными данными, включая</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сведения о штатных должностях экспертов внутрииздательской экспертизы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и рецензентах</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="222"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z189" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.7. Сведения об авторах учебного издания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="5113"/>
+        <w:gridCol w:w="1900"/>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="2313"/>
+        <w:gridCol w:w="1901"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ФИО (при его наличии) полностью по удостоверению личности/паспорту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гражданство автора учебного издания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ученая степень, ученое звание </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опыт и стаж работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-3. </w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...266 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z190" w:id="223"/>
+    <w:bookmarkStart w:name="z190" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.8. Вариант написания Ф.И.О. (при его наличии) авторов учебного издания,</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подлежащий к использованию в полиграфических данных учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________..</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z191" w:id="224"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z191" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.9. Количество частей, из которых состоит учебная литература</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________..</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="225"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z192" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.10. Вид издания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8574,70 +9812,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополненное и исправленное издание (переизданное)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="226"/>
+    <w:bookmarkStart w:name="z193" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.11. Описание новшеств, содержащихся во вновь разработанном бумажном учебнике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8935,77 +10173,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z194" w:id="227"/>
+    <w:bookmarkStart w:name="z194" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.12. Электронные опции, имеющиеся в бумажной учебной литературе</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:stretch>
@@ -9242,77 +10476,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – _________________________________________________________..</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z195" w:id="228"/>
+    <w:bookmarkStart w:name="z195" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.13. Вместе с этой учебной литературой представляется на экспертизу:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32"/>
                     <a:stretch>
@@ -10125,145 +11355,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – __________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z196" w:id="229"/>
+    <w:bookmarkStart w:name="z196" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о защите авторских прав. Подтверждает ли издательство принятие</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>всех необходимых мер, в том числе путем оформления соответствующих</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документов, по соблюдению прав авторов учебного издания и материалов,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>использованных в учебной литературе, в соответствии с законодательством</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан об авторских и смежных правах</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId45"/>
                     <a:stretch>
@@ -10359,94 +11569,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не подтверждаю</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z459" w:id="230"/>
+    <w:bookmarkStart w:name="z459" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Информация о механизмах внутрииздательской экспертизы, задействованных</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в проверке данной учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId47"/>
                     <a:stretch>
@@ -10773,2429 +11975,2566 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – ______________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z460" w:id="231"/>
+    <w:bookmarkStart w:name="z460" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сведения о штатных должностях экспертов внутрииздательской экспертизы,</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вовлеченных в проверку качества данной учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(включаются в выходные данные учебной литературы)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="224"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="4645"/>
+        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="1726"/>
+        <w:gridCol w:w="975"/>
+        <w:gridCol w:w="2102"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z461" w:id="232"/>
+          <w:bookmarkStart w:name="z461" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ФИО (при его наличии) полностью по удостоверению личности/паспорту</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="225"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование должности в издательстве и функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальность по высшему образованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ученая степень, ученое звание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z467" w:id="233"/>
+          <w:bookmarkStart w:name="z467" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="226"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z473" w:id="227"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="227"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z479" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о рецензентах данной учебной литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(включаются в выходные данные учебной литературы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4791"/>
+        <w:gridCol w:w="2555"/>
+        <w:gridCol w:w="1780"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="2169"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z480" w:id="229"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии) полностью по удостоверению личности/паспорту</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="229"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование должности в издательстве и функционал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специальность по высшему образованию</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квалификационная категория</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ученая степень, ученое звание</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z473" w:id="234"/>
+          <w:bookmarkStart w:name="z486" w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2.</w:t>
+              <w:t xml:space="preserve">1. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="230"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z492" w:id="231"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="231"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z498" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Информация о рецензировании данной учебной литературы*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4776"/>
+        <w:gridCol w:w="2766"/>
+        <w:gridCol w:w="2211"/>
+        <w:gridCol w:w="2547"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z499" w:id="233"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реквизиты рецензий от данного рецензента (дата, номер, место составления)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="233"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО (при его наличии) рецензента</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество предоставления рецензий от данного эксперта</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие справки о проведенной работе по рецензиям</w:t>
+            </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z509" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Оригинал итоговой рецензии, заверенной рецензентом и издательством, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>справка о проведенной работе по данной рецензии, прилагаются к данному заключению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z510" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Информация о работе органа внутрииздательской экспертизы по данной учебной литературе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="4047"/>
+        <w:gridCol w:w="3123"/>
+        <w:gridCol w:w="3124"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z511" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование органа издательства</w:t>
+            </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="236"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4047" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статус (постоянный, временный)</w:t>
+            </w:r>
           </w:p>
-          <w:p>
-[...118 lines deleted...]
-          <w:bookmarkEnd w:id="236"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование должности в издательстве и функционал</w:t>
+Количество и описание членов органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Наличие справки о работе органа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Специальность по высшему образованию</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z521" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Справка о работе органа по данной учебной литературе, заверенная издательством</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прилагается к данному заключению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z522" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Информация о научной и/или литературной редакции данной учебной литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при наличии включаются в выходные данные учебной литературы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5274"/>
+        <w:gridCol w:w="5555"/>
+        <w:gridCol w:w="1471"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z523" w:id="239"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии) научного и/или литературного редакторов по удостоверению личности/паспорту</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="239"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Квалификационная категория</w:t>
+Условия деятельности научного и/или литературного редактора (штатная должность, на основе гражданского договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ученая степень, ученое звание</w:t>
+Опыт и стаж работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z486" w:id="237"/>
+          <w:bookmarkStart w:name="z527" w:id="240"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="240"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...137 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z498" w:id="239"/>
-[...351 lines deleted...]
-      * Оригинал итоговой рецензии, заверенной рецензентом и издательством, а также</w:t>
+    <w:bookmarkStart w:name="z531" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Выводы по внутрииздательской экспертизе данной учебной литературы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждает ли издательство, что вышеперечисленные меры по обеспечению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>качества учебной литературы обеспечило реализацию требований ГОСО,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типового учебного плана, типовой учебной программы и Требований</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:p>
-[...766 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId52"/>
                     <a:stretch>
@@ -13608,135 +14947,131 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="249"/>
+    <w:bookmarkStart w:name="z208" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о проведении независимой оценки учебников и УМК</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z209" w:id="250"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z209" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Разработчик (ФИО (при его наличии) _________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z533" w:id="251"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z533" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Детальная информация об учебной литературе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z534" w:id="252"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z534" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Уровень образования, для которого предназначена учебная литература</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId54"/>
                     <a:stretch>
@@ -14024,94 +15359,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> техническое и профессиональное, послесреднее образование</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z535" w:id="253"/>
+    <w:bookmarkStart w:name="z535" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.2. Направление обучения, к которому относится учебная литература</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(не относится к дошкольному обучению и воспитанию)</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId59"/>
                     <a:stretch>
@@ -14335,77 +15662,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> техническое</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z536" w:id="254"/>
+    <w:bookmarkStart w:name="z536" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.3. Вид учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId63"/>
                     <a:stretch>
@@ -14770,114 +16093,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – ___________________________________________ .</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z537" w:id="255"/>
+    <w:bookmarkStart w:name="z537" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.4. Предмет или организованная учебная деятельность учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z538" w:id="256"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z538" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.5. Язык разработки учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId69"/>
                     <a:stretch>
@@ -15114,912 +16429,927 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– __________________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z539" w:id="257"/>
+    <w:bookmarkStart w:name="z539" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другой – ________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z540" w:id="258"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z540" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.6. Полное наименование учебной литературы с выходными данными, включая</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сведения о профильных кафедрах ОВПО, проводивших коллективное рецензирование</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z541" w:id="259"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z541" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.7. Сведения об авторах учебного издания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="5113"/>
+        <w:gridCol w:w="1900"/>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="2313"/>
+        <w:gridCol w:w="1901"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z542" w:id="260"/>
+          <w:bookmarkStart w:name="z542" w:id="253"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ФИО (при его наличии) полностью по удостоверению личности/паспорту</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="260"/>
+          <w:bookmarkEnd w:id="253"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гражданство автора учебного издания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ученая степень, ученое звание </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опыт и стаж работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z548" w:id="261"/>
+          <w:bookmarkStart w:name="z548" w:id="254"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="261"/>
+          <w:bookmarkEnd w:id="254"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z554" w:id="262"/>
+          <w:bookmarkStart w:name="z554" w:id="255"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
+          <w:bookmarkEnd w:id="255"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z560" w:id="263"/>
+    <w:bookmarkStart w:name="z560" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.8. Вариант написания ФИО (при его наличии) авторов учебного издания,</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подлежащий к использованию в полиграфических данных учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z561" w:id="264"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z561" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.9. Количество частей, из которых состоит учебная литература</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z562" w:id="265"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z562" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.10. Вид издания</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId73"/>
                     <a:stretch>
@@ -16437,77 +17767,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z563" w:id="266"/>
+    <w:bookmarkStart w:name="z563" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.12. Электронные опции, имеющиеся в бумажной учебной литературе</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId78"/>
                     <a:stretch>
@@ -16744,77 +18070,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – _______________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z564" w:id="267"/>
+    <w:bookmarkStart w:name="z564" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.13. Вместе с этой учебной литературой представляется на экспертизу:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId82"/>
                     <a:stretch>
@@ -17627,145 +18949,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – ______________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z565" w:id="268"/>
+    <w:bookmarkStart w:name="z565" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о защите авторских прав. Подтверждает ли разработчик принятие всех</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>необходимых мер, в том числе путем оформления соответствующих документов,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по соблюдению прав авторов учебного издания и материалов, использованных</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в учебной литературе, в соответствии с законодательством Республики Казахстан</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>об авторских и смежных правах</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId95"/>
                     <a:stretch>
@@ -17861,94 +19163,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не подтверждаю</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z566" w:id="269"/>
+    <w:bookmarkStart w:name="z566" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Информация о способах независимой оценки, использованных в проверке</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>данной учебной литературы</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId97"/>
                     <a:stretch>
@@ -18121,1136 +19415,1131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>другое – ______________________________________________________.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z567" w:id="270"/>
+    <w:bookmarkStart w:name="z567" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Информация о коллективном рецензировании профильной кафедры ОВПО,</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>проводившей независимую оценку учебника и УМК на научность*</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="263"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z568" w:id="271"/>
+          <w:bookmarkStart w:name="z568" w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Реквизиты рецензий от данного рецензента (дата, номер, место составления)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="271"/>
+          <w:bookmarkEnd w:id="264"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ФИО (при его наличии) по удостоверению личности/паспорту, ученое степень и ученое звание заведующего кафедрой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие справки о проведенной работе по рецензиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z572" w:id="272"/>
+          <w:bookmarkStart w:name="z572" w:id="265"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="272"/>
+          <w:bookmarkEnd w:id="265"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z576" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Оригинал итоговой рецензии, подписанной заведующей кафедрой и заверенной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОВПО, а также справка о проведенной работе по данной рецензии, прилагаются</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к данному заключению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z577" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Информация о коллективном рецензировании профильной кафедры ОВПО,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проводившей независимую оценку учебника и УМК на методическую составляющую*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z578" w:id="268"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реквизиты рецензий от данного рецензента (дата, номер, место составления)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="268"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО (при его наличии) по удостоверению личности/паспорту, ученое степень и ученое звание заведующего кафедрой</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие справки о проведенной работе по рецензиям</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...110 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z578" w:id="275"/>
+          <w:bookmarkStart w:name="z582" w:id="269"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Реквизиты рецензий от данного рецензента (дата, номер, место составления)</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="275"/>
+          <w:bookmarkEnd w:id="269"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z586" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Оригинал итоговой рецензии, подписанной заведующей кафедрой и заверенной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОВПО, а также справка о проведенной работе по данной рецензии, прилагаются</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к данному заключению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z587" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Информация о научной и/или литературной редакции данной учебной литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при наличии включаются в выходные данные учебной литературы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5274"/>
+        <w:gridCol w:w="5555"/>
+        <w:gridCol w:w="1471"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z588" w:id="272"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии) научного и/или литературного редакторов по удостоверению личности/паспорту</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="272"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии) по удостоверению личности/паспорту, ученое степень и ученое звание заведующего кафедрой</w:t>
+Условия деятельности научного и/или литературного редактора (штатная должность, на основе гражданского договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие справки о проведенной работе по рецензиям</w:t>
+Опыт и стаж работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z582" w:id="276"/>
+          <w:bookmarkStart w:name="z592" w:id="273"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="276"/>
+          <w:bookmarkEnd w:id="273"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...359 lines deleted...]
-      <w:bookmarkStart w:name="z596" w:id="281"/>
+    <w:bookmarkStart w:name="z596" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Выводы по независимой оценке данной учебной литературы. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подтверждает ли разработчик, что вышеперечисленные меры по обеспечению</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>качества учебной литературы обеспечило реализацию требований ГОСО,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>типового учебного плана, типовой учебной программы и Требований</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="419100" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId100"/>
                     <a:stretch>
@@ -19462,51 +20751,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 2-1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам по подготовке,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19527,64 +20816,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>изданию учебников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для организаций среднего образования</w:t>
+              <w:t>для организаций среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и учебно- методических</w:t>
+              <w:t>образования и учебно-методических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комплексов для дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19649,1203 +20938,2231 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...180 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление (для физических и (или) юридических лиц)</w:t>
-[...173 lines deleted...]
-        <w:t>Уровень образования ________________________________________.</w:t>
+        <w:t xml:space="preserve"> Прогнозная заявка на включение УМК ДО, учебников и УМК, в том числе в электронной форме в Тематический план</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 2-1 в соответствии с приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1075"/>
+        <w:gridCol w:w="606"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="1049"/>
+        <w:gridCol w:w="635"/>
+        <w:gridCol w:w="1029"/>
+        <w:gridCol w:w="52"/>
+        <w:gridCol w:w="1081"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="691"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="691"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="1071"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...47 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория (учебник, УМК)</w:t>
+Издательство / разработчик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма разработки (бумажная, электронная)</w:t>
+Предмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вновь разработанный или переизданный</w:t>
+Наименование учебного издания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Авторы учебного издания</w:t>
+Категория (учебник, вид УМК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Возрастная группа (класс или группа)</w:t>
+Количество частей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Язык разработки</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...51 lines deleted...]
-          <w:bookmarkEnd w:id="285"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма разработки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направление в обучении</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Язык разработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Язык обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид издания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество страниц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объемы в печатных листах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объемы в минутах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Месяц сдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год сдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...165 lines deleted...]
-        <w:t>(ФИО (при его наличии) (подпись)</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20881,51 +23198,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам по подготовке,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20999,2131 +23316,3382 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организаций, организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директору республиканского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного предприятия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на праве хозяйственного ведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Республиканский научно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>практический центр экспертизы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержания образования"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от) _______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес: телефон:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z251" w:id="287"/>
+    <w:bookmarkStart w:name="z250" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги: Выдача экспертного заключения авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="287"/>
+        <w:t xml:space="preserve"> Заявление (для физических и (или) юридических лиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z597" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу провести экспертизу учебной литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__________________________________________", разработанной издательством</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(автором учебного издания (авторским коллективом), разработчиком)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________ в количестве _____ наименований и разместить (для вновь</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разработанных учебников для уровня среднего образования) на Интернет-ресурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя (Республиканское государственное предприятие на праве</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хозяйственного ведения "Республиканский научно-практический центр экспертизы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержания образования") электронную версию бумажного учебника в формате PDF</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с пометкой "Проект" для обеспечения доступа к ним широкого круга общественности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уровень образования ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="494"/>
+        <w:gridCol w:w="2244"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="1422"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="2555"/>
+        <w:gridCol w:w="805"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z598" w:id="277"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="277"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Категория (учебник, УМК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский научно-практический центр экспертизы содержания образования"</w:t>
+Форма разработки (бумажная, электронная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Вновь разработанный или переизданный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Авторы учебного издания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявлений и выдача результатов оказания государственной услуги осуществляются Государственной корпорацией</w:t>
+Возрастная группа (класс или группа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Язык разработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z607" w:id="278"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="278"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="494" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z616" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись заявителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" ______________ 20___ года. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись, печать (для юридического лица) услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подачи заявления "___" _____________ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Принял: ________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО (при его наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам по подготовке,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспертизе, апробации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведению мониторинга,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>изданию учебников</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для организаций среднего образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и учебно- методических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комплексов для дошкольных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций, организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z251" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги: Выдача экспертного заключения авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 с изменением, внесенным приказом Министра просвещения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="10647"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 (пятьдесят) календарных дней</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский научно-практический центр экспертизы содержания образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бумажная</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Прием заявлений и выдача результатов оказания государственной услуги осуществляются Государственной корпорацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экспертное заключение авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования, либо мотивированный отказ в оказании государственной услуги с указанием причин отказа</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+50 (пятьдесят) календарных дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается платно (бесплатно).</w:t>
-[...125 lines deleted...]
-Оплата производится путем ее внесения на расчетный счет услугодателя в безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций.</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Услугодателя – с понедельника по пятницу с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан;</w:t>
-[...89 lines deleted...]
-2) сайте Государственной корпорации: www.gov4c.kz.</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Экспертное заключение авторам и авторскому коллективу на учебные издания дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования, либо мотивированный отказ в оказании государственной услуги с указанием причин отказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Разработчик и (или) издательство (для дошкольного воспитания и обучения) направляют через Государственную корпорацию услугодателю следующие материалы:</w:t>
-[...533 lines deleted...]
-Сведения о документах, удостоверяющих личность, государственной регистрации (перерегистрации) юридического лица работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+Государственная услуга оказывается платно (бесплатно).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная услуга на учебные издания, включенные в Тематический план, оказывается на бесплатной основе в соответствии с настоящими Правилами. На учебные издания, не включенные в Тематический план, государственная услуга оказывается платно.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость экспертизы одного печатного листа УМК ДО, учебников, УМК, пособия, в том числе в электронной форме, для всех уровней образования:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) по естественнонаучному циклу – 15 849 тенге;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) по общественно-гуманитарному циклу – 11 887 тенге;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) по культурологическому циклу – 9 906 тенге.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость экспертизы одной минуты ЭУ, ЭУМК и ЭП для всех уровней образования – 2 678 тенге.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата производится путем ее внесения на расчетный счет услугодателя в безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
-[...71 lines deleted...]
-5) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+1) Услугодателя – с понедельника по пятницу с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Государственной корпорации – прием заявлений и выдача готовых результатов государственной услуги осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно Трудового кодекса Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В Государственной корпорации государственная услуга оказывается по выбору услугополучателя в порядке электронной очереди, без предварительной записи и ускоренного обслуживания, возможно бронирование электронной очереди посредством веб-портала "электронного правительства".</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сайте Государственной корпорации: www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Требования с учетом особенностей оказания государственной услуги, в том числе оказываемой и через Государственную корпорацию</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время ожидания для сдачи пакета документов услугополучателем в Государственную корпорацию – 15 (пятнадцать) минут.</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 (пятнадцать) минут.</w:t>
+1. Разработчик и (или) издательство (для дошкольного воспитания и обучения) направляют через Государственную корпорацию услугодателю следующие материалы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление на проведение экспертизы УМК ДО по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) сведения об авторе учебного издания/авторском коллективе: фамилия, имя, отчество (при наличии), ученая степень и звание, квалификационные категории, место работы и должность, и потверждающие копии документов; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) заключение о проведении внутрииздательской экспертизы УМК ДО по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам, подписанное руководителем издательства и заверенное печатью организации (при наличии);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) заключение о независимой оценке УМК ДО по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам, подписанное разработчиком;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) письмо, подписанное руководителем издательства об объеме (в печатных листах и минутах) УМК ДО, направляемых на экспертизу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) три экземпляра оригинала-макета УМК ДО (печатный-электронный), в том числе его электронная версия на USB-носителе в формате PDF, без указания разработчика, издательства и авторов учебного издания, один экземпляр оригинала-макета УМК ДО (печатный-электронный), в том числе его электронная версия на USB носителе в формате PDF, с указанием разработчика, издательства и авторов учебного издания;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) руководство по установке и руководство для пользователя в свободной форме – для электронных УМК ДО;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) документ, подтверждающий оплату (при проведении экспертизы на платной основе).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Разработчик и (или) издательство (для начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования) направляют через Государственную корпорацию услугодателю следующие материалы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление на проведение экспертизы учебников, ЭУ, УМК, ЭУМК, пособий, ЭП, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сведения об авторе учебного издания/авторском коллективе: фамилия, имя, отчество (при наличии), ученая степень и звание, квалификационные категории, место работы и должность, и потверждающие копии документов. Автор учебного издания дополнительно представляют копию сертификата о прохождении обучающих курсов в области разработки учебников;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) письменное согласие издательства, разработчика о размещении электронной версии учебников и УМК в ePub формате на интернет ресурсе уполномоченного органа в области образования при включении в Перечень;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) заключение о проведении внутрииздательской экспертизы учебников и УМК по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил, подписанное руководителем издательства и заверенное печатью организации;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) заключение о независимой оценке учебников и УМК по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил, подписанное разработчиком;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) гарантийное письмо, подписанное руководителем издательства об отсутствии нарушений авторских и гражданских прав в использовании учебных материалов и первоисточников;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) письмо, подписанное руководителем издательства об объеме (в печатных листах и минутах) учебников, УМК и пособий, в том числе в электронной форме, направляемых на экспертизу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) три экземпляра оригинала-макета учебников (печатный), УМК и пособий (в том числе его электронная версия на USB-носителе в формате PDF) без указания издательства, разработчика и авторов учебного издания, один экземпляр макета учебников (печатный), УМК и пособий (в том числе его электронная версия на USB носителе в формате PDF) с указанием издательства, разработчика и авторов учебного издания, для ЭУ, ЭУМК и ЭП – ссылку на оригинал-макет, размещенный на обезличенной платформе и макет (с указанием издательства, разработчика и (или) авторов учебного издания/авторского коллектива) на USB носителе. Для проведения экспертизы ЭП услугополучатель временно предоставляет его услугодателю на период проведения экспертизы. После завершения экспертизы для хранения и воспроизведения ЭП один экземпляр оборудования остается у услугодателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) руководство по установке и руководство для пользователя в свободной форме – для ЭУ, ЭУМК, ЭП;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) документ, подтверждающий оплату (при проведении экспертизы на платной основе).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При оказании услуги на платной основе (прием на экспертизу учебных изданий, не включенных в Тематический план), для составления двухстороннего договора на оказание услуг, требуется удостоверение личности автора учебного издания/руководителя издательства, либо электронный документ посредством сервиса цифровых документов (для идентификации личности).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При получении государственной услуги услугополучатель представляет письменное согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность, государственной регистрации (перерегистрации) юридического лица работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием на экспертизу вновь разработанных учебников и УМК, осуществляется до 30 июня текущего года, УМК ДО, ЭУ, ЭУМК, переиздаваемых учебников, УМК, в том числе в электронной форме, до 31 сентября текущего года.</w:t>
+9</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием на экспертизу пособий, ЭП осуществляется в течение календарного года;</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучателям, имеющим в установленном законодательством порядке полную или частичную утрату способности, или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080777.</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, которое требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрете на деятельность (отдельных видов деятельности), требующую получения определенной государственной услуги;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требования с учетом особенностей оказания государственной услуги, в том числе оказываемой и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания для сдачи пакета документов услугополучателем в Государственную корпорацию – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием на экспертизу вновь разработанных учебников и УМК, осуществляется до 30 июня текущего года, УМК ДО, ЭУ, ЭУМК, переиздаваемых учебников, УМК, в том числе в электронной форме, до 1 октября текущего года.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием на экспертизу пособий, ЭП осуществляется в течение календарного года;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучателям, имеющим в установленном законодательством порядке полную или частичную утрату способности, или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23480,482 +27048,394 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z253" w:id="288"/>
+    <w:bookmarkStart w:name="z253" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z617" w:id="289"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z617" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О государственных услугах", отдел № __ филиала Государственной корпорации</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Правительство для граждан" (указать адрес) отказывает в приеме документов</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на оказание государственной услуги "Выдача экспертного заключения авторам</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и авторскому коллективу на учебные издания дошкольного, начального, основного</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>среднего, общего среднего, технического и профессионального, послесреднего,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>высшего и послевузовского образования" ввиду представления Вами неполного</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пакета документов, предусмотренному перечнем основных требований к оказанию</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной услуги, и (или) документов с истекшим сроком действия, а именно:</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование отсутствующих документов:</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) ____________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) ____________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии) работника некоммерческого акционерного</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>общества "Государственная корпорация "Правительство для граждан")</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________ (подпись)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Исполнитель: ______________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии) (подпись)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Телефон: __________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Получил: __________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии) (подпись услугополучателя)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" _________ 20__ года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24177,427 +27657,421 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="290"/>
+    <w:bookmarkStart w:name="z255" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Экспертное заключение на учебное издание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="121"/>
+        <w:gridCol w:w="4336"/>
+        <w:gridCol w:w="7843"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="121" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4336" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№__________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7843" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№__________</w:t>
-[...29 lines deleted...]
-              <w:t>
 "___" _______ 20___ г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z622" w:id="291"/>
+    <w:bookmarkStart w:name="z622" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование: ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z623" w:id="292"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z623" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Вид издания ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z624" w:id="293"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z624" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Автор (авторы) учебного издания: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z625" w:id="294"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z625" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Издательство (разработчик), год издания: ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z626" w:id="295"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z626" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уровень образования (класс, возрастная группа): _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z627" w:id="296"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z627" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Результаты экспертизы: _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z628" w:id="297"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z628" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Директор (заместитель директора)</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Республиканское государственное предприятие на праве хозяйственного ведения</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Республиканский научно-практический центр экспертизы содержания образования")</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24923,31 +28397,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/><Relationship Target="media/document_image_rId63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId63"/><Relationship Target="media/document_image_rId64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId64"/><Relationship Target="media/document_image_rId65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId65"/><Relationship Target="media/document_image_rId66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId66"/><Relationship Target="media/document_image_rId67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId67"/><Relationship Target="media/document_image_rId68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId68"/><Relationship Target="media/document_image_rId69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId69"/><Relationship Target="media/document_image_rId70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId70"/><Relationship Target="media/document_image_rId71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId71"/><Relationship Target="media/document_image_rId72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId72"/><Relationship Target="media/document_image_rId73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId73"/><Relationship Target="media/document_image_rId74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId74"/><Relationship Target="media/document_image_rId75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId75"/><Relationship Target="media/document_image_rId76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId76"/><Relationship Target="media/document_image_rId77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId77"/><Relationship Target="media/document_image_rId78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId78"/><Relationship Target="media/document_image_rId79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId79"/><Relationship Target="media/document_image_rId80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId80"/><Relationship Target="media/document_image_rId81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId81"/><Relationship Target="media/document_image_rId82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId82"/><Relationship Target="media/document_image_rId83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId83"/><Relationship Target="media/document_image_rId84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId84"/><Relationship Target="media/document_image_rId85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId85"/><Relationship Target="media/document_image_rId86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId86"/><Relationship Target="media/document_image_rId87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId87"/><Relationship Target="media/document_image_rId88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId88"/><Relationship Target="media/document_image_rId89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId89"/><Relationship Target="media/document_image_rId90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId90"/><Relationship Target="media/document_image_rId91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId91"/><Relationship Target="media/document_image_rId92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId92"/><Relationship Target="media/document_image_rId93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId93"/><Relationship Target="media/document_image_rId94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId94"/><Relationship Target="media/document_image_rId95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId95"/><Relationship Target="media/document_image_rId96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId96"/><Relationship Target="media/document_image_rId97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId97"/><Relationship Target="media/document_image_rId98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId98"/><Relationship Target="media/document_image_rId99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId99"/><Relationship Target="media/document_image_rId100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId100"/><Relationship Target="media/document_image_rId101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId101"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>