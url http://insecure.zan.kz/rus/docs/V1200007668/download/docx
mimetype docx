--- v0 (2025-10-13)
+++ v1 (2026-03-10)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="10c2f28" w14:textId="10c2f28">
+    <w:p w14:paraId="cbcebf3" w14:textId="cbcebf3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,74 +123,146 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 16)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "Об особо охраняемых природных территориях", </w:t>
+        <w:t>подпунктом 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -359,93 +431,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3590"/>
-        <w:gridCol w:w="8710"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А. Мамытбеков</w:t>
@@ -643,64 +716,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Образцы форменной одежды со знаками различия (без погон) (далее – Образцы) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 16)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "Об особо охраняемых природных территориях".</w:t>
+        <w:t>подпунктом 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "Об особо охраняемых природных территориях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мужской парадный костюм, двубортный состоит из пиджака и брюк согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -8346,64 +8481,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила ношения форменной одежды со знаками различия (без погон) государственных инспекторов природоохранных учреждений разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 16)</w:t>
+        <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "Об особо охраняемых природных территориях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z173" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В служебное время должностные лица природоохранных учреждений носят установленную для них форменную одежду соответственно занимаемой должности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:bookmarkStart w:name="z174" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8965,64 +9162,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>погон) государственных инспекторов природоохранных учреждений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2781"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3280"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9046,528 +9244,478 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>п</w:t>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>/п</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+              <w:t>Наименование форменной</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование форменной</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>одежды (без погон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>одежды</w:t>
+              <w:t>Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (без погон)</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+              <w:t>предмета</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
+              <w:t>на одного</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предмета</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на</w:t>
+              <w:t>Сроки носки,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> одного</w:t>
-[...121 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9626,981 +9774,981 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Обмундирование мужское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фуражка повседневная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепи камуфлированное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шапка ушанка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фуражка парадная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пальто</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плащ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10610,164 +10758,164 @@
               <w:t>
 куртка и брюки утепленные</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 камуфлированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10777,164 +10925,164 @@
               <w:t>
 костюм мужской (пиджак и</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 брюки) парадный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10944,164 +11092,164 @@
               <w:t>
 костюм мужской (пиджак, куртка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 и брюки) повседневный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11111,1654 +11259,1654 @@
               <w:t>
 куртка и брюки полевая</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 камуфлированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жилет камуфлированный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 джемпер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 свитер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кашне белого цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кашне черного цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 туфли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 полуботинки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ботинки на меху</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сорочка из легкой ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сорочка из плотной ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12768,164 +12916,164 @@
               <w:t>
 форменная рубашка с короткими</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рукавами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12935,462 +13083,462 @@
               <w:t>
 форменная рубашка с длинными</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рукавами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 галстук полушерстяной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 галстук хлопчатобумажный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13400,87 +13548,87 @@
               <w:t>
 ремень поясной кожаный черного</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13529,981 +13677,981 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Обмундирование женское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пилотка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кепи камуфлированное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шапка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кепи </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пальто</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плащ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14513,164 +14661,164 @@
               <w:t>
 куртка и брюки утепленные</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 камуфлированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14680,164 +14828,164 @@
               <w:t>
 костюм женский (пиджак и юбка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или брюки) парадный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14847,164 +14995,164 @@
               <w:t>
 костюм женский (пиджак и юбка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или брюки) повседневный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15014,1654 +15162,1654 @@
               <w:t>
 куртка и брюки полевая</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 камуфлированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жилет камуфлированный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 джемпер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 свитер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кашне белого цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кашне черного цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 туфли женские</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сапоги женские на меху</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 полуботинки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сорочка из легкой ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сорочка из плотной ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16671,164 +16819,164 @@
               <w:t>
 форменная рубашка женская с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 короткими рукавами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16838,462 +16986,462 @@
               <w:t>
 форменная рубашка женская с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 длинными рукавами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 галстук полушерстяной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 галстук хлопчатобумажный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17303,87 +17451,87 @@
               <w:t>
 ремень поясной кожаный черного</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 цвета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17432,87 +17580,87 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Норма обеспечения вещевым имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17522,385 +17670,385 @@
               <w:t>
 Полушубок меховой из нагольной</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шубной овчины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рукавицы меховые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2781" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валенки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17982,55 +18130,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>