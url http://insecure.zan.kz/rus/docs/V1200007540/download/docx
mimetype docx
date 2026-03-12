--- v0 (2025-10-26)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="23d9461" w14:textId="23d9461">
+    <w:p w14:paraId="9e66729" w14:textId="9e66729">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -161,109 +161,109 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инвестиционных и венчурных фондах" (далее - Закон) Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 37 Закона Республики Казахстан "Об инвестиционных и венчурных фондах" (далее - Закон) Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 22.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 93</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2373,190 +2373,272 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="36"/>
+    <w:bookmarkStart w:name="z616" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      8-4. Суммарные размеры инвестиций за счет активов биржевого паевого инвестиционного фонда (Exchange Traded Fund) (ETF) (Эксчейндж Трэйдэд Фанд) в финансовые инструменты, указанные в пунктах 8-1 и 8-2 Правил, устанавливаются инвестиционной декларацией инвестиционного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-4 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9. Управляющая компания в процессе управления активами инвестиционных фондов (за исключением инвестиционных фондов рискового инвестирования) не принимает инвестиционных решений, предполагающих:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z31" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z31" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) приобретение финансовых инструментов за счет активов акционерного инвестиционного фонда, а также открытого и интервального паевого инвестиционного фонда, по которым эмитентом допущен дефолт за исключением обмена (конвертирования) ценных бумаг и иных обязательств эмитента на ценные бумаги данного эмитента, выпущенные в целях реструктуризации обязательств эмитента) либо приостановлены торги фондовой биржей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z32" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z32" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заключение сделок с финансовыми инструментами на неорганизованном рынке, условиями которых предусматривается обязательство обратного выкупа либо обратной продажи финансовых инструментов, являющихся предметом сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z33" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z33" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участие активами открытых или интервальных паевых инвестиционных фондов в простых товариществах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z34" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z34" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) приобретение долей участия в хозяйственных товариществах, имеющих отрицательный собственный капитал на дату принятия инвестиционного решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z35" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z35" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) приобретение финансовых инструментов, выпущенных (предоставленных) юридическими лицами, более пятидесяти процентов активов которых являются предметом судебного разбирательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z36" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z36" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сделки за счет активов инвестиционного фонда совершаются на международных (иностранных) рынках ценных бумаг при соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сделка по покупке акций (депозитарных расписок, базовым активом которых являются акции) заключается по цене, не превышающей максимального значения цены по данному финансовому инструменту, сложившейся в день заключения сделки на международных (иностранных) фондовых биржах, на которых обращается данный финансовый инструмент, согласно информации, представленной в информационных аналитических системах Bloomberg или Reuters;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2629,130 +2711,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="43"/>
+    <w:bookmarkStart w:name="z41" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        11. При приобретении за счет активов инвестиционного фонда principal protected notes расчеты осуществляются по принципу "поставка против платежа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z42" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z42" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Приобретение управляющей компанией имущества за счет активов инвестиционного фонда осуществляется путем оформления документов, устанавливающих право собственности инвестиционного фонда в отношении приобретаемого имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z43" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z43" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При возникновении обстоятельств, независящих от действий управляющей компании, повлекших несоответствие структуры активов инвестиционного фонда условиям, установленным настоящими Правилами и (или) инвестиционной декларацией, управляющая компания прекращает инвестиционную деятельность, связанную с таким несоответствием, и в течение одного рабочего дня сообщает в уполномоченный орган о факте и причинах данного несоответствия с приложением плана мероприятий по его устранению с указанием наименования мероприятий, руководящих работников управляющей компании, ответственных за их исполнение, и сроков исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z44" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z44" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган рассматривает план мероприятий в течение пяти рабочих дней. При одобрении плана мероприятий уполномоченным органом управляющая компания приступает к его реализации и представляет в уполномоченный орган отчеты о выполнении мероприятий не позднее пяти рабочих дней по истечению сроков исполнения мероприятий, установленных планом мероприятий. При получении замечаний уполномоченного органа к плану мероприятий управляющая компания представляет в уполномоченный орган откорректированный план мероприятий не позднее пяти рабочих дней с даты получения письма уполномоченного органа о результатах рассмотрения плана мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2926,2205 +3008,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 февраля 2012 года № 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="47"/>
+    <w:bookmarkStart w:name="z46" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень финансовых инструментов, которые могут входить в состав активов акционерных и паевых инвестиционных фондов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 22.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z613" w:id="48"/>
+    <w:bookmarkStart w:name="z613" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Перечень финансовых инструментов, в которые управляющая компания инвестирует находящиеся в инвестиционном управлении активы каждого отдельного открытого либо интервального паевого инвестиционного фонда, и требования, предъявляемые к ним:</w:t>
-      </w:r>
-[...2080 lines deleted...]
-      2. Перечень финансовых инструментов, в которые управляющая компания инвестирует находящиеся в инвестиционном управлении активы каждого отдельного фонда недвижимости, и требования, предъявляемые к ним:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5252,51 +3252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственные ценные бумаги Республики Казахстан (в том числе эмитированные в соответствии с законодательством других государств), выпущенные Министерством финансов Республики Казахстан и Национальным Банком Республики Казахстан, а также ценные бумаги, выпущенные под гарантию Правительства Республики Казахстан</w:t>
+Государственные ценные бумаги Республики Казахстан (в том числе, эмитированные в соответствии с законодательством иностранных государств), выпущенные Министерством финансов Республики Казахстан и Национальным Банком Республики Казахстан, а также ценные бумаги, выпущенные под гарантию Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5329,51 +3329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигации, выпущенные местными исполнительными органами Республики Казахстан, включенные в официальный список фондовой биржи</w:t>
+Облигации, выпущенные местными исполнительными органами Республики Казахстан, включенные в официальный список фондовой биржи и (или) допущенные к публичным торгам на фондовой бирже, функционирующей на территории Международного Финансового Центра "Астана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5406,51 +3406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долговые ценные бумаги, выпущенные акционерным обществом "Фонд национального благосостояния "Самрук-Казына"</w:t>
+Долговые ценные бумаги, выпущенные акционерным обществом "Фонд национального благосостояния "Самрук-Казына" и его дочерними организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5500,68 +3500,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады в банках второго уровня Республики Казахстан, при соответствии одному из следующих условий:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>банки имеют долгосрочный кредитный рейтинг не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс), или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzBB-" по национальной шкале Standard &amp; Poor's (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств;</w:t>
-[...16 lines deleted...]
-              <w:t>банки являются дочерними банками-резидентами, родительский банк-нерезидент которых имеет долгосрочный кредитный рейтинг по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) не ниже "А-" или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+              <w:t>банки имеют долгосрочный кредитный рейтинг не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс), или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzВB-" по национальной шкале Standard &amp; Poor's (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банки являются дочерними банками-резидентами, родительский банк-нерезидент которых имеет долгосрочный кредитный рейтинг по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) не ниже "А-" или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5594,51 +3594,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акции при условии их нахождения на дату заключения сделки в представительском списке индекса фондовой биржи, функционирующей на территории Республики Казахстан</w:t>
+Негосударственные ценные бумаги, выпущенные организациями Республики Казахстан в соответствии с законодательством Республики Казахстан или иностранных государств:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акции эмитентов, имеющих рейтинговую оценку не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzBB-" по национальной шкале Standard &amp; Poor's (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств и (или) акции, включенные в официальный список фондовой биржи, соответствующие требованиям секторов "акции" официального списка фондовой биржи и (или) акции эмитентов, допущенные к публичным торгам на фондовой бирже, функционирующей на территории Международного Финансового Центра "Астана";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>долговые ценные бумаги, имеющие рейтинговую оценку не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzBB-" по национальной шкале Standard &amp; Poor's (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств или долговые ценные бумаги, включенные в официальный список фондовой биржи, соответствующие требованиям секторов "долговые ценные бумаги" официального списка фондовой биржи и (или) долговые ценные бумаги, допущенные к публичным торгам на фондовой бирже, функционирующей на территории Международного Финансового Центра "Астана";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инфраструктурные облигации организаций Республики Казахстан, включенные в официальный список фондовой биржи и (или) инфраструктурные облигации организаций Республики Казахстан, допущенные к публичным торгам на фондовой бирже, функционирующей на территории Международного Финансового Центра "Астана";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паи интервальных паевых инвестиционных фондов, управляющая компания которых является юридическим лицом, созданным в соответствии с законодательством Республики Казахстан (за исключением паевых инвестиционных фондов, управляющей компанией которых является управляющая компания паевого инвестиционного фонда, за счет активов которого приобретаются данные паи), включенные в официальный список фондовой биржи и (или) допущенные к публичным торгам на фондовой бирже, функционирующей на территории Международного Финансового Центра "Астана";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ценные бумаги, выпущенные в рамках реструктуризации обязательств эмитента в целях обмена на ранее выпущенные ценные бумаги либо иные обязательства данного эмитента.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5671,51 +3756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долговые ценные бумаги, выпущенные организациями Республики Казахстан в соответствии с законодательством Республики Казахстан или иностранных государств, имеющие рейтинговую оценку не ниже "ВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzA-" по национальной шкале Standard &amp; Poor’s (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств</w:t>
+Паи Exchange Traded Funds (ETF) (Эксчейндж Трэйдэд Фандс), Exchange Traded Commodities (ETC) (Эксчейндж Трэйдэд Коммодитис), Exchange Traded Notes (ETN) (Эксчейндж Трэйдэд Ноутс), имеющие рейтинговую оценку не ниже "3 звезды" рейтингового агентства Morningstar (Морнинстар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5748,51 +3833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долговые ценные бумаги, выпущенные иностранными организациями, имеющие рейтинговую оценку не ниже "АА-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+Депозитарные расписки, базовым активом которых являются акции, указанные в строках 5, 12, 13 настоящего пункта, либо базовым активом которых являются ценные бумаги эмитентов, имеющих рейтинговую оценку в иностранной валюте по международной шкале кредитного рейтинга не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5825,51 +3910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акции, выпущенные иностранными организациями, имеющими рейтинговую оценку не ниже "АА-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+Ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами иностранных государств, имеющих суверенный рейтинг не ниже "ВВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5902,221 +3987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долговые ценные бумаги, выпущенные следующими международными финансовыми организациями, имеющие рейтинговую оценку не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс), или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств:</w:t>
-[...169 lines deleted...]
-              <w:t>Международной финансовой корпорацией</w:t>
+Иностранная валюта стран, имеющих суверенный рейтинг не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6149,51 +4064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ценные бумаги, имеющие статус государственных, выпущенный центральными правительствами иностранных государств, имеющих суверенный рейтинг не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+Аффинированные драгоценные металлы, соответствующие международным стандартам качества, принятым Лондонской ассоциацией рынка драгоценных металлов (London bullion market association) (Лондон биллион маркет асоциэйшн) и обозначенным в документах данной ассоциации как стандарт "Лондонская качественная поставка" ("London good delivery") ("Лондон гуд деливери") и металлические депозиты, в том числе, в банках-нерезидентах Республики Казахстан, обладающих рейтинговой оценкой не ниже "А-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, на срок не более двенадцати месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6226,51 +4141,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иностранная валюта стран, имеющих суверенный рейтинг не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+Ценные бумаги, выпущенные следующими международными финансовыми организациями: Азиатским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Африканским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банком международных расчетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Европейским инвестиционным банком;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Европейским банком реконструкции и развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Исламским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Межамериканским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международным банком реконструкции и развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международной финансовой корпорацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6303,51 +4371,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аффинированные драгоценные металлы, соответствующие международным стандартам качества, принятым Лондонской ассоциацией рынка драгоценных металлов (London bullion market association) (Лондон биллион маркет асоциэйшн) и обозначенным в документах данной ассоциации как стандарт "Лондонская качественная поставка" ("London good delivery") ("Лондон гуд деливери") и металлические депозиты, в том числе, в банках-нерезидентах Республики Казахстан, обладающих рейтинговой оценкой не ниже "А-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, на срок не более двенадцати месяцев</w:t>
+Негосударственные ценные бумаги, выпущенные иностранными организациями: долговые ценные бумаги, имеющие рейтинговую оценку не ниже "ВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств и (или) долговые ценные бумаги, включенные в список фондовой биржи, функционирующей на территории иностранного государства, признаваемой фондовой биржей, функционирующей на территории Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акции, выпущенные иностранными организациями, имеющими рейтинговую оценку не ниже "ВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств и (или) акции, включенные в список фондовой биржи, функционирующей на территории иностранного государства, признаваемой фондовой биржей, функционирующей на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6380,51 +4465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Производные финансовые инструменты, заключенные в целях хеджирования, базовым активом которых являются финансовые инструменты, разрешенные к приобретению за счет активов фондов недвижимости в соответствии с настоящим Перечнем</w:t>
+Негосударственные ценные бумаги, выпущенные иностранными организациями, признаваемыми резидентами Республики Казахстан, включенные в официальный список фондовой биржи, функционирующей на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6457,76 +4542,2073 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля участия в юридическом лице, осуществляющем обслуживание имущества, входящего в состав фонда недвижимости</w:t>
+Principal protected notes (Принципл протектед ноутс), выпущенные организациями, имеющими рейтинговую оценку не ниже "А-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, которые соответствуют следующим условиям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+срок обращения не превышает пяти лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>условиями выпуска principal protected notes (принципл протектед ноутс) не предусмотрены случаи дефолта какого-либо государства, эмитента по своим обязательствам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вклады в банках-нерезидентах, имеющих долгосрочный кредитный рейтинг не ниже "А-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Производные финансовые инструменты (фьючерсы, опционы, свопы, форварды), заключенные в целях хеджирования, базовым активом которых являются финансовые инструменты, которые входят в состав активов открытого и интервального паевых инвестиционных фондов, иностранная валюта, а также следующие расчетные показатели (индексы):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>AIX (Astana International Exchange) (Астана Интернейшнл Эксчейндж);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>САС 40 (Compagnie des Agents de Change 40 Index) (Компани дэ Эжон дэ Шанж 40 Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DAX (Deutscher Aktienindex) (Дойтче Акциениндекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DJIA (Dow Jones Industrial Average) (Доу Джонс Индастриал Эвередж);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EURO STOXX 50 (EURO STOXX 50 Price Index) (Юроп Эс Ти Оу Экс Экс 50 Прайс Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>FTSE 100 (Financial Times Stock Exchange 100 Index) (Файнэншл Таймс Сток Эксчейндж 100 Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>HSI (Hang Seng Index) (Ханг Сенг Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>KASE (Kazakhstan Stock Exchange Index) (Казахстан Сток Эксчейндж Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>MSCI World Index (Morgan Stanley Capital International World Index) (Морган Стэнли Кэпитал Интернешнл Ворлд Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>MOEX Russia (Moscow Exchange Russia Index) (Москоу Эксчейндж Раша Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>NIKKEI 225 (Nikkei-225 Stock Average Index) (Никкэй-225 Сток Эвередж Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>RTSI (Russian Trade System Index) (Рашен Трейд Систем Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>S&amp;P 500 (Standard and Poor's 500 Index) (Стандард энд Пурс 500 Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOPIX 100 (Tokyo Stock Price 100 Index) (Токио Сток Прайс 100 Индекс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>NASDAQ-100 (Nasdaq-100 Index) (Насдак-100 Индекс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доля участия в товариществе с ограниченной ответственностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паи Exchange Traded Funds (ETF) (Эксчейндж Трэйдэд Фандс), структура активов которых повторяет структуру одного из основных фондовых индексов, или ценообразование по паям которых привязано к основным фондовым индексам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z615" w:id="50"/>
+    <w:bookmarkStart w:name="z614" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2. Перечень финансовых инструментов, в которые управляющая компания инвестирует находящиеся в инвестиционном управлении активы каждого отдельного фонда недвижимости, и требования, предъявляемые к ним:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование финансового инструмента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные ценные бумаги Республики Казахстан (в том числе эмитированные в соответствии с законодательством других государств), выпущенные Министерством финансов Республики Казахстан и Национальным Банком Республики Казахстан, а также ценные бумаги, выпущенные под гарантию Правительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облигации, выпущенные местными исполнительными органами Республики Казахстан, включенные в официальный список фондовой биржи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Долговые ценные бумаги, выпущенные акционерным обществом "Фонд национального благосостояния "Самрук-Казына"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вклады в банках второго уровня Республики Казахстан, при соответствии одному из следующих условий:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банки имеют долгосрочный кредитный рейтинг не ниже "В-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс), или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzBB-" по национальной шкале Standard &amp; Poor's (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банки являются дочерними банками-резидентами, родительский банк-нерезидент которых имеет долгосрочный кредитный рейтинг по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) не ниже "А-" или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акции при условии их нахождения на дату заключения сделки в представительском списке индекса фондовой биржи, функционирующей на территории Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Долговые ценные бумаги, выпущенные организациями Республики Казахстан в соответствии с законодательством Республики Казахстан или иностранных государств, имеющие рейтинговую оценку не ниже "ВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств, или рейтинговую оценку не ниже "kzA-" по национальной шкале Standard &amp; Poor’s (Стандард энд Пурс), или рейтинг аналогичного уровня по национальной шкале одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Долговые ценные бумаги, выпущенные иностранными организациями, имеющие рейтинговую оценку не ниже "АА-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акции, выпущенные иностранными организациями, имеющими рейтинговую оценку не ниже "АА-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Долговые ценные бумаги, выпущенные следующими международными финансовыми организациями, имеющие рейтинговую оценку не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс), или рейтинговую оценку аналогичного уровня одного из других рейтинговых агентств:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Азиатским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Африканским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банком международных расчетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Европейским инвестиционным банком;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Европейским банком реконструкции и развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Исламским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Межамериканским банком развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международным банком реконструкции и развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международной финансовой корпорацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ценные бумаги, имеющие статус государственных, выпущенный центральными правительствами иностранных государств, имеющих суверенный рейтинг не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иностранная валюта стран, имеющих суверенный рейтинг не ниже "ВВВ" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аффинированные драгоценные металлы, соответствующие международным стандартам качества, принятым Лондонской ассоциацией рынка драгоценных металлов (London bullion market association) (Лондон биллион маркет асоциэйшн) и обозначенным в документах данной ассоциации как стандарт "Лондонская качественная поставка" ("London good delivery") ("Лондон гуд деливери") и металлические депозиты, в том числе, в банках-нерезидентах Республики Казахстан, обладающих рейтинговой оценкой не ниже "А-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, на срок не более двенадцати месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Производные финансовые инструменты, заключенные в целях хеджирования, базовым активом которых являются финансовые инструменты, разрешенные к приобретению за счет активов фондов недвижимости в соответствии с настоящим Перечнем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доля участия в юридическом лице, осуществляющем обслуживание имущества, входящего в состав фонда недвижимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z615" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3. Перечень финансовых инструментов, в которые управляющая компания инвестирует находящиеся в инвестиционном управлении активы каждого отдельного биржевого паевого инвестиционного фонда (Exchange Traded Fund) (ETF) (Эксчейндж Трэйдэд Фандс), и требования, предъявляемые к ним:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>