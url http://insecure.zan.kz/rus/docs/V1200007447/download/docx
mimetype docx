--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b8c2f6a" w14:textId="b8c2f6a">
+    <w:p w14:paraId="728d949" w14:textId="728d949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -22439,162 +22439,242 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) для взыскания предмета залога по истечении срока возврата кредита, предъявленного ломбардом к должнику - залогодателю представляется залоговый билет либо договор залога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
     <w:bookmarkStart w:name="z635" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) для взыскания задолженности по обязательству о взыскании задолженности с собственников квартир, нежилых помещений, парковочных мест, кладовок, уклоняющихся по платежам, определенным подпунктами 6-1), 9), 10), 12) и 12-1) пункта 2 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О жилищных отношениях":</w:t>
+      6) для взыскания задолженности по обязательству о взыскании задолженности с собственников квартир, нежилых помещений, парковочных мест, кладовок, уклоняющихся от взносов, определенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 5 статьи 42 Закона Республики Казахстан "О жилищных отношениях":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      документ о расчете суммы задолженности, о сроках уплаты взносов, расходов и дате возникновения обязательства по их внесению (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или заверенная взыскателем выписка из лицевого счета).</w:t>
+        <w:t xml:space="preserve">
+      заверенные взыскателем - объединением собственников имущества, кооперативом собственников квартир, субъектом управления объектом кондоминиума - пронумерованные, прошитые копии документов: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      об утверждении размера текущих взносов, расходов на управление объекта кондоминиума, накопительных взносов, взносов и расходов на содержание парковочных мест, кладовок, целевых взносов и их размере (заверенная взыскателем выписка из протокола собрания собственников квартир, нежилых помещений, парковочных мест, кладовок); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ о расчете суммы задолженности, размере и сроках уплаты взносов, расходов и дате возникновения обязательства по их внесению (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или заверенная взыскателем выписка из лицевого счета).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заверенную взыскателем - временной управляющей компанией - копию договора с жилищной инспекцией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      документ о расчете суммы задолженности, о сроках уплаты взносов, расходов и дате возникновения обязательства по их внесению (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или заверенная взыскателем выписка из лицевого счета).</w:t>
+      документ о расчете суммы задолженности, о сроках уплаты взносов, расходов и дате возникновения обязательства по их внесению (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или взыскателем заверенная взыскателем выписка из лицевого счета).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z640" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) для взыскания задолженности по обязательству о взыскании задолженности на основании публичных договоров за фактически потребленные услуги (электро-, газо-, тепло-, водоснабжение и другие), а также иных договоров за услуги согласно установленным тарифам, срок оплаты по которым наступил, представляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
     <w:bookmarkStart w:name="z641" w:id="442"/>
     <w:p>
       <w:pPr>
@@ -22758,61 +22838,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 223 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра юстиции РК от 05.02.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра юстиции РК от 05.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>