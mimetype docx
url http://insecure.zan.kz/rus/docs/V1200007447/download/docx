--- v1 (2025-11-15)
+++ v2 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="728d949" w14:textId="728d949">
+    <w:p w14:paraId="f59be3f" w14:textId="f59be3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -602,51 +602,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок главы 1 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
+      Сноска. Заголовок главы 1 - в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3023,90 +3023,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Сведения о нотариальных действиях предоставляются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона, а также уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+        <w:t xml:space="preserve"> Закона, а также уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 26 в редакции приказа Министра юстиции РК от 22.08.2014 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 257</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа Министра юстиции РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 697</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -18045,233 +18045,193 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Если для свидетельствования верности перевода представлен документ, выданный официальными учреждениями иностранных государств, такое нотариальное действие осуществляется при наличии на документе отметки о его легализации или апостиля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
     <w:bookmarkStart w:name="z386" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      184. При совершении нотариального действия (удостоверение сделки, свидетельствование верности копии) одновременно совершается и перевод на другой язык, то перевод помещается на одном листе с подлинником, оба текста рядом, на одной странице, разделенной вертикальной чертой таким образом, чтобы подлинный текст помещался на левой стороне, а перевод - на правой, либо подшивается на отдельном листе. Перевод должен быть сделан со всего текста переводимого документа (в том числе удостоверительную надпись, надпись о легализации документа) и заканчиваться подписями. Под переводом помещается подпись переводчика. Удостоверительная надпись излагается под текстами документа и перевода с него.</w:t>
+      184. Если при совершении нотариального действия (удостоверение сделки, свидетельствование верности копии) одновременно совершается и перевод на другой язык, то перевод помещается на одном листе с подлинником, оба текста рядом, на одной странице, разделенной вертикальной чертой таким образом, чтобы подлинный текст помещался на левой стороне, а перевод - на правой, либо подшивается на отдельном листе. Перевод должен быть сделан со всего текста переводимого документа (в том числе удостоверительную надпись, надпись о легализации документа) и заканчиваться подписями. Под переводом помещается подпись переводчика. Удостоверительная надпись излагается под текстами документа и перевода с него.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z387" w:id="353"/>
-[...15 lines deleted...]
-      Совершение нотариальных действий с переводами газетных изданий, книг, статей, монографий, законов и подзаконных актов Республики Казахстан производится с соблюдением авторского права и в порядке, установленном законодательством.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 184 - в редакции приказа Министра юстиции РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 697</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       185. Перевод, помещенный на отдельном от подлинника тексте, прикрепляется к подлинному документу, пронумеровывается, прошнуровывается, скрепляется подписью нотариуса и оттиском его печати.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z388" w:id="354"/>
-[...15 lines deleted...]
-      Перевод приобщается к подлинному экземпляру переводимого документа, а при невозможности приобщается к его копии.</w:t>
+    <w:bookmarkStart w:name="z391" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 17. Удостоверение фактов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 17 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="357"/>
+    <w:bookmarkStart w:name="z392" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       186. Нотариус выдает свидетельство о нахождении гражданина в живых, нахождения гражданина в определенном месте и удостоверяет время предъявления документов в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18306,51 +18266,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона на основании письменного заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18369,262 +18329,262 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z393" w:id="358"/>
+    <w:bookmarkStart w:name="z393" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Глава 18. Передача заявлений физических и юридических лиц другим физическим и юридическим лицам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 18 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z394" w:id="359"/>
+    <w:bookmarkStart w:name="z394" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       187. Нотариус передает заявления физических и юридических лиц другим физическим и юридическим лицам в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z395" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В свидетельстве может быть указано содержание полученного на заявление ответа или сведения о том, что в назначенный срок ответ не поступил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z396" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Заявление и свидетельство оформляются в 3-х экземплярах, один из которых направляется адресату, один остается у отправителя с отметкой о том, что соответствующее заявление и свидетельство направлены адресату, а один остается в делах нотариуса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z395" w:id="360"/>
-[...15 lines deleted...]
-      В свидетельстве может быть указано содержание полученного на заявление ответа или сведения о том, что в назначенный срок ответ не поступил.</w:t>
+    <w:bookmarkStart w:name="z397" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 19. Принятие в депозит денег</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z396" w:id="361"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 19 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z398" w:id="363"/>
+    <w:bookmarkStart w:name="z398" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Нотариус в случаях, предусмотренных законодательством, принимает от должника деньги на условиях депозита, а ценные бумаги – на условиях хранения на имя нотариуса. Внесение денег на условиях депозита или ценных бумаг на условиях хранения на имя нотариуса считается исполнением обязательств. О поступлении денег нотариус извещает кредитора и по его требованию выдает причитающиеся ему деньги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если внесение денег на депозит было осуществлено в порядке, установленном частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18681,1160 +18641,1160 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="364"/>
+    <w:bookmarkStart w:name="z402" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        190. Нотариус принимает деньги на условиях депозита на основании заявления должника, подлинность подписи которого нотариально свидетельствуется. Заявление должника о принятии нотариусом на условиях депозита причитающихся с должника денег, регистрируется в день его поступления в Журнале регистрации входящих документов. Нотариус, принимая деньги на условиях депозита, проверяет основания взноса, то есть основания возникновения прав кредитора и обязанностей должника. Копия документа, подтверждающего обязательство, остается в делах нотариуса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 190 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z403" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       191. Вместе с документами конкретной депозитной операции помещаются все документы, связанные с принятием нотариусом денег на условиях депозита, включая документы, подтверждающие наличие оснований для внесения денег на условиях депозита, право обратившегося к нотариусу лица исполнить обязательство внесением долга в депозит, банковский документ о зачислении на депозитный счет нотариуса денежных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 191 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z404" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       192. О принятии денег на условиях депозита нотариус заказным письмом направляет кредитору извещение. Уведомление о вручении извещения хранится в документах конкретной депозитной операции. Расходы за отправку извещения несет должник.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если должник не указал адрес и/или место нахождения кредитора или по указанному адресу кредитор отсутствует, нотариус письменно предупреждает должника, что извещение кредитора о взносе денег является обязанностью должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 190 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 192 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z403" w:id="365"/>
-[...15 lines deleted...]
-       191. Вместе с документами конкретной депозитной операции помещаются все документы, связанные с принятием нотариусом денег на условиях депозита, включая документы, подтверждающие наличие оснований для внесения денег на условиях депозита, право обратившегося к нотариусу лица исполнить обязательство внесением долга в депозит, банковский документ о зачислении на депозитный счет нотариуса денежных средств.</w:t>
+    <w:bookmarkStart w:name="z407" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       193. Принятие денег на условиях депозита производится нотариусом по месту исполнения денежного обязательства, определяемого для кредитора - физического лица, по месту нахождение в момент возникновения обязательства, а для кредитора - юридического лица, по месту его государственной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 191 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 193 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z404" w:id="366"/>
-[...15 lines deleted...]
-       192. О принятии денег на условиях депозита нотариус заказным письмом направляет кредитору извещение. Уведомление о вручении извещения хранится в документах конкретной депозитной операции. Расходы за отправку извещения несет должник.</w:t>
+    <w:bookmarkStart w:name="z408" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Нотариус открывает текущий счет в банке. Расходы по открытию и обслуживанию счета несет должник, обратившийся к нотариусу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Если должник не указал адрес и/или место нахождения кредитора или по указанному адресу кредитор отсутствует, нотариус письменно предупреждает должника, что извещение кредитора о взносе денег является обязанностью должника.</w:t>
+      Деньги, находящиеся на депозите нотариуса, не являются собственностью нотариуса и (или) его доходом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 192 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 194 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z409" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       195. После принятия денег от должника нотариус выдает должнику акт о принятии денег, в котором указывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя, отчество нотариуса (при его наличии), номер и дата лицензии, наименование государственной нотариальной конторы, принявшего деньги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена и отчества (при его наличии), год рождения и место жительства, индивидуальные идентификационные номера должника и кредитора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование документа, на основании которого возникло обязательство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сумма принятых денег (указывается на основании документа, выданного банком);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) реестровый номер, сумма, оплаченная нотариусу, печать и подпись нотариуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 195 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="367"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z410" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       196. Выдача из депозита денег производится по заявлению депонента, подлинность подписи которого нотариально свидетельствуется. Юридическим лицам деньги перечисляются на их счета безналичным способом. Физическим лицам деньги выдается как наличным, так и безналичным способом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 193 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 196 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z408" w:id="368"/>
-[...34 lines deleted...]
-      Деньги, находящиеся на депозите нотариуса, не являются собственностью нотариуса и (или) его доходом.</w:t>
+    <w:bookmarkStart w:name="z412" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Возврат денег лицу, внесшему их в депозит, допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с письменного согласия лица, в пользу которого сделан взнос;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по решению суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при неисполнении одной из сторон своих обязательств, если возможность возврата денег предусмотрена соглашением сторон.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 194 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 197 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z409" w:id="369"/>
-[...126 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z413" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...150 lines deleted...]
-      197. Возврат денег лицу, внесшему их в депозит, допускается:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 20. Совершение протеста векселей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:p>
-[...134 lines deleted...]
-    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 20 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="374"/>
+    <w:bookmarkStart w:name="z414" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198. Деньги, находящиеся на депозитном счете нотариуса, не являются доходом нотариуса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 198 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z415" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       199. В случае протеста о неакцепте или неплатеже нотариус предупреждает об этом всех обязанных по векселю лиц, направив им письменное извещение в соответствии с адресами, имеющимися на векселе либо у лиц, потребовавших протест. Расходы по такому извещению добавляются к издержкам по протесту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z416" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 21. Принятие на хранение документов и ценных бумаг</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 21 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z417" w:id="377"/>
+    <w:bookmarkStart w:name="z417" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       200. Нотариус принимает на хранение документы и ценные бумаги в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона на основании письменного заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19853,187 +19813,187 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z418" w:id="378"/>
+    <w:bookmarkStart w:name="z418" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        201. Нотариусы принимают сдаваемые на хранение документы и ценные бумаги, независимо от их содержания, а также принадлежности определенному лицу (лицам). Экземпляр свидетельства хранится в делах у нотариуса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z419" w:id="379"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z419" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       202. Возвращение принятых на хранение документов и ценных бумаг производится в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z420" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае смерти лица, сдавшего документы или ценные бумаги на хранение, принятые на хранение документы или ценные бумаги выдаются наследникам на основании свидетельства о праве на наследство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z421" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 22. Совершение морских протестов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z420" w:id="380"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 22 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z422" w:id="382"/>
+    <w:bookmarkStart w:name="z422" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       203. В целях обеспечения доказательств для защиты прав и законных интересов судовладельца нотариус принимает заявление о морском протесте в соответствии со статьями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20048,775 +20008,775 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z423" w:id="383"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z423" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       204. Нотариус на основании заявления капитана, данных судового журнала, а также опроса самого капитана и, по возможности, не менее двух свидетелей из числа лиц командного состава судна и двух свидетелей из судовой команды, совершает акт о морском протесте по правилам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z424" w:id="384"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z424" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 23. Обеспечение доказательств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 23 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z425" w:id="385"/>
+    <w:bookmarkStart w:name="z425" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. По просьбе заинтересованных лиц нотариус обеспечивает доказательства, необходимые в случае возникновения дела в суде или другом компетентном органе, если имеются основания полагать, что представление доказательств впоследствии станет невозможным или затруднительным.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z426" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нотариус не обеспечивает доказательств по делу, которое в момент обращения заинтересованных лиц к нотариусу находится в производстве суда или другого компетентного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z427" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Указанное в пункте 205 настоящих Правил не применяется, если доказательства представляются в органы иностранного государства. В этих случаях обеспечение доказательств производится независимо от того, находится ли дело в производстве органов иностранного государства в момент обращения заинтересованного лица.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z426" w:id="386"/>
-[...15 lines deleted...]
-      Нотариус не обеспечивает доказательств по делу, которое в момент обращения заинтересованных лиц к нотариусу находится в производстве суда или другого компетентного органа.</w:t>
+    <w:bookmarkStart w:name="z428" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Заинтересованное лицо предъявляет нотариусу заявления с изложением обстоятельств, в соответствии с которыми требуется обеспечение доказательств, указанием объекта или обстоятельства, которые будут служить в качестве доказательств, а также указываются сведения о том, что в суде или ином компетентном органе не имеется возбужденного дела. При принятии заявления нотариус свидетельствует подлинность подписи заинтересованного лица на заявлении. Нотариус разъясняет заинтересованному лицу, что в случае, если обеспечение доказательств будет произведено после возбуждения дела в суде или ином административном органе, такое обеспечение в соответствии с требованиями законодательства не будет иметь силы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z427" w:id="387"/>
-[...15 lines deleted...]
-      206. Указанное в пункте 205 настоящих Правил не применяется, если доказательства представляются в органы иностранного государства. В этих случаях обеспечение доказательств производится независимо от того, находится ли дело в производстве органов иностранного государства в момент обращения заинтересованного лица.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Вопрос об обеспечении доказательств решается нотариусом каждый раз с учетом конкретных обстоятельств. При решении вопроса о необходимости обеспечения доказательства нотариус выясняет обстоятельства, затрудняющие или делающие невозможным получение доказательств в будущем. В случае необоснованности заявления об обеспечении доказательства, нотариус отказывает в совершении данного нотариального действия и выносит постановление об отказе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z428" w:id="388"/>
-[...15 lines deleted...]
-      207. Заинтересованное лицо предъявляет нотариусу заявления с изложением обстоятельств, в соответствии с которыми требуется обеспечение доказательств, указанием объекта или обстоятельства, которые будут служить в качестве доказательств, а также указываются сведения о том, что в суде или ином компетентном органе не имеется возбужденного дела. При принятии заявления нотариус свидетельствует подлинность подписи заинтересованного лица на заявлении. Нотариус разъясняет заинтересованному лицу, что в случае, если обеспечение доказательств будет произведено после возбуждения дела в суде или ином административном органе, такое обеспечение в соответствии с требованиями законодательства не будет иметь силы.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Нотариус в порядке обеспечения доказательств опрашивает граждан, производит осмотр документов и предметов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z429" w:id="389"/>
-[...15 lines deleted...]
-      208. Вопрос об обеспечении доказательств решается нотариусом каждый раз с учетом конкретных обстоятельств. При решении вопроса о необходимости обеспечения доказательства нотариус выясняет обстоятельства, затрудняющие или делающие невозможным получение доказательств в будущем. В случае необоснованности заявления об обеспечении доказательства, нотариус отказывает в совершении данного нотариального действия и выносит постановление об отказе.</w:t>
+    <w:bookmarkStart w:name="z431" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Нотариус извещает о времени и месте обеспечения доказательств всех заинтересованных лиц, их неявка не является препятствием для выполнения действий по обеспечению доказательств. Без извещения заинтересованных лиц обеспечение доказательств возможно в случаях, не терпящих отлагательства, либо когда нельзя заранее определить, кто будет впоследствии участвовать в деле. При этом в протоколе опроса либо осмотра письменных и вещественных доказательств указывается причина не сообщения заинтересованных лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z430" w:id="390"/>
-[...15 lines deleted...]
-      209. Нотариус в порядке обеспечения доказательств опрашивает граждан, производит осмотр документов и предметов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 210 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z432" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       211. Нотариус составляет протокол, в котором указывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z431" w:id="391"/>
-[...15 lines deleted...]
-      210. Нотариус извещает о времени и месте обеспечения доказательств всех заинтересованных лиц, их неявка не является препятствием для выполнения действий по обеспечению доказательств. Без извещения заинтересованных лиц обеспечение доказательств возможно в случаях, не терпящих отлагательства, либо когда нельзя заранее определить, кто будет впоследствии участвовать в деле. При этом в протоколе опроса либо осмотра письменных и вещественных доказательств указывается причина не сообщения заинтересованных лиц.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место опроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя, отчество (при его наличии), нотариуса, номер и дата лицензии, наименование государственной нотариальной конторы, производящего допрос;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена и отчества (при его наличии), место рождения, год рождения, место жительства, индивидуальные идентификационные номера лиц, участвующих в опросе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (при его наличии) свидетеля, место рождения, год рождения, место жительства, индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) указание о предупреждении об ответственности за дачу заведомо ложных показаний и отказ от дачи показаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содержание показаний свидетеля (заданные вопросы и ответы на них).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждый лист протокола подписывается опрашиваемым, а последнюю страницу подписывают принявшие при опросе лица и нотариус.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 211 в редакции приказа Министра юстиции РК от 04.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z440" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       212. Письменные и вещественные доказательства обеспечиваются путем их осмотра. Осмотр может производиться по месту нахождения доказательств, которые не могут быть доставлены к нотариусу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z441" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. О результатах осмотра письменных и вещественных доказательств составляется протокол, в котором указывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z442" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При производстве осмотра письменных и вещественных доказательств составляется протокол, в котором указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z443" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и место производства осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z444" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицо, производящее осмотр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z445" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о лицах, участвующих в осмотре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z446" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содержание заявления лица, обратившегося за совершением нотариального действия, мотивы, по которым нотариус пришел к выводу о неотложности закрепления доказательств, а в необходимых случаях основания, по которым о совершении нотариального действия не были предварительно уведомлены предполагаемые стороны и заинтересованные лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z447" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) результаты осмотра доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z448" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол осмотра доказательств подписывается участвующими в осмотре лицами, нотариусом и скрепляется оттиском печати нотариуса. Один экземпляр протокола выдается заявителю, второй - остается в нотариальном архивном фонде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z449" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол, изложенный более чем на одном листе, пронумеровывается, прошнуровывается и скрепляется подписью и оттиском печати нотариуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z37" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...436 lines deleted...]
-      Протокол осмотра доказательств подписывается участвующими в осмотре лицами, нотариусом и скрепляется оттиском печати нотариуса. Один экземпляр протокола выдается заявителю, второй - остается в нотариальном архивном фонде.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 24. Договор суррогатного материнства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z449" w:id="402"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 24 в соответствии с приказом Министра юстиции РК от 04.06.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20831,51 +20791,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); заголовок в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="404"/>
+    <w:bookmarkStart w:name="z38" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214. Договор суррогатного материнства составляется и удостоверяется в соответствии с нормами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20890,189 +20850,189 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О браке (супружестве) и семье.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z39" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215. При удостоверении договора суррогатного материнства суррогатная мать предоставляет оригинал заключения медицинской организации, оригинал справки о состоянии здоровья ребенка (детей), которые остаются в делах нотариуса и оригиналы свидетельств о рождении ребенка (детей), копии которых остаются в делах нотариуса. Если суррогатная мать состоит в браке, то истребуется согласие от супруга на заключение такого договора и участие суррогатной матери в программе суррогатного материнства, которое удостоверяется нотариально.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если суррогатная мать в браке не состоит, то отбирается заявление об этом, на котором нотариус свидетельствует подлинность подписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 215 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Нотариус при заключении и удостоверении договора суррогатного материнства проверяет брачные отношения супругов (заказчиков). Супруги (заказчики) предоставляют свидетельство о заключении брака, копия которого остается в делах нотариуса, а также заключение медицинской организации о применении вспомогательных репродуктивных методах и технологиях с полной и исчерпывающей информацией об использованных для этого биоматериалах самих лиц, желающих иметь ребенка, либо донорского банка. Один экземпляр заключения в оригинале прилагается к нотариально удостоверенному договору суррогатного материнства и хранится по месту совершения сделки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z39" w:id="405"/>
-[...15 lines deleted...]
-      215. При удостоверении договора суррогатного материнства суррогатная мать предоставляет оригинал заключения медицинской организации, оригинал справки о состоянии здоровья ребенка (детей), которые остаются в делах нотариуса и оригиналы свидетельств о рождении ребенка (детей), копии которых остаются в делах нотариуса. Если суррогатная мать состоит в браке, то истребуется согласие от супруга на заключение такого договора и участие суррогатной матери в программе суррогатного материнства, которое удостоверяется нотариально.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 25. Совершение исполнительных надписей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:p>
-[...116 lines deleted...]
-    <w:bookmarkEnd w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 25 в соответствии с приказом Министра юстиции РК от 29.02.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21087,523 +21047,523 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); заголовок в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="408"/>
+    <w:bookmarkStart w:name="z11" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Исполнительная надпись представляет собой распоряжение нотариуса о взыскании с должника причитающейся взыскателю определенной денежной суммы или истребования движимого имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z12" w:id="409"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z12" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       218. Перечень требований, по которым взыскание задолженности производится в бесспорном порядке на основании исполнительных надписей, устанавливается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 92-1 Закона Республики Казахстан "О нотариате".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 218 - в редакции приказа Министра юстиции РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219. Исполнительная надпись совершается нотариусом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z236" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если представленные документы подтверждают бесспорность задолженности должника перед взыскателем;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z237" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если со дня возникновения права на иск (заявление) прошло не более трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z238" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, когда для требования, по которому совершается исполнительная надпись, законодательством Республики Казахстан установлен иной срок давности, исполнительная надпись выдается в пределах этого срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительная надпись предъявляется к принудительному исполнению в течение трех лет со дня ее совершения, если законодательством не установлены иные сроки. Восстановление пропущенного срока для предъявления исполнительной надписи производится в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 218 - в редакции приказа Министра юстиции РК от 30.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 219 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="410"/>
-[...55 lines deleted...]
-      если со дня возникновения права на иск (заявление) прошло не более трех лет.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Для взыскания денежных сумм или истребования иного движимого имущества от должника взыскатель представляет нотариусу заявление о совершении исполнительной надписи (далее-заявление), которое содержит фамилию, имя, отчество (при его наличии) индивидуальный идентификационный номер и место жительства, номер телефона, адрес электронной почты (при их наличии) должника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z238" w:id="413"/>
-[...34 lines deleted...]
-      Исполнительная надпись предъявляется к принудительному исполнению в течение трех лет со дня ее совершения, если законодательством не установлены иные сроки. Восстановление пропущенного срока для предъявления исполнительной надписи производится в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если взыскатель и/или должник являются юридическим лицом, в заявлении указывается полное наименование юридического лица, его бизнес-идентификационный номер, адрес местонахождения, банковские реквизиты, а также подтверждается полномочие первого руководителя или его представителя на подписание и подачу заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заявлении взыскатель также указывает сведения об отсутствии на момент обращения за совершением исполнительной надписи судебного спора с должником об исполнении обязательств и о непогашении задолженности, что ранее исполнительная надпись по данному требованию взыскателя не совершалась.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление от физического и юридического лица подается нотариусу в письменном виде лично либо через представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление, представляемое от имени юридического лица, подписывается первым руководителем, скрепляется печатью (при наличии) юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о физических и юридических лицах и их руководителях нотариус проверяет через ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление регистрируется в электронном реестре ЕНИС.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 219 в редакции приказа Министра юстиции РК от 29.03.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 149</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 220 - в редакции приказа Министра юстиции РК от 05.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="414"/>
-[...189 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="415"/>
+    <w:bookmarkStart w:name="z15" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       221. Исполнительная надпись на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21698,112 +21658,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 92-1 Закона совершается по месту регистрации либо месту жительства должника (физического лица), если иной адрес не указан в договоре, в случае, если должником является юридическое лицо, то по месту его регистрации либо месту нахождения его постоянно действующего органа.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z613" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если в договоре указан иной адрес, отличный от места регистрации и места жительства должника (физического лица), то исполнительная надпись совершается нотариусом согласно территории его деятельности в соответствии с указанным в договоре адресом должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z614" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительная надпись в отношении солидарных должников, проживающих или зарегистрированных в разных регионах Республики Казахстан совершается по адресу одного из должников по выбору взыскателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z613" w:id="416"/>
-[...15 lines deleted...]
-      Если в договоре указан иной адрес, отличный от места регистрации и места жительства должника (физического лица), то исполнительная надпись совершается нотариусом согласно территории его деятельности в соответствии с указанным в договоре адресом должника.</w:t>
+    <w:bookmarkStart w:name="z615" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По указанным требованиям исполнительная надпись совершается нотариусом по территории его деятельности, определенной нотариальной палатой согласно месту нахождения его помещения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z614" w:id="417"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z616" w:id="419"/>
+    <w:bookmarkStart w:name="z616" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21818,52 +21778,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 92-1 Закона взыскатель подает заявление нотариусу независимо от места регистрации должника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z617" w:id="420"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z617" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнительная надпись на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21878,596 +21838,596 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 92-1 Закона совершается по месту регистрации либо месту жительства, либо по месту нахождения недвижимого имущества должника (физического лица), в случае если должником является юридическое лицо, то по месту его регистрации либо месту нахождения его постоянно действующего органа, либо по месту нахождения недвижимого имущества.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 221 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. При подаче заявления, взыскателем представляются документы, указанные в пункте 223 настоящих Правил, являющиеся основанием для совершения исполнительной надписи, а также расчет задолженности. Расчет задолженности, представляемый от имени юридического лица, подписывается первым руководителем и главным бухгалтером (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z618" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании представленных документов нотариус проверяет бесспорность задолженности должника перед взыскателем, размер задолженности, истечение срока по заявленному требованию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z619" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нотариус по модулю ЕНИС "Проверка исполнительной надписи" проверяет сведения относительно совершения исполнительной надписи по данному обязательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 221 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 222 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="421"/>
-[...35 lines deleted...]
-      На основании представленных документов нотариус проверяет бесспорность задолженности должника перед взыскателем, размер задолженности, истечение срока по заявленному требованию.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Исполнительная надпись совершается при предоставлении следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z619" w:id="423"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z620" w:id="425"/>
+    <w:bookmarkStart w:name="z620" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) для взыскания задолженности по обязательству, основанному на нотариально удостоверенной сделке, в том числе об исполнении соглашения об урегулировании спора, удостоверенного нотариусом в порядке досудебного урегулирования в случаях, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или предусмотренных договором, представляются: подлинный экземпляр нотариально удостоверенного договора (соглашения) либо его дубликат (за исключением договоров займа денег);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z621" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для взыскания задолженности по обязательству, основанному на письменной сделке, срок исполнения которой наступил и неисполнение обязательства признается должником, в том числе в ответе на претензию, направленную взыскателю в порядке досудебного урегулирования спора, представляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z622" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подлинные договоры (купли-продажи, поставки, подряда, перевозки, возмездного оказания услуг, хранения и другие);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z621" w:id="426"/>
-[...15 lines deleted...]
-      2) для взыскания задолженности по обязательству, основанному на письменной сделке, срок исполнения которой наступил и неисполнение обязательства признается должником, в том числе в ответе на претензию, направленную взыскателю в порядке досудебного урегулирования спора, представляются:</w:t>
+    <w:bookmarkStart w:name="z623" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы, подтверждающие возникновение обязательства должника по уплате задолженности по договорам (товаросопроводительные документы (товарно-транспортная накладная, товарная накладная, грузовая накладная, коносамент или иной документ), документ о передаче имущества (товара), подписанный обеими сторонами (акт приема-передачи, акт о передаче имущества (товара), акт о приемке имущества (товара) по количеству и качеству и другие), документ, удостоверяющий приемку выполненных работ (оказанных услуг), подписанный обеими сторонами (акт приемки выполненных работ (оказанных услуг) и другие), заказ-наряд, счет-фактура и другие);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z622" w:id="427"/>
-[...15 lines deleted...]
-      подлинные договоры (купли-продажи, поставки, подряда, перевозки, возмездного оказания услуг, хранения и другие);</w:t>
+    <w:bookmarkStart w:name="z624" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы, подтверждающие письменное признание должником суммы задолженности (акт сверки расчетов, подписанный взыскателем и должником и скрепленный печатями (при их наличии), в которых указывается номер договора, ответ на претензию, в котором должник признает обязательство по уплате денежных средств, акцептованное платежное требование или иной документ, оформленный в соответствии с требованиями законодательства и подписанный уполномоченным лицом);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z623" w:id="428"/>
-[...15 lines deleted...]
-      документы, подтверждающие возникновение обязательства должника по уплате задолженности по договорам (товаросопроводительные документы (товарно-транспортная накладная, товарная накладная, грузовая накладная, коносамент или иной документ), документ о передаче имущества (товара), подписанный обеими сторонами (акт приема-передачи, акт о передаче имущества (товара), акт о приемке имущества (товара) по количеству и качеству и другие), документ, удостоверяющий приемку выполненных работ (оказанных услуг), подписанный обеими сторонами (акт приемки выполненных работ (оказанных услуг) и другие), заказ-наряд, счет-фактура и другие);</w:t>
+    <w:bookmarkStart w:name="z625" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для взыскания задолженности по обязательству, основанному на протесте векселя в неплатеже, неакцепте и недатировании акцепта, совершенном нотариусом, представляются: подлинный вексель и совершенный нотариусом протест векселя в неплатеже, неакцепте и недатировании акцепта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z624" w:id="429"/>
-[...15 lines deleted...]
-      документы, подтверждающие письменное признание должником суммы задолженности (акт сверки расчетов, подписанный взыскателем и должником и скрепленный печатями (при их наличии), в которых указывается номер договора, ответ на претензию, в котором должник признает обязательство по уплате денежных средств, акцептованное платежное требование или иной документ, оформленный в соответствии с требованиями законодательства и подписанный уполномоченным лицом);</w:t>
+    <w:bookmarkStart w:name="z626" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при истребовании предмета лизинга, в соответствии с договором лизинга или законами Республики Казахстан, представляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z625" w:id="430"/>
-[...15 lines deleted...]
-      3) для взыскания задолженности по обязательству, основанному на протесте векселя в неплатеже, неакцепте и недатировании акцепта, совершенном нотариусом, представляются: подлинный вексель и совершенный нотариусом протест векселя в неплатеже, неакцепте и недатировании акцепта;</w:t>
+    <w:bookmarkStart w:name="z627" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      договор лизинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z626" w:id="431"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z628" w:id="433"/>
+    <w:bookmarkStart w:name="z628" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       письменное предупреждение о возможном истребовании предмета лизинга, направленное лизингополучателю не менее чем за один месяц до подачи заявления и документ, подтверждающий его направление; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z629" w:id="434"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z629" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы, подтверждающие фактическую уплату лизинговых платежей лизингополучателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z630" w:id="435"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z630" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лизингодатель, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О финансовом лизинге", имеет право бесспорного истребования предмета лизинга в следующих случаях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z631" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если использование предмета лизинга лизингополучателем не соответствует условиям договора лизинга или назначению предмета лизинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z632" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если лизингополучатель ограничивает доступ лизингодателя к предмету лизинга;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z631" w:id="436"/>
-[...15 lines deleted...]
-      если использование предмета лизинга лизингополучателем не соответствует условиям договора лизинга или назначению предмета лизинга;</w:t>
+    <w:bookmarkStart w:name="z633" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если лизингополучатель два и более раза подряд в сроки, предусмотренные договором, не вносит лизинговый платеж по договору лизинга в установленном объеме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z632" w:id="437"/>
-[...15 lines deleted...]
-      если лизингополучатель ограничивает доступ лизингодателя к предмету лизинга;</w:t>
+    <w:bookmarkStart w:name="z634" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) для взыскания предмета залога по истечении срока возврата кредита, предъявленного ломбардом к должнику - залогодателю представляется залоговый билет либо договор залога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z633" w:id="438"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z635" w:id="440"/>
+    <w:bookmarkStart w:name="z635" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) для взыскания задолженности по обязательству о взыскании задолженности с собственников квартир, нежилых помещений, парковочных мест, кладовок, уклоняющихся от взносов, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22542,51 +22502,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 статьи 42 Закона Республики Казахстан "О жилищных отношениях":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заверенные взыскателем - объединением собственников имущества, кооперативом собственников квартир, субъектом управления объектом кондоминиума - пронумерованные, прошитые копии документов: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22633,1887 +22593,1887 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заверенную взыскателем - временной управляющей компанией - копию договора с жилищной инспекцией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ о расчете суммы задолженности, о сроках уплаты взносов, расходов и дате возникновения обязательства по их внесению (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или взыскателем заверенная взыскателем выписка из лицевого счета).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z640" w:id="441"/>
+    <w:bookmarkStart w:name="z640" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) для взыскания задолженности по обязательству о взыскании задолженности на основании публичных договоров за фактически потребленные услуги (электро-, газо-, тепло-, водоснабжение и другие), а также иных договоров за услуги согласно установленным тарифам, срок оплаты по которым наступил, представляются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z641" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия индивидуального договора, заверенная взыскателем либо публичный договор, размещенный на официальном сайте взыскателя (для ознакомления с его содержанием);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z642" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ о расчете суммы задолженности по плате за услуги (заверенная взыскателем копия лицевого счета с расчетом суммы задолженности или заверенная взыскателем выписка из лицевого счета).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z641" w:id="442"/>
-[...15 lines deleted...]
-      копия индивидуального договора, заверенная взыскателем либо публичный договор, размещенный на официальном сайте взыскателя (для ознакомления с его содержанием);</w:t>
+    <w:bookmarkStart w:name="z643" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ содержит сведения о сроках уплаты задолженности, о дате возникновения обязанности по внесению платы, о сумме задолженности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z642" w:id="443"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z644" w:id="445"/>
+    <w:bookmarkStart w:name="z644" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) для взыскания задолженности по обязательству о взыскании арендных платежей ввиду их неуплаты в сроки, установленные договором аренды, представляются: договор аренды, претензия о погашении задолженности и документ, подтверждающий его направление; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z645" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) для взыскания начисленных, но не выплаченных работнику заработной платы и иных платежей представляются: копия трудового договора или трудовой книжки; справка работодателя, подписанная первым руководителем, бухгалтером (при наличии) и заверенная печатью организации (при наличии) о размере начисленной заработной платы, доказательство невыплаты начисленной зарплаты (копии платежной ведомости, расчетного листка С 1, справка о задержке или другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z646" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для взыскания задолженности по уплате пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд представляются: справка-подтверждение Государственной корпорации о наличии у работника открытого в ЕНПФ пенсионного счета; справка работодателя, подписанная первым руководителем, бухгалтером (при наличии) и заверенная печатью (при наличии) о размере начисленной суммы пенсионных взносов и перечисленной суммы в ЕНПФ, с указанием суммы задолженности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z645" w:id="446"/>
-[...15 lines deleted...]
-      9) для взыскания начисленных, но не выплаченных работнику заработной платы и иных платежей представляются: копия трудового договора или трудовой книжки; справка работодателя, подписанная первым руководителем, бухгалтером (при наличии) и заверенная печатью организации (при наличии) о размере начисленной заработной платы, доказательство невыплаты начисленной зарплаты (копии платежной ведомости, расчетного листка С 1, справка о задержке или другие).</w:t>
+    <w:bookmarkStart w:name="z647" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) для взыскания задолженности об исполнении соглашений об урегулировании споров, заключенных в порядке партисипативной процедуры, представляется подписанное соглашение и определение суда об его утверждении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z646" w:id="447"/>
-[...15 lines deleted...]
-      Для взыскания задолженности по уплате пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд представляются: справка-подтверждение Государственной корпорации о наличии у работника открытого в ЕНПФ пенсионного счета; справка работодателя, подписанная первым руководителем, бухгалтером (при наличии) и заверенная печатью (при наличии) о размере начисленной суммы пенсионных взносов и перечисленной суммы в ЕНПФ, с указанием суммы задолженности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 223 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра юстиции РК от 05.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 527</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z520" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223-1. Для совершения исполнительной надписи по взысканию неустойки (пени), процентов, если таковые причитаются, за исключением банковских займов, представляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z647" w:id="448"/>
-[...15 lines deleted...]
-      10) для взыскания задолженности об исполнении соглашений об урегулировании споров, заключенных в порядке партисипативной процедуры, представляется подписанное соглашение и определение суда об его утверждении.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      претензия должнику, направленная взыскателем и содержащая указание на неисполненное обязательство (договор, дата), требование о погашении суммы задолженности или исполнения обязательства касательно истребования иного движимого имущества, сумму начисленной неустойки (пени), процентов, период, за который они начислены, срок дачи ответа на претензию должником и предупреждение о праве взыскателя обратиться к нотариусу за совершением исполнительной надписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доказательство направления взыскателем должнику претензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      письменный ответ должника на претензию взыскателя, в котором он признает факт не исполнения обязательства, не приводит доводов исключающих его ответственность за неисполнение обязательства, с указанием договора, даты, суммы задолженности или подлежащего истребованию иного движимого имущества и начисленной неустойки (пени), процентов за указанный в претензии период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Претензия считается доставленной, если она направлена должнику, одним из следующих способов, или способом предусмотренном условиями договора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на адрес электронной почты, указанный в договоре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по месту жительства, указанному в договоре либо по месту регистрации, нарочно с подписью получателя с указанием даты получения или заказным письмом с уведомлением о его вручении, в том числе, полученным одним из совершеннолетних членов семьи, другим лицом, проживающим с лицом по указанному адресу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с использованием иных средств связи, обеспечивающих фиксирование доставки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возврата претензии с отметкой о невозможности ее вручения адресату, получателю, или в связи с отказом в ее принятии, а также не подтверждением его принятия иным средством связи, указанным в настоящем пункте, претензия считается доставленной надлежащим образом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если договором предусмотрен иной механизм взыскания неустойки (пени), процентов, то ее взыскание производится согласно условиям договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 223-1 в соответствии с приказом Министра юстиции РК от 30.09.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224. Для взыскания денежной суммы или истребования иного движимого имущества от должника, нотариус сканирует подлинный документ, подтверждающий обязательство должника и совершает исполнительную надпись в электронном виде. При этом, на подлинном документе, подтверждающем обязательство должника, проставляется отметка о совершении исполнительной надписи с указанием даты и номера, под которым исполнительная надпись зарегистрирована в электронном реестре ЕНИС. Отметка о совершении исполнительной надписи заверяется подписью нотариуса и скрепляется его печатью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления взыскателем документа, устанавливающего задолженность в электронном виде, подписанного электронной цифровой подписью, отметка о совершении надписи на таком документе нотариусом не делается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 223 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 224 - в редакции приказа Министра юстиции РК от 19.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225. По каждому долговому обязательству совершается одна исполнительная надпись, за исключением случаев, когда взыскание задолженности по данному долговому обязательству производится по частям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительная надпись о взыскании задолженности по заработной плате и пенсионным накоплениям совершается отдельно по каждому из этих требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 225 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра юстиции РК от 05.02.2024 </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z520" w:id="449"/>
-[...259 lines deleted...]
-      224. Для взыскания денежной суммы или истребования иного движимого имущества от должника, нотариус сканирует подлинный документ, подтверждающий обязательство должника и совершает исполнительную надпись в электронном виде. При этом, на подлинном документе, подтверждающем обязательство должника, проставляется отметка о совершении исполнительной надписи с указанием даты и номера, под которым исполнительная надпись зарегистрирована в электронном реестре ЕНИС. Отметка о совершении исполнительной надписи заверяется подписью нотариуса и скрепляется его печатью.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226. Исполнительная надпись содержит:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:p>
-[...95 lines deleted...]
-      225. По каждому долговому обязательству совершается одна исполнительная надпись, за исключением случаев, когда взыскание задолженности по данному долговому обязательству производится по частям.</w:t>
+    <w:bookmarkStart w:name="z648" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилию и инициалы нотариуса, совершающего исполнительную надпись;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:p>
-[...95 lines deleted...]
-      226. Исполнительная надпись содержит:</w:t>
+    <w:bookmarkStart w:name="z649" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование взыскателя, его дату рождения, место жительства или место нахождения, индивидуальный идентификационный номер, реквизиты юридического лица, бизнес-идентификационный номер, номер телефона и адрес электронной почты (при их наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z648" w:id="453"/>
-[...15 lines deleted...]
-      1) фамилию и инициалы нотариуса, совершающего исполнительную надпись;</w:t>
+    <w:bookmarkStart w:name="z650" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование должника, его дату и место рождения, место жительства или место нахождения, иной адрес должника, указанный в договоре, индивидуальный идентификационный номер (если он известен заявителю), реквизиты юридического лица, бизнес-идентификационный номер, номер телефона и адрес электронной почты (при их наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z649" w:id="454"/>
-[...15 lines deleted...]
-      2) наименование взыскателя, его дату рождения, место жительства или место нахождения, индивидуальный идентификационный номер, реквизиты юридического лица, бизнес-идентификационный номер, номер телефона и адрес электронной почты (при их наличии);</w:t>
+    <w:bookmarkStart w:name="z651" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обозначение срока, за который производится взыскание;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z650" w:id="455"/>
-[...15 lines deleted...]
-      3) наименование должника, его дату и место рождения, место жительства или место нахождения, иной адрес должника, указанный в договоре, индивидуальный идентификационный номер (если он известен заявителю), реквизиты юридического лица, бизнес-идентификационный номер, номер телефона и адрес электронной почты (при их наличии);</w:t>
+    <w:bookmarkStart w:name="z652" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обозначение суммы, подлежащей взысканию, или предметов, подлежащих истребованию с указанием на идентификационные характеристики, а также суммы неустойки (пени), процентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z651" w:id="456"/>
-[...15 lines deleted...]
-      4) обозначение срока, за который производится взыскание;</w:t>
+    <w:bookmarkStart w:name="z653" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обозначение суммы государственной пошлины или оплаты нотариальных действий частного нотариуса, уплаченной взыскателем, почтовые расходы, понесенные взыскателем при совершении исполнительной надписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z652" w:id="457"/>
-[...15 lines deleted...]
-      5) обозначение суммы, подлежащей взысканию, или предметов, подлежащих истребованию с указанием на идентификационные характеристики, а также суммы неустойки (пени), процентов;</w:t>
+    <w:bookmarkStart w:name="z654" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дату (год, месяц, число) совершения исполнительной надписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z653" w:id="458"/>
-[...15 lines deleted...]
-      6) обозначение суммы государственной пошлины или оплаты нотариальных действий частного нотариуса, уплаченной взыскателем, почтовые расходы, понесенные взыскателем при совершении исполнительной надписи;</w:t>
+    <w:bookmarkStart w:name="z655" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) номер, под которым исполнительная надпись зарегистрирована в реестре;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z654" w:id="459"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z656" w:id="461"/>
+    <w:bookmarkStart w:name="z656" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) подпись и оттиск печати нотариуса, совершившего исполнительную надпись. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z657" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнительная надпись, совершенная в электронном виде посредством единой нотариальной информационной системы, заверяется электронной цифровой подписью нотариуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z658" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) срок и порядок подачи заявления об отмене исполнительной надписи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z657" w:id="462"/>
-[...15 lines deleted...]
-      Исполнительная надпись, совершенная в электронном виде посредством единой нотариальной информационной системы, заверяется электронной цифровой подписью нотариуса;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 226 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227. Нотариус, после совершения исполнительной надписи не позднее следующего рабочего дня, вручает или направляет копию должнику по адресу электронной почты или по последнему известному месту жительства (нахождения) или регистрации должника с использованием средств связи, обеспечивающих фиксирование доставки уведомлением о вручении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z658" w:id="463"/>
-[...15 lines deleted...]
-      10) срок и порядок подачи заявления об отмене исполнительной надписи.</w:t>
+    <w:bookmarkStart w:name="z659" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если исполнительная надпись совершается нотариусом по иному адресу должника, указанному в договоре, то ее копия направляется должнику, как по указанному адресу, так и по последнему известному его месту жительства (нахождения) или регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:p>
-[...77 lines deleted...]
-      227. Нотариус, после совершения исполнительной надписи не позднее следующего рабочего дня, вручает или направляет копию должнику по адресу электронной почты или по последнему известному месту жительства (нахождения) или регистрации должника с использованием средств связи, обеспечивающих фиксирование доставки уведомлением о вручении.</w:t>
+    <w:bookmarkStart w:name="z660" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копия исполнительной надписи считается полученной, если она направлена должнику:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z659" w:id="465"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z661" w:id="467"/>
+    <w:bookmarkStart w:name="z661" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) на адрес электронной почты, указанный в договоре, заключенном между сторонами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z662" w:id="468"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z662" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) по последнему известному месту жительства заказным письмом с уведомлением о его вручении, в том числе полученное одним из совершеннолетних членов семьи, другими лицами, проживающем по указанному адресу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z663" w:id="469"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z663" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) с использованием иных средств связи, обеспечивающих фиксирование доставки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z664" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возврата уведомления с отметкой о невозможности вручения адресату, получателю или в связи с отказом в его принятии, копия исполнительной надписи считается направленной надлежащим образом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z665" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сопроводительное письмо регистрируется в журнале регистрации исходящих документов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z664" w:id="470"/>
-[...15 lines deleted...]
-      В случае возврата уведомления с отметкой о невозможности вручения адресату, получателю или в связи с отказом в его принятии, копия исполнительной надписи считается направленной надлежащим образом.</w:t>
+    <w:bookmarkStart w:name="z666" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы по доставке оплачиваются взыскателем самостоятельно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z665" w:id="471"/>
-[...15 lines deleted...]
-      Сопроводительное письмо регистрируется в журнале регистрации исходящих документов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 227 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228. По истечении десяти рабочих дней со дня вручения копии исполнительной надписи, согласно почтовому уведомлению либо фиксации доставки при использовании иных средств связи и при отсутствии со стороны должника письменного заявления о возражениях на предъявленные требования, нотариус выдает исполнительную надпись взыскателю для предъявления ее к исполнению судебному исполнителю, по месту жительства или местонахождению должника либо по его заявлению направляет ее для исполнения в соответствующий орган юстиции либо направляет в электронном виде исполнительную надпись, удостоверенную электронной цифровой подписью, посредством ЕНИС в государственную автоматизированную информационную систему "Органов исполнительного производства" судебному исполнителю, выбранному взыскателем, либо в региональную палату, с вложением сканированного заявления взыскателя о передаче исполнительной надписи на исполнение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z666" w:id="472"/>
-[...15 lines deleted...]
-      Расходы по доставке оплачиваются взыскателем самостоятельно.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 228 - в редакции приказа Министра юстиции РК от 19.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Если от должника в течение десяти рабочих дней поступило письменное возражение на предъявленное ему требование, нотариус выносит постановление об отмене исполнительной надписи не позднее трех рабочих дней со дня получения возражения против заявленного требования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если в отмене исполнительной надписи по возражению должника отказывается, то нотариус в течении вышеуказанного срока сообщает должнику об этом письменно с указанием оснований причин отказа в отмене исполнительной надписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 227 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 229 - в редакции приказа Министра юстиции РК от 19.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Возражение против заявленного требования подается должником в письменном виде лично нотариусу либо направляется почтой с уведомлением либо на электронную почту нотариуса и регистрируется в журнале регистрации входящих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление, представляемое от имени юридического лица, подписывается первым руководителем, скрепляется печатью (при наличии) юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 230 - в редакции приказа Министра юстиции РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Постановление об отмене исполнительной надписи содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z667" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату и место вынесения постановления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z668" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о нотариусе, выносящем постановление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z669" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о заявителе-должнике, заявившем возражение против предъявленного ему требования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z670" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения об отменяемой исполнительной надписи (когда и кем совершена, сведения о должнике и взыскателе, сумма, подлежащая взысканию, и основание требований);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z671" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подпись и оттиск печати нотариуса, вынесшего постановление об отмене исполнительной надписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z672" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Постановление об отмене исполнительной надписи, совершенной в электронном виде посредством единой нотариальной информационной системы, заверяется электронной цифровой подписью нотариуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 231 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="473"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z26" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Копия постановления об отмене исполнительной надписи либо письменного отказа в отмене исполнительной надписи направляется взыскателю и должнику не позднее следующего рабочего дня после его вынесения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z673" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нотариус делает отметку в реестре нотариальных действий и в электронном реестре ЕНИС об отмене совершенной исполнительной надписи по возражению должника либо в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 228 - в редакции приказа Министра юстиции РК от 19.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 788</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 232 - в редакции приказа Министра юстиции РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="474"/>
-[...503 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="485"/>
+    <w:bookmarkStart w:name="z27" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       233. Оплата за совершение исполнительной надписи частным нотариусом взимается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24528,403 +24488,403 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 30 и подпунктом 22-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 30-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О нотариате".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении за совершением исполнительной надписи взыскателя, освобожденного от уплаты государственной пошлина и/или услуг правового и технического характера, обязанность по их уплате возлагается на должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отмене исполнительной надписи сумма, оплаченная нотариусу, за ее совершение, возврату не подлежит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. В делах нотариуса остается копия выданной взыскателю или направленной исполнительной надписи, а также копия документа, устанавливающего задолженность и уведомление из ЕНИС о направлении исполнительной надписи в государственную автоматизированную информационную систему "Органов исполнительного производства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если для совершения исполнительной надписи, кроме документа, устанавливающего задолженность, необходимо представить и другие документы, по которым взыскание задолженности производится в бесспорном порядке, то они к исполнительной надписи не приобщаются, а остаются в делах нотариуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 234 - в редакции приказа Министра юстиции РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z549" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 26. Удостоверение равнозначности электронного документа, изготовленного нотариусом, документу на бумажном носителе. Удостоверение равнозначности документа, изготовленного нотариусом на бумажном носителе, электронному документу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:p>
-[...152 lines deleted...]
-    <w:bookmarkEnd w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 26 в соответствии с приказом Министра юстиции РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z550" w:id="488"/>
+    <w:bookmarkStart w:name="z550" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Нотариус, путем сканирования изготавливает электронный образ нотариально удостоверенного бумажного документа.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z551" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронный документ содержит весь текст удостоверенного документа, включая удостоверительную надпись нотариуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z552" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нотариус на изготовленном электронном документе совершает удостоверительную надпись и подписывает посредством своей электронной цифровой подписи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z551" w:id="489"/>
-[...15 lines deleted...]
-      Электронный документ содержит весь текст удостоверенного документа, включая удостоверительную надпись нотариуса.</w:t>
+    <w:bookmarkStart w:name="z553" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронный документ, подписанный электронной цифровой подписью нотариуса, располагается в системе ЕНИС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z552" w:id="490"/>
-[...15 lines deleted...]
-      Нотариус на изготовленном электронном документе совершает удостоверительную надпись и подписывает посредством своей электронной цифровой подписи.</w:t>
+    <w:bookmarkStart w:name="z554" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236. Для совершения нотариального действия по удостоверению равнозначности документа, изготовленного нотариусом на бумажном носителе, электронному документу нотариус по обращению лица изготавливает документ на бумажном носителе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z553" w:id="491"/>
-[...15 lines deleted...]
-      Электронный документ, подписанный электронной цифровой подписью нотариуса, располагается в системе ЕНИС.</w:t>
+    <w:bookmarkStart w:name="z555" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о проверке и принадлежности электронной цифровой подписи нотариуса, удостоверившего равнозначность электронного документа документу на бумажном носителе, фиксируется нотариусом в удостоверительной надписи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z554" w:id="492"/>
-[...15 lines deleted...]
-      236. Для совершения нотариального действия по удостоверению равнозначности документа, изготовленного нотариусом на бумажном носителе, электронному документу нотариус по обращению лица изготавливает документ на бумажном носителе.</w:t>
+    <w:bookmarkStart w:name="z556" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бумажный документ содержит весь текст удостоверенного документа, включая удостоверительную надпись нотариуса, удостоверившего равнозначность электронного документа документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z555" w:id="493"/>
-[...15 lines deleted...]
-      Информация о проверке и принадлежности электронной цифровой подписи нотариуса, удостоверившего равнозначность электронного документа документу на бумажном носителе, фиксируется нотариусом в удостоверительной надписи.</w:t>
+    <w:bookmarkStart w:name="z557" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На изготовленном бумажном документе нотариус совершает удостоверительную надпись, подписывает его.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z556" w:id="494"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="495"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25003,494 +24963,494 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 января 2012 года № 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z451" w:id="496"/>
+    <w:bookmarkStart w:name="z451" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министра юстиции Республики</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z452" w:id="497"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z452" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 28 июля 1998 года № 539 "Об утверждении Инструкции о порядке совершения нотариальных действий в Республике Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 564, опубликованный в Бюллетене нормативных правовых актов центральных исполнительных и иных государственных органов Республики Казахстан от 30 ноября 1998 года № 8);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z453" w:id="498"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z453" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 20 ноября 2000 года № 527-к. "О внесении изменений и дополнений в приказ Министра юстиции Республики Казахстан от 28 июля 1998 года № 539" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 1300);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z454" w:id="499"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z454" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра юстиции Республики Казахстан от 16 января 2006 года № 13 "О внесении изменений и дополнений в приказ Министра юстиции Республики Казахстан от 28 июля 1998 № 539" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 4059, опубликованный в газете "Юридическая газета" от 2 февраля 2006 г. № 17 (997));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z455" w:id="500"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z455" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан 22 ноября 2002 года № 175 "О внесении изменений и дополнений в Приказ Министра юстиции Республики Казахстан от 28 июля 1998 года № 539" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 2058, опубликованный в газете "Юридическая газета" от 11 декабря 2002 г. № 50, Бюллетене нормативных правовых актов центральных исполнительных и иных государственных органов Республики Казахстан, 2003 г., № 1, ст. 758);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z456" w:id="501"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z456" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 7 июля 2004 года № 206, № 564 "О внесении изменений и дополнений в приказ Министра юстиции Республики Казахстан от 28 июля 1998 года № 539 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 2949);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z457" w:id="502"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z457" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра юстиции Республики Казахстан от 30 сентября 2010 года № 271 "О внесении изменений и дополнений в приказ Министра юстиции Республики Казахстан от 28 июля 1998 года № 539 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6512, опубликованный в газетах "Юридическая газета", от 29 октября 2010 года № 44 (514); "Егемен Қазақстан" 2010 жылғы 3 қарашадағы № 456 (26299), "Казахстанская правда" от 16.10.2010 г., № 274-275 (26335-26336), бюллетене нормативных правовых актов центральных исполнительных и иных государственных органов Республики Казахстан, 2003 г., № 1, ст. 758);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z458" w:id="503"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z458" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 29.01.2000 года № 7 "О внесении дополнения в Приказ Министра юстиции Республики Казахстан от 28 июля 1998 года № 539" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 1036);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z459" w:id="504"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z459" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 4 ноября 2004 года № 325 "О внесении изменений в некоторые приказы, а также о признании утратившими силу некоторых приказов Министра юстиции Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 3191);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z460" w:id="505"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z460" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра юстиции Республики Казахстан от 10 августа 2005 года № 215 "О внесении дополнений в некоторые приказы Министра юстиции Республики Казахстан по вопросам нотариата" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 3785, опубликованный в газете "Юридическая газета" от 16 августа 2005 г. № 149).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkEnd w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>