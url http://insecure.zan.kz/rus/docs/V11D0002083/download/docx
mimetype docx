--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="920dbd5" w14:textId="920dbd5">
+    <w:p w14:paraId="4a03d3f" w14:textId="4a03d3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,8310 +76,5896 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об установлении водоохранных зон и полос, режима их хозяйственного
-использования в пределах административных границ Алматинской области на реках Большая Алматинка, Тургень, Чилик,  Аксай, Ащибулак, Шарын, Текес, Курты, Аксу, Баскан, Усек, Тентек, Чиже, Сарканд, Лепсы, Хоргос, Борохудзир, Биен, Кызылагаш, Акешки, Чинжалы, Муканчи, Узынкаргалы, Копа, Жирен-Айгыр, Чемолган, Биже, Каркара, Ассы, Жаманты, Кастек, Таргап, Кукузек, Бельбулак, на озерах Сасыкколь, Жаланашколь и Куртинском, Бартогайском водохранилищах</w:t>
+        <w:t>Об установлении водоохранных зон и полос, режима их хозяйственного использования в пределах административных границ Алматинской области на реках Большая Алматинка, Тургень, Чилик, Аксай, Ащибулак, Шарын, Текес, Курты, Узынкаргалы, Копа, Жирен-Айгыр, Чемолган, Каркара, Ассы, Кастек, Таргап, Кукузек, Бельбулак, на Куртинском, Бартогайском водохранилищах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Алматинской области от 21 ноября 2011 года N 246. Зарегистрировано Департаментом юстиции Алматинской области 22 декабря 2011 года N 2083</w:t>
+        <w:t>Постановление акимата Алматинской области от 21 ноября 2011 года N 246. Зарегистрировано Департаментом юстиции Алматинской области 22 декабря 2011 года N 2083.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ:</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание РЦПИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В тексте сохранена авторская орфография и пунктуация.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии со статьями 27, 85 Водного кодекса Республики Казахстан, приказом Министра водных ресурсов и ирригации Республики Казахстан от 9 июня 2025 года № 120-НҚ "Об утверждении Правил установления границ водоохранных зон и полос" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 36238) акимат Алматинской области </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Преамбула в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Установить водоохранные зоны и полосы водных объектов согласно приложению 1 к настоящему постановлению на основании утвержденных проектных документаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рабочий проект по установлению водоохранных зон и полос реки Большая Алматинка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рабочий проект по установлению водоохранных зон и полос реки Тургень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рабочий проект по установлению водоохранных зон и полос реки Чилик;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рабочий проект по установлению водоохранных зон и полос реки Аксай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рабочий проект по установлению водоохранных зон и полос реки Ащибулак;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рабочий проект по установлению водоохранных зон и полос реки Шарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рабочий проект по установлению водоохранных зон и полос реки Текес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) рабочий проект по установлению водоохранных зон и полос реки Курты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) рабочий проект по установлению водоохранных зон и полос реки Узынкаргалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рабочий проект по установлению водоохранных зон и полос реки Копа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) рабочий проект по установлению водоохранных зон и полос реки Жирен-Айгыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) рабочий проект по установлению водоохранных зон и полос реки Чемолган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) рабочий проект по установлению водоохранных зон и полос реки Каркара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) рабочий проект по установлению водоохранных зон и полос реки Ассы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) рабочий проект по установлению водоохранных зон и полос реки Кастек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) рабочий проект по установлению водоохранных зон и полос реки Таргап;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) рабочий проект по установлению водоохранных зон и полос реки Кукузек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) рабочий проект корректировки рабочего проекта по установлению водоохранных зон и полос реки Кукузек (правый берег) в пределах границ земельного участка с кадастровым номером 03-046-043-1696;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) рабочий проект по установлению водоохранных зон и полос реки Бельбулак;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) рабочий проект по установлению водоохранных зон и полос Куртинского водохранилища;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) рабочий проект по установлению водоохранных зон и полос Бартогайского водохранилища.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>       
-[...81 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      2. Установить режим хозяйственного использования в пределах водоохранных зон и полос водных объектов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Управлению водных ресурсов и ирригации Алматинской области совместно с Департаментом "Научно-производственный центр земельного кадастра" - филиал некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" по Алматинской области (по согласованию) отразить на картографических материалах границы водоохранных зон и полос и внести изменения в земельно-учетную документацию согласно утвержденных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аким Алматинской</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мусаханов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акимата Алматинской области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 246 от 21 ноября 2011 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Об установлении водоохранных зон и полос,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>режима их хозяйственного использования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в пределах административных границ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматинской области на реках Большая</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматинка, Тургень, Чилик, Аксай, Ащибулак,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарын, Текес, Курты, Аксу, Баскан, Усек, Тентек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Чиже, Сарканд, Лепсы, Хоргос, Борохудзир, Биен,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кызылагаш, Акешки, Чинжалы, Муканчи,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Узынкаргалы, Копа, Жирен-Айгыр, Чемолган,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Биже, Каркара, Ассы, Жаманты, Кастек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таргап, Кукузек, Бельбулак, на озерах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сасыкколь, Жаланашколь, Куртинском и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бартогайском водохранилищах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z50" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Водоохранная зона и полоса в пределах административных границ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> на основании утвержденных проектных документаций:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Алматинской области на реках Большая Алматинка, Тургень, Чилик,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      1) рабочий проект по установлению водоохранных зон и полос реки Большая Алматинка;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Аксай, Ащибулак, Шарын, Текес, Курты, Аксу, Баскан, Усек,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      2) рабочий проект по установлению водоохранных зон и полос реки Тургень;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тентек, Чиже, Сарканд, Лепсы, Хоргос, Борохудзир, Биен,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      3) рабочий проект по установлению водоохранных зон и полос реки Чилик;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Кызылагаш, Акешки, Чинжалы, Муканчи, Узынкаргалы, Копа,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      4) рабочий проект по установлению водоохранных зон и полос реки Аксай;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жирен-Айгыр, Чемолган, Биже, Каркара, Ассы, Жаманты, Кастек,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      5) рабочий проект по установлению водоохранных зон и полос реки Ащибулак;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Таргап, Кукузек, Бельбулак, на озерах Сасыкколь, Жаланашколь и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1254 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...94 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+        <w:t>Куртинском, Бартогайском водохранилищах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="753"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3233"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>Ширина водоохранной полосы, метр</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водный объект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ширина водоохранной зоны, метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ширина водоохранной полосы, метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Большая Алматинка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>55-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Тургень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550-1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...278 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Чилик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>60-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Аксай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Ащибулак</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Шарын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-200</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Текес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Курты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Узынкаргалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Копа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>50-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Жирен-Айгыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-150</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Чемолган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>55-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Каркара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Ассы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Кастек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Таргап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-850</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Кукузек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>50-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Кукузек в пределах границ земельного участка (кадастровый номер 03-046-043-1969)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Река Бельбулак</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Куртинское водохранилище</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бартогайское водохранилище</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="753" w:type="dxa"/>
-[...2308 lines deleted...]
-              <w:t>35-100</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к постановлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акимата Алматинской области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 246 от 21 ноября 2011 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Об установлении водоохранных зон и полос,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>режима их хозяйственного использования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в пределах административных границ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматинской области на реках Большая</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматинка, Тургень, Чилик, Аксай, Ащибулак,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарын, Текес, Курты, Аксу, Баскан, Усек, Тентек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Чиже, Сарканд, Лепсы, Хоргос, Борохудзир, Биен,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кызылагаш, Акешки, Чинжалы, Муканчи,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Узынкаргалы, Копа, Жирен-Айгыр, Чемолган,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Биже, Каркара, Ассы, Жаманты, Кастек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таргап, Кукузек, Бельбулак, на озерах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сасыкколь, Жаланашколь, Куртинском и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бартогайском водохранилищах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-Приложение 2</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 в редакции постановления акимата Алматинской области от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Режим хозяйственного использования водоохранных зон и полос Алматинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На поверхностных водных объектах запрещаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z50" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение операций по недропользованию, за исключением поисково-оценочных работ на подземные воды и их забора, операций по разведке или добыче углеводородов в казахстанском секторе Каспийского моря, а также старательства, добычи соли поваренной, лечебных грязей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z51" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) загрязнение и засорение радиоактивными и токсичными веществами, твердыми бытовыми и производственными отходами, ядохимикатами, удобрениями, нефтяными, химическими продуктами в твердом и жидком виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z52" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сброс сточных вод, не очищенных до нормативов допустимых сбросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z53" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) забор и (или) использование вод без утвержденного водного режима и разрешения на специальное водопользование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z54" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) купание и санитарная обработка сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z55" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проведение работ, связанных со строительной деятельностью, сельскохозяйственными работами, бурением скважин, санацией поверхностных водных объектов, и иных работ без согласования с бассейновой водной инспекцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z56" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) захоронение выведенных из эксплуатации (поврежденных) судов и иных плавучих средств, транспортных средств (их механизмов и частей).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z57" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2. В пределах водоохранных полос запрещаются любые виды хозяйственной деятельности, а также предоставление земельных участков для ведения хозяйственной и иной деятельности, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z58" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1) строительства и эксплуатации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z59" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       водохозяйственных сооружений и их коммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z60" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       мостов, мостовых сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z61" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       причалов, портов, пирсов и иных объектов инфраструктуры, связанных с деятельностью водного транспорта, охраны рыбных ресурсов и других водных животных, рыболовства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z62" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       рыбоводных прудов, рыбоводных бассейнов и рыбоводных объектов, а также коммуникаций к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z63" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       детских игровых и спортивных площадок, пляжей, аквапарков и других рекреационных зон без капитального строительства зданий и сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z64" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       пунктов наблюдения за показателями состояния водных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z65" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2) берегоукрепления, лесоразведения и озеленения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z66" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) деятельности, разрешенной подпунктом 1) пункта 1 настоящего режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z67" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3. В пределах водоохранных зон запрещаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z68" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1) ввод в эксплуатацию новых и реконструированных объектов, не обеспеченных сооружениями и устройствами, предотвращающими загрязнение и засорение поверхностных водных объектов, водоохранных зон и полос;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z69" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2) размещение и строительство автозаправочных станций, складов для хранения нефтепродуктов, пунктов технического осмотра, обслуживания, ремонта и мойки транспортных средств и сельскохозяйственной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z70" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3) размещение и строительство складов и площадок для хранения удобрений, пестицидов, ядохимикатов, навоза и их применение. При необходимости проведения вынужденной санитарной обработки в водоохранной зоне допускается применение мало- и среднетоксичных нестойких пестицидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z71" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       4) размещение и устройство свалок твердых бытовых и промышленных отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z72" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       5) размещение кладбищ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z73" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       6) выпас сельскохозяйственных животных с превышением нормы нагрузки, размещение животноводческих хозяйств, убойных площадок (площадок по убою сельскохозяйственных животных), скотомогильников (биотермических ям), специальных хранилищ (могильников) пестицидов и тары из-под них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z74" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       7) размещение накопителей сточных вод, полей орошения сточными водами, а также других объектов, обусловливающих опасность радиационного, химического, микробиологического, токсикологического и паразитологического загрязнения поверхностных и подземных вод.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-к постановлению</w:t>
-[...261 lines deleted...]
-        <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...386 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>