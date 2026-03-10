--- v0 (2025-11-13)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="81611a6" w14:textId="81611a6">
+    <w:p w14:paraId="149194b" w14:textId="149194b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -192,120 +192,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан от 4 июля 2003 года "Об автомобильном транспорте" и подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "Об автомобильном транспорте" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра индустрии и инфраструктурного развития РК от 17.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 210</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1070,51 +1080,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) грузовые автомобили (допустимый общий вес которых, включая прицеп, более 6 тонн, или допустимая полезная нагрузка, включая прицеп, более 3,5 тонн и (или) специализированные автомобили (предназначенные для перевозки определенных видов грузов) и (или) специальными автомобилями (предназначенными для выполнения различных, преимущественно нетранспортных работ), находящиеся в постоянном или временном владении, в том числе по договору лизинга, за исключением арендованных с экипажем, договора о совместной деятельности, агентского соглашения, где предусмотрена передача иностранных разрешений второй стороне договора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z262" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) трудоустроенных водителей, включая иностранных граждан, в количестве не меньшем количества автотранспортных средств, указанных в подпункте 1) настоящего пункта и имеющих действующую карточку водителя, выданного в Республике Казахстан при использовании электронных (цифровых) тахографов.</w:t>
+      2) трудоустроенных водителей, включая иностранных граждан, в количестве не меньшем количества автотранспортных средств (без дублирования, за исключением полуприцепов (прицепов)), указанных в подпункте 1) настоящего пункта и имеющих действующую карточку водителя, выданного в Республике Казахстан при использовании электронных (цифровых) тахографов. При этом, индивидуальные предприниматели могут учитываться как водитель.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z263" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К осуществлению международных автомобильных перевозок грузов допускаются автотранспортные средства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z264" w:id="19"/>
     <w:p>
@@ -1219,51 +1229,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z134" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1292,138 +1322,272 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) карточки допуска на автотранспортное средство (далее – карточки допуска) – разрешительный документ в форме электронного документа, разрешающий использование автотранспортного средства в международных автомобильных перевозках грузов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z136" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) удостоверение допуска (далее – Допуск) к осуществлению международных автомобильных перевозок грузов – разрешительный документ в форме электронного документа, дающий право автомобильным перевозчикам Республики Казахстан осуществлять международные автомобильные перевозки грузов.</w:t>
+      2) удостоверение допуска (далее – Допуск) к осуществлению международных автомобильных перевозок грузов – разрешительный документ в форме электронного документа, дающий право автомобильным перевозчикам Республики Казахстан осуществлять международные автомобильные перевозки грузов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) услугополучатель – индивидуальные предприниматели и юридические лица, за исключением филиалов юридических лиц, центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) услугодатель – территориальные органы Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан, оказывающие государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) веб-портал "электронного правительства" (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иные понятия, используемые в настоящих Правилах, применяются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z137" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок выдачи Допуска и карточки допуска</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z138" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Оформление и выдачу Допуска и (или) карточки допуска осуществляют территориальные органы Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – услугодатель).</w:t>
+      4. Оформление и выдачу Допуска и (или) карточки допуска осуществляют услугодатель.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 105</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z139" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1572,51 +1736,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z269" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Физические и юридические лица (далее – услугополучатели) для получения Допуска без применения иностранного разрешения и карточки допуска без применения иностранного разрешения направляют услугодателю через веб-портал "электронного правительства" (далее - портал):</w:t>
+      Услугополучатели для получения Допуска без применения иностранного разрешения и карточки допуска без применения иностранного разрешения направляют услугодателю через Портал:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z270" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление в форме электронного документа, подписанное электронной цифровой подписью (далее – ЭЦП) услугополучателя, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1741,51 +1905,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z151" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1814,658 +1998,704 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок осуществления международных автомобильных перевозок грузов в течение шести месяцев подтверждается следующими документами за последние шесть месяцев:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z277" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) товарно-транспортными накладными (ТТН), международными товарно-транспортными накладными (CMR), не менее 1 ТТН и/или CMR за каждые 3 месяца предыдущих шести месяцев, подтверждающих осуществление услугополучателем перевозок с участием автотранспортных средств на которые были получены карточки допуска, за исключением на полуприцеп (прицеп);</w:t>
+      1) товарно-транспортными накладными (ТТН), международными товарно-транспортными накладными (CMR), не менее 1 ТТН и/или CMR за каждые 3 месяца предыдущих шести месяцев, подтверждающих осуществление услугополучателем перевозок с участием автотранспортных средств, на которые были получены услугополучателем карточки допуска без применения иностранного разрешения, за исключением на полуприцеп (прицеп);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z278" w:id="44"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z279" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведениями о трудоустроенных сотрудниках с единой системы учета трудовых договоров (далее - ЕСУТД) водителей грузовых автотранспортных средств, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 3 сентября 2020 года № 353 "Об утверждении Правил представления и получения сведений о трудовом договоре в единой системе учета трудовых договоров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21173), за исключением индивидуальных предпринимателей, имеющих на балансе не более одного автотранспортного средства находящегося в собственности услугополучателя и осуществляющего деятельность без использования наемного труда;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z281" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) действующими карточками водителя, выданными в Республике Казахстан при использовании электронных (цифровых) тахографов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z280" w:id="46"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 105</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">5) исключен приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Услугополучатели, для получения Допуска с применением иностранного разрешения и карточки допуска с применением иностранного разрешения направляют услугополучателю через портал:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z284" w:id="50"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Услугополучатели, для получения Допуска с применением иностранного разрешения и карточки допуска с применением иностранного разрешения направляют услугодателю через портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z284" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление в форме электронного документа, подписанный ЭЦП услугополучателя, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в зависимости от получаемой государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z285" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z285" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документы, предусмотренные пунктом 8 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z286" w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z286" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) цветную электронную копию договора аренды автотранспортного средства (в случае аренды автотранспортного средства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z287" w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z287" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) цветную электронную копию свидетельства о периодической проверке (инспекции) тахографа, за исключением на полуприцеп (прицеп);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z288" w:id="54"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z288" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цветную электронную копию сертификата о поверке тахографа, за исключением на полуприцеп (прицеп).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z289" w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z289" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии у Услугополучателя Допуска с применением иностранного разрешения для получения карточки допуска с применением иностранного разрешения в случае покупки нового автотранспортного средства и/или аренды автотранспортного средства направление услугодателю документов, предусмотренных подпунктом 1) пункта 8 настоящих Правил, не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z291" w:id="57"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z291" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдача карточек допуска с применением иностранного разрешения и без применения иностранного разрешения на следующие автотранспортные средства не допускается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z292" w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z292" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на арендованные автотранспортные средства с экипажем (договор о совместной деятельности, агентские соглашения, где предусмотрено передача иностранных разрешений второй стороне договора);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z293" w:id="59"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z293" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) на арендованные автотранспортные средства, принадлежащие иностранному лицу, юридическому лицу с иностранным участием;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z294" w:id="60"/>
+      2) на арендованные автотранспортные средства, принадлежащие иностранному лицу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z294" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на автотранспортные средства находящихся на временном государственном учете на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z295" w:id="61"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z295" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдача карточек допуска с применением иностранного разрешения и без применения иностранного разрешения на одно и то же автотранспортное средство, арендованное более двух раз за последние 6 (шесть) месяцев, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z296" w:id="62"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z296" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель обеспечивает полноту и достоверность сведений в заявлении и предоставляемых документах (государственный регистрационный знак, тип, марка, модель транспортного средства, дата его выпуска, сведения о договоре аренды автотранспортных средств (при наличии) и копии свидетельства о периодической проверке (инспекции) тахографа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="63"/>
+    <w:bookmarkStart w:name="z174" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Услугополучатель уведомляет услугодателя об изменениях сведений, заявленных им при получении Допуска с применением иностранного разрешения и (или) карточки допуска с применением иностранного разрешения и представляют документы, подтверждающие такие изменения, в течение пяти рабочих дней со дня изменения таких сведений или дня, когда ему стало известно об их изменении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении изменения сведений, заявленных при получении Допуска с применением иностранного разрешения и (или) карточки допуска с применением иностранного разрешения, невозврата перевозчиком более пятидесяти процентов полученных иностранных разрешений свыше установленного срока возврата, услугодатель в течение 2 (двух) рабочих дней направляет услугополучателю уведомление о приостановлении действия Допуска с применением иностранного разрешения и (или) карточки допуска с применением иностранного разрешения до устранения нарушения. Устранением нарушения является обеспечение возврата полученных иностранных разрешений свыше пятидесяти процентов и подача запроса согласно пункту 18 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2502,191 +2732,253 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="64"/>
+    <w:bookmarkStart w:name="z176" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При обращении услугополучателя в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием адреса и даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z177" w:id="65"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z177" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z178" w:id="66"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z178" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, подтверждающем оплату в бюджет суммы пошлины (в случае оплаты через ПШЭП) о прохождении автотранспортным средством государственного или обязательного технического осмотра, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z179" w:id="67"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z179" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Срок оказания государственной услуги составляет 2 (два) рабочих дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z180" w:id="68"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z180" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок направления мотивированного ответа об отказе в оказании государственной услуги составляет 2 (два) рабочих дня со дня подачи заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z181" w:id="69"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z181" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Услугодатель в течение двух рабочих дней с момента поступления документов на получение государственной услуги проверяет полноту и достоверность сведений в заявлении и предоставленных документах.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z182" w:id="70"/>
+      13. Услугодатель в течение 2 (двух) рабочих дней с момента поступления документов на получение государственной услуги проверяет полноту и достоверность сведений в заявлении и предоставленных документах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. По результатам рассмотрения представленных документов, в кабинет пользователя направляется результат оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, согласно перечню, предусмотренного пунктом 9 Перечня основных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z183" w:id="71"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z183" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма Допуска с применением иностранного разрешения приведена в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2741,372 +3033,434 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и карточка допуска без применения иностранного разрешения приведена в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z184" w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z184" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z185" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z185" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений, данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z186" w:id="74"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z186" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области транспорта в течение 3 (трех) рабочих дней после государственной регистрации подзаконного нормативного правового акта, направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила, определяющие порядок оказания государственной услуги, услугодателю, оператору информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z187" w:id="75"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z187" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Территориальные органы отказывают в выдаче Допуска и (или) карточки допуска по следующим основаниям:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z188" w:id="76"/>
+      16. Услугодатель отказывает в выдаче Допуска и (или) карточки допуска по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z188" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установления недостоверности документов, предоставляемых отечественным перевозчиком (услугополучателем) для получения государственной услуги и (или) данных (сведений) содержащих в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z189" w:id="77"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z189" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) несоответствия отечественного перевозчика (услугополучателя) и (или) предоставленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z190" w:id="78"/>
+      2) несоответствия услугополучателя и (или) предоставленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z190" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в отношении отечественного перевозчика (услугополучателя) имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получение определенной государственной услуги.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z191" w:id="79"/>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получение определенной государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z192" w:id="80"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z192" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z193" w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z193" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z194" w:id="82"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z194" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z195" w:id="83"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z195" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z196" w:id="84"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z196" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z197" w:id="85"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z197" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z198" w:id="86"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z198" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Заявление на получение нового Допуска и (или) карточки допуска в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3161,593 +3515,769 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам для рассмотрения территориальным органом в сроки указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z199" w:id="87"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z199" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Отечественному перевозчику выдается новый Допуск и (или) карточки допуска в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z200" w:id="88"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z200" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменения фамилии, имени, отчества (при наличии), наименования, местонахождения индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z201" w:id="89"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z201" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) изменения наименования, местонахождения, перерегистрации и(или) реорганизации юридического лица; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z202" w:id="90"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z202" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) замены государственного регистрационного номерного знака автотранспортного средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z203" w:id="91"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z203" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) истечения срока действия Допуска и (или) карточки допуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z205" w:id="93"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z204" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении нового Допуска и (или) карточки допуска сохраняется история перевозчика по получению и возврату иностранных разрешений в системе ИАС ТБД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Допуск и (или) карточка допуска прекращают свое действие при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z298" w:id="94"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z298" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) прекращении деятельности индивидуального предпринимателя, ликвидации или прекращений деятельности в результате реорганизации юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z299" w:id="95"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z299" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) изменении регистрационных данных автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z300" w:id="96"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z300" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) истечении срока договора аренды автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z301" w:id="97"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z301" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) снятии с государственной регистрации и учета автотранспортного средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z302" w:id="98"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z302" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) установлении территориальными органами и (или) Комитетом автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – Комитет) несоответствий пунктам 2 и 8 настоящих Правил;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z303" w:id="99"/>
+      5) установлении услугодателям несоответствий пунктам 2 и 8 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z303" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) фальсификации, связанной с применением иностранного разрешения (замена ГРНЗ автотранспортного средства с целью сокрытия передачи иностранного разрешения третьим лицам, под видом корректно использованного, передачи иностранного разрешения другому лицу) за последние 12 (двенадцать) месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z304" w:id="100"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z304" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) установлении отсутствия перевозчика по месту нахождения, указанного в заявлении на получение Допуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z305" w:id="101"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z305" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) наличии допуска у другого юридического лица, в котором учредитель и (или) руководитель услугополучателя являются учредителем и(или) руководителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z306" w:id="102"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z306" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При установлении случаев, предусмотренных подпунктами 1) - 8) настоящего пункта в течение 1 (одного) рабочего дня прекращение действия Допуска и (или) карточки допуска осуществляется территориальным органом и (или) Комитетом путем аннулирования их в системе электронной подачи заявок с уведомлением индивидуального предпринимателя и (или) юридического лица, получившего Допуск и (или) карточки допуска в течение 5 (пяти) рабочих дней с момента прекращения действия Допуска и (или) карточки допуска.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
+      При установлении случаев, предусмотренных подпунктами 1) - 8) настоящего пункта в течение 1 (одного) рабочего дня прекращение действия Допуска и (или) карточки допуска осуществляется услугодателям путем аннулирования их в системе электронной подачи заявок с уведомлением индивидуального предпринимателя и (или) юридического лица, получившего Допуск и (или) карточки допуска в течение 5 (пяти) рабочих дней с момента прекращения действия Допуска и (или) карточки допуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="103"/>
+    <w:bookmarkStart w:name="z215" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Допуск без применения иностранных разрешений выдается на 2 (два) года, Допуск с применением иностранных разрешений выдается на 5 (пять) лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z216" w:id="104"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z216" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Карточка допуска выдается на 2 (два) года. На арендованные автотранспортные средства срок действия карточки допуска определятся исходя из срока договора аренды, но не более 2 (двух) лет с момента ее выдачи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="105"/>
+      Карточка допуска выдается на 5 (пять) лет. На арендованные автотранспортные средства срок действия карточки допуска определятся исходя из срока договора аренды, но не более 2 (двух) лет с момента ее выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменением, внесенным приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Карточки допуска оформляются на каждый автомобиль-тягач и отдельно на полуприцеп (прицеп).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z218" w:id="106"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z218" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Допуск и (или) карточки допуска не подлежат передаче другим отечественным перевозчикам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z219" w:id="107"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z219" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наличие на автотранспортное средство более одной действующей карточки допуска не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z220" w:id="108"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z220" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Учет выданных Допусков и (или) карточек допуска осуществляется в ИАС ТБД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Исключен приказом Министра транспорта РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3839,92 +4369,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к осуществлению международных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автомобильных перевозок грузов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z307" w:id="110"/>
+    <w:bookmarkStart w:name="z307" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача удостоверения о допуске к осуществлению международных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>автомобильных перевозок и карточки допуска на автотранспортные средства"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра транспорта РК от 28.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6075,64 +6605,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа транспортного контроля)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z309" w:id="111"/>
+      <w:bookmarkStart w:name="z309" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на получение Удостоверения допуска к осуществлению международных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7782,64 +8312,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа транспортного контроля)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z311" w:id="112"/>
+      <w:bookmarkStart w:name="z311" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на получение Удостоверения допуска к осуществлению международных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9411,93 +9941,93 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Герб Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство индустрии и инфраструктурного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="113"/>
+    <w:bookmarkStart w:name="z234" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              ШЕТЕЛДІК РҰҚСАТТЫ ҚОЛДАНА ОТЫРЫП, ХАЛЫҚАРАЛЫҚ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   АВТОМОБИЛЬМЕН ЖҮК ТАСЫМАЛДАУДЫ ЖҮЗЕГЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               АСЫРУҒА РҰҚСАТ КУӘЛІГІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z235" w:id="114"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z235" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -9506,51 +10036,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             АВТОМОБИЛЬНЫХ ПЕРЕВОЗОК ГРУЗОВ С ПРИМЕНЕНИЕМ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         ИНОСТРАННОГО РАЗРЕШЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу №/Регистрационный №______ от "____" __________ 20___ жылғы/года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10186,134 +10716,134 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Герб Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство индустрии и инфраструктурного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="115"/>
+    <w:bookmarkStart w:name="z238" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              ШЕТЕЛДІК РҰҚСАТТЫ ҚОЛДАНБАЙ, ХАЛЫҚАРАЛЫҚ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        АВТОМОБИЛЬМЕН ЖҮК ТАСЫМАЛДАУДЫ ЖҮЗЕГЕ АСЫРУҒА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                РҰҚСАТ КУӘЛІГІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z239" w:id="116"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z239" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        УДОСТОВЕРЕНИЕ ДОПУСКА К ОСУЩЕСТВЛЕНИЮ МЕЖДУНАРОДНЫХ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             АВТОМОБИЛЬНЫХ ПЕРЕВОЗОК ГРУЗОВ БЕЗ ПРИМЕНЕНИЯ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         ИНОСТРАННОГО РАЗРЕШЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу №/Регистрационный №______ от "____" __________ 20___ жылғы/года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10969,64 +11499,64 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерство транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z313" w:id="117"/>
+      <w:bookmarkStart w:name="z313" w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШЕТЕЛДІК РҰҚСАТТЫ ҚОЛДА ОТЫРЫП, АВТОКӨЛІК ҚҰРАЛДАРЫНА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РҰҚСАТ БЕРУ КАРТОЧКАСЫ (ХАЛЫҚАРАЛЫҚ ЖҮК ТАСЫМАЛЫНА)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11750,64 +12280,64 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерство транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z315" w:id="118"/>
+      <w:bookmarkStart w:name="z315" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШЕТЕЛДІК РҰҚСАТТЫ ҚОЛДАНБАЙ, АВТОКӨЛІК ҚҰРАЛДАРЫНА РҰҚСАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БЕРУ КАРТОЧКАСЫ (ХАЛЫҚАРАЛЫҚ ЖҮК ТАСЫМАЛЫНА)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12509,68 +13039,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование органа транспортного контроля)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="119"/>
+    <w:bookmarkStart w:name="z317" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на получение нового Удостоверения допуска к осуществлению международных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14258,64 +14788,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа транспортного контроля)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z319" w:id="120"/>
+      <w:bookmarkStart w:name="z319" w:id="115"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на получение нового Удостоверения допуска к осуществлению международных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16128,31 +16658,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>