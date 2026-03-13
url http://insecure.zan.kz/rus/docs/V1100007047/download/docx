--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8509038" w14:textId="8509038">
+    <w:p w14:paraId="56d5d9b" w14:textId="56d5d9b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1034,621 +1034,645 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 34-1 Закона Республики Казахстан "Об акционерных обществах" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 1</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственных закупках" и соответствует следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие опыта по оценке систем корпоративного управления не менее пяти лет или в десяти крупных компаниях в Казахстане;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z46" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие сформированной проектной команды в количестве не менее пяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, предъявляемые к квалификации и опыту работы членов проектной команды указываются акционерным обществом в техническом задании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра национальной экономики РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказами Министра национальной экономики РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для оценки корпоративного управления используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       внутренние документы акционерного общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы о результатах основной деятельности (финансовая отчетность, отчетность, предоставляемая акционерам);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы, характеризующие отношения с внешними сторонами (договоры и соглашения, сведения, полученные путем анкетирования руководителей Объекта, сведения из иных источников (средства массовой информации, корпоративный интернет-сайт);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общедоступная информация об акционерном обществе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные источники информации, не противоречащие законодательству Республики Казахстан, условиям договора на оказание услуг, условиям технического задания или внутренним документам акционерного общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       результаты очных или дистанционных интервью членов исполнительного органа, членов совета директоров, независимых директоров, корпоративных секретарей, также по их желанию миноритарных акционеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Акционерное общество разрабатывает проект технического задания на проведение оценки корпоративного управления и направляет его в Национальную палату предпринимателей Республики Казахстан для согласования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Срок, устанавливаемый для представления заключения на проект технического задания на проведение оценки корпоративного управления, составляет не более десяти рабочих дней с момента его поступления в Национальную палату предпринимателей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае непредставления Национальной палатой предпринимателей Республики Казахстан заключения в установленный срок проект технического задания на проведение оценки корпоративного управления считается согласованным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Акционерное общество при согласии с заключением вносит в проект технического задания соответствующие изменения и (или) дополнения. Повторное согласование проекта технического задания не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В случае несогласия с заключением акционерное общество в срок не более десяти рабочих дней со дня получения заключения направляет в Национальную палату предпринимателей Республики Казахстан ответ с обоснованием причин несогласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Независимая организация проводит оценку корпоративного управления с учетом принципов корпоративного управления Организаций экономического сотрудничества и развития, рекомендаций Организаций экономического сотрудничества и развития по корпоративному управлению для компаний с государственным участием, иных международных и/или принятых в Республике Казахстан рекомендации по корпоративному управлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. По результатам оценки независимой организацией готовится отчет по итогам оценки корпоративного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчет по итогам оценки корпоративного управления содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общий рейтинг корпоративного управления и рейтинги по компонентам и подкомпонентам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       характеристику системы корпоративного управления в акционерном обществе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негативное (сдерживающее) влияние акционера на практику корпоративного управления, выраженное в рейтинговых пунктах и разбитое по факторам влияния;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание ключевых положительных моментов и недостатков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подробное описание положительных моментов и недостатков корпоративного управления в акционерном обществе с обоснованием отнесения того или иного факта к положительным моментам или недостаткам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рекомендации по устранению выявленных несоответствий и дальнейшему совершенствованию системы корпоративного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Результаты по итогам оценки корпоративного управления выносятся на рассмотрение совета директоров акционерного общества в течение тридцати календарных дней с момента подготовки отчета по итогам оценки корпоративного управления. В течении десяти календарных дней с момента рассмотрения на совете директоров акционерного общества отчет размещается на интернет-ресурсе акционерных обществ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>