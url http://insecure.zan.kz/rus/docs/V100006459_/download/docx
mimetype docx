--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="741704d" w14:textId="741704d">
+    <w:p w14:paraId="dc3287c" w14:textId="dc3287c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,82 +77,120 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил представления респондентами первичных статистических данных</w:t>
+        <w:t>Об утверждении Правил представления респондентами достоверных первичных статистических данных по утвержденным статистическим формам при проведении статистических наблюдений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Агентства Республики Казахстан по статистике от 9 июля 2010 года № 173. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 сентября 2010 года № 6459.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание РЦПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок введения в действие приказа см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -179,61 +217,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 9)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике" и </w:t>
+        <w:t>подпунктом 37)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -248,51 +286,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 28.09.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2236,64 +2274,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Председателя Агентства</w:t>
+              <w:t>Председателя Агентства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2308,2488 +2346,1448 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июля 2010 года № 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...23 lines deleted...]
-        <w:t>данных</w:t>
+        <w:t xml:space="preserve"> Правила представления респондентами достоверных первичных статистических данных по утвержденным статистическим формам при проведении статистических наблюдений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила в редакции приказа Председателя Комитета по статистике Министерства национальной экономики РК от 20.11.2017 </w:t>
+      Сноска. Правила - в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 178</w:t>
+        <w:t>№ 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила представления респондентами первичных статистических данных (далее – Правила) разработаны в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике" (далее – Закон) и определяют порядок представления первичных статистических данных в органы государственной статистики.</w:t>
+      1. Правила представления респондентами достоверных первичных статистических данных по утвержденным статистическим формам при проведении статистических наблюдений (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 37)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ и определяют порядок представления достоверных первичных статистических данных по утвержденным статистическим формам при проведении статистических наблюдений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Понятия, используемые в настоящих Правилах, употребляются в том значении, в котором они указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике" (далее – Закон).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок представления респондентами достоверных первичных статистических данных по утвержденным статистическим формам при проведении статистических наблюдений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Респонденты представляют достоверные первичные статистические данные согласно графику представления респондентами первичных статистических данных (далее – График), утверждаемом в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      4. Наименование, сроки, периодичность и адрес представления статистических форм, круг респондентов, номер и дата приказа об утверждении статистических форм, указываются на титульных листах статистических форм общегосударственного и ведомственного статистического наблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+      5. Первичные статистические данные по общегосударственным статистическим наблюдениям представляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в электронном виде через "Кабинет респондента" на официальном интернет-ресурсе ведомства уполномоченного органа в области государственной статистики www.stat.gov.kz (далее – интернет-ресурс ведомства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на бумажном носителе, представленном нарочно либо посредством почтовых служб связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) посредством компьютеризированной системы телефонного опроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при проведении личного опроса интервьюером, с использованием бумажного носителя либо персонального вычислительного устройства (планшет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первичные статистические данные по ведомственным статистическим наблюдениям представляются на бумажных носителях или в электронном виде с использованием электронной цифровой подписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представление респондентами первичных статистических данных по общегосударственным статистическим наблюдениям иными способами не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В условиях карантина, чрезвычайного положения, запрещающего перемещения, респонденты представляют первичные статистические данные в электронном виде через "Кабинет респондента" на интернет-ресурсе ведомства или посредством компьютеризированной системы телефонного опроса, за исключением домашних хозяйств, предоставляющих первичные статистические данные интервьюерам территориальных подразделений ведомства уполномоченного органа в области государственной статистики (далее – территориальные подразделения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Дата фиксации представления статистических форм общегосударственных статистических наблюдений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в электронном виде через "Кабинет респондента" на интернет-ресурсе ведомства системная дата фиксируется автоматически;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Понятия используемые в настоящих Правилах, употребляются в том значении, в котором они указаны в </w:t>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z188" w:id="18"/>
+      2) на бумажном носителе, дата фиксируется на титульных листах штампом территориальных подразделений представленном нарочно, либо почтовым штемпелем почтовых служб представленном посредством почтовых служб связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) посредством компьютеризированной системы телефонного опроса системная дата фиксируется автоматически;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z189" w:id="19"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) при личном опросе интервьюером респондента с использованием бумажного носителя и (или) персонального вычислительного устройства (планшет) системная дата фиксируется автоматически.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z190" w:id="20"/>
+      4) при личном опросе интервьюером респондента с использованием бумажного носителя дата фиксируется интервьюером в день посещения респондента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дата представления статистических форм ведомственных статистических наблюдений:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z191" w:id="21"/>
+      5) при опросе интервьюером респондента с использованием персонального вычислительного устройства (планшет) системная дата фиксируется автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата фиксации представления статистических форм ведомственных статистических наблюдений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на бумажных носителях фиксируется сотрудниками государственных органов и Национального Банка Республики Казахстан, проводящих ведомственные статистические наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z192" w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в электронном виде фиксируется системная дата автоматически.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z193" w:id="23"/>
+      2) в электронном виде через "Кабинет респондента" на официальном интернет-ресурсе ведомства системная дата фиксируется автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если последний день срока представления статистических форм приходится на нерабочий день, днем окончания срока представления статистических форм считается следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Круг респондентов, подлежащих общегосударственным статистическим наблюдениям, определяется по данным статистических регистров с учетом метода наблюдения (сплошного или выборочного). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отбор респондентов для включения их в выборочные наблюдения проводится согласно Методике по проведению выборочных обследований предприятий, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан № 169 от 22 августа 2016 года, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14250), и Методике по проведению выборочных обследований домашних хозяйств, утвержденной приказом Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан № 266 от 11 ноября 2016 года, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14515), а также статистических методологий по общегосударственным статистическим наблюдениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      8. Перечень статистических форм по общегосударственным статистическим наблюдениям, необходимых для представления, респонденты получают самостоятельно в "Кабинете респондента" на интернет-ресурсе ведомства путем ввода индивидуального идентификационного номера (ИИН) физического лица или бизнес-идентификационного номера (БИН) юридического лица или в территориальных подразделениях, согласно запросу респондента, а также через мобильное приложение "Кабинет респондента".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+      Респонденты согласно полученному перечню статистических форм, необходимых для представления в территориальные подразделения самостоятельно уточняют результат включения в выборочное обследование, через "Кабинет респондента" на интернет-ресурсе ведомства или в территориальных подразделениях по месту нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Круг респондентов, подлежащих общегосударственным статистическим наблюдениям, определяется по данным статистических регистров с учетом метода наблюдения (сплошного или выборочного). </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+      Перечень статистических форм, необходимых для представления, формируется согласно плану статистических работ, утверждаемым в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Респондентам с установленной периодичностью направляются напоминания о необходимости представления статистических форм, посредством push-уведомлений через мобильное приложение "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Круг респондентов, подлежащих ведомственным статистическим наблюдениям, определяется государственными органами, проводящими ведомственные статистические наблюдения, и Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По ведомственным статистическим наблюдениям респонденты получают перечень статистических форм, необходимых для заполнения, предоставленных государственными органами, относящихся к органам государственной статистики, за исключением Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Респондент при возникновении необходимости повторного представления статистической формы общегосударственного статистического наблюдения до окончания срока ее представления самостоятельно вносит изменения и пересдает отчет в "Кабинете респондента" на интернет-ресурсе ведомства, либо представляет в территориальные подразделения на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Респондент при обращении должностных лиц органов государственной статистики для подтверждения достоверности первичных статистических данных представляет дополнительную информацию, в том числе в виде представления финансовых или бухгалтерских документов, за исключением информации с ограниченным доступом, предусмотренной законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Филиалы, представительства и иные обособленные структурные подразделения юридических лиц представляют статистические формы по месту своего нахождения, если им делегированы полномочия по представлению статистических форм. В случае отсутствия полномочий, статистические формы представляют юридические лица в разрезе своих филиалов, представительств и иных обособленных структурных подразделений, с указанием их местонахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, когда статистической методологией проведения статистического наблюдения предусмотрено представление статистических форм только юридическими лицами или только филиалами, представительствами и иными обособленными структурными подразделениями, статистические формы представляются в органы государственной статистики согласно методологии проведения статистического наблюдения органов государственной статистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Филиалы, представительства и иные обособленные структурные подразделения иностранных юридических лиц, головные компании которых находятся за пределами Республики Казахстан, представляют статистические формы в органы государственной статистики по месту нахождения филиалов, представительств и иных обособленных структурных подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При ликвидации в отчетном периоде структурного подразделения или объекта, все первичные статистические данные, относящиеся к нему, из статистической формы не исключаются. В случае, когда в отчетном периоде имела место реорганизация или изменение структуры юридического лица, в статистических формах первичные статистические данные приводятся согласно новой структуре юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Отбор респондентов для включения их в выборочные наблюдения проводится согласно </w:t>
-[...301 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+      До ликвидации или объявления юридического лица банкротом, отчитывающееся юридическое лицо за последний отчетный период своей деятельности представляет первичные статистические данные по статистическим формам годовой периодичности и по формам ведомственных статистических наблюдений Национального Банка Республики Казахстан квартальной периодичности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для форм ведомственных статистических наблюдений квартальной периодичности Национальный Банк Республики Казахстан при необходимости запрашивает ликвидационный баланс за период, в который был принят приказ о ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вновь созданные юридические лица представляют первичные статистические данные за период со дня регистрации до конца отчетного периода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия деятельности, юридическое лицо представляет уведомление в соответствии с пунктом 18 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Домашние хозяйства предоставляют первичные статистические данные интервьюерам территориальных подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Физические и юридические лица, и (или) их филиалы, представительства и иные обособленные структурные подразделения представляют статистические формы за подписью руководителя (в случае отсутствия руководителя, лица, исполняющего его обязанности) и (или) лиц, ответственных за представление и достоверность первичных статистических данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При отсутствии деятельности в отчетный период респондент не позднее даты окончания самого раннего из сроков представления статистических форм за данный отчетный период, указанных в Графике, представляет в соответствующий орган государственной статистики вместо соответствующих статистических форм Уведомление об отсутствии деятельности согласно форме, приведенной в приложении 1 к настоящим Правилам, на бумажном носителе или в электронном виде, с использованием электронной цифровой подписи, через "Кабинет респондента" на интернет-ресурсе ведомства, за исключением статистических форм, указанных в перечне статистических форм, на которые не распространяется Уведомление об отсутствии деятельности, приведенного в приложении 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. По истечении срока, указанного в Уведомлении об отсутствии деятельности или в случае досрочного возобновления деятельности, респондентом представляются статистические формы общегосударственных и ведомственных статистических наблюдений в соответствии с Графиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По формам общегосударственных статистических наблюдений, действие ранее представленного Уведомления об отсутствии деятельности аннулируется респондентом самостоятельно через "Кабинет респондента" на интернет-ресурсе ведомства в разделе "Мои справки".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Респондент, в случае приостановления деятельности на основании налогового заявления о приостановлении (продлении, возобновлении) представления налоговой отчетности (далее – заявление), не представляет статистические формы общегосударственных и ведомственных статистических наблюдений до наступления срока возобновления деятельности, за исключением статистических форм по общегосударственным и ведомственным статистическим наблюдениям, представляемых за отработанный отчетный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возобновления респондентом деятельности до истечения срока, указанного в заявлении статистические формы подлежат представлению респондентом с момента возобновления деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. По окончанию срока представления статистических форм, при обнаружении ошибок самим респондентом по ранее представленным статистическим формам общегосударственных статистических наблюдений, респондент в течение одного рабочего дня исправляет ошибки и представляет исправленный вариант статистической формы в территориальные подразделения согласно пункту 24 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае отсутствия деятельности, юридическое лицо представляет уведомление в соответствии с </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+      22. При непредставлении респондентами первичных статистических данных в сроки, указанные в Графике, а также представления ими недостоверных первичных статистических данных должностными лицами органов государственной статистики осуществляется государственный контроль без посещения респондентов в области государственной статистики в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Исправленная статистическая форма по ошибкам, выявленным органами государственной статистики, представляется респондентом в сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12-2 Закона, и согласно пункту 24 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Домашние хозяйства предоставляют первичные статистические данные интервьюерам территориальных подразделений.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      24. В случае представления в территориальные подразделения исправленного варианта статистической формы общегосударственного статистического наблюдения, респондент представляет бумажную версию статистической формы, распечатанную через "Кабинет респондента" или интернет-ресурс ведомства. В распечатанную бумажную версию статистической формы вносятся изменения и заверяются словами "исправленному верить", указывается дата исправления и подпись исполнителя и руководителя (в случае отсутствия руководителя, лица, исполняющего его обязанности) и (или) лиц, ответственных за представление и достоверность первичных статистических данных и печать (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      25. Респонденты в месячный срок со дня принятия решения об изменении и (или) дополнении видов экономической деятельности (далее – ОКЭД), или изменения численности работников уведомляют об этом органы государственной статистики по форме согласно приложению 3 к настоящим Правилам или через "Кабинет респондента" с использованием электронной цифровой подписи на интернет-ресурсе ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+      Территориальные подразделения рассматривают поступившие уведомления и в течение трех рабочих дней принимают решение об изменении видов экономической деятельности, численности работников по респондентам в статистических регистрах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z64" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Физические и юридические лица, структурные и обособленные подразделения юридических лиц представляют статистические формы за подписью руководителя (в случае отсутствия руководителя, лица исполняющего его обязанности) и (или) лиц, ответственных за представление и достоверность первичных статистических данных.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      Результат рассмотрения уведомления направляется на электронный(е) адрес (а), указанный (е) в уведомлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      26. При возникновении в информационной системе технических неполадок, в следствии наступления программных сбоев и (или) сбоев возникающих в работе информационной системы, вызванные природными и техногенными причинами в течение последнего дня сдачи статистических форм и которые невозможно устранить до конца рабочего времени с официальным подтверждением Республиканского государственного предприятия на праве хозяйственного ведения "Информационно-вычислительный центр Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан" (Акт по выявленным техническим неполадкам), размещается Уведомление о продлении срока и переносе срока представления респондентами первичных статистических данных, согласно приложению 4 к настоящим Правилам, на интернет-ресурсе ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...192 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+      Респонденты обязаны на основании размещенного на интернет-ресурсе ведомства уведомления о продлении срока и переносе срока представления респондентами первичных статистических данных при наличии подтверждения возникновения в информационной системе в последний день срока представления статистических форм технических неполадок, повлекших непредставление респондентами первичных статистических данных, представлять статистические формы на следующий рабочий день после устранения технических неполадок одним из способов, указанных в подпунктах 1) и 2) пункта 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. При отсутствии деятельности в отчетный период (месяц, квартал, год) респондент не позднее даты окончания самого раннего из сроков представления статистических форм за данный отчетный период, указанных в Графике, представляет в соответствующий орган государственной статистики вместо соответствующих статистических форм Уведомление об отсутствии деятельности согласно форме, приведенной в </w:t>
-[...984 lines deleted...]
-    </w:p>
+      27. В случае, если представляемые первичные статистические данные содержат сведения, отнесенные к государственной и (или) служебной тайне, и (или) информации ограниченного распространения с пометкой "Для служебного пользования", их представление осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отнесения сведений к служебной информации ограниченного распространения и работы с ней, утвержденными постановлением Правительства Республики Казахстан от 24 июня 2022 года № 429.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4849,64 +3847,116 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам представления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>респондентами первичных</w:t>
+              <w:t>респондентами достоверных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статистических данных</w:t>
+              <w:t>первичных статистических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных по утвержденным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статистическим формам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>при проведении статистических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4933,104 +3983,849 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z70" w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган государственной статистики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области (города, района)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Уведомление об отсутствии деятельности </w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Уведомление об отсутствии деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование физического или юридического лица ____________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>код ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/БИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________, ОКЭД_____________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сообщает об отсутствии деятельности по статистической форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общегосударственного и (или) ведомственного статистического наблюдения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование статистической формы) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индекс _______________________, периодичность _____________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________ (индекс ____________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>периодичность _____________________) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индекс ______________________, периодичность ______________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________ (индекс ____________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>периодичность ____________________) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индекс ______________________, периодичность _____________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________ (индекс ___________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>периодичность ____________________) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индекс _______________________, периодичность ____________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________ (индекс ___________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>периодичность ____________________) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(индекс ___________________, периодичность ________________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________ (индекс ___________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>периодичность ___________________________________________________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в течение ______________________________ месяца, квартала и (или) года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по причине ______________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с вышеизложенным, статистические формы будет представляться</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в орган государственной статистики ______________ области (города),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>начиная с _________месяца /квартала (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________/___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________/_____________________/________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фактический адрес нахождения (респондента) номер телефона,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес электронной почты (респондента)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________/____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________/______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона (респондента) адрес электронной почты (респондента)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z73" w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – здесь и далее индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – здесь и далее бизнес идентификационный номер.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5066,556 +4861,424 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орган государственной статистики</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
+              <w:t>к Правилам представления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>области (города, района)</w:t>
+              <w:t>респондентами достоверных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>первичных статистических данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по утвержденным статистическим</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формам при проведении</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статистических наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z161" w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень статистических форм на которые не распространяется</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Уведомление об отсутствии деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование физического или юридического лица ____________________, код ИИН</w:t>
-[...60 lines deleted...]
-      <w:bookmarkStart w:name="z162" w:id="53"/>
+      1) "Отчет по труду" (индекс 1-Т, периодичность квартальная и годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________ (индекс _____________, периодичность _____________)</w:t>
-[...162 lines deleted...]
-      <w:bookmarkStart w:name="z163" w:id="54"/>
+      2) "Отчет о численности работников, занятых во вредных и других неблагоприятных условиях труда" (индекс 1-Т (условия труда), периодичность годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в течение _____________ месяца, квартала и (или) года по причине</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z164" w:id="55"/>
+      3) "Отчет деятельности малого предприятия" (индекс 2-МП, периодичность квартальная и годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В соответствии с вышеизложенным, статистическая форма будет представляться в</w:t>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z165" w:id="56"/>
+      4) "Отчет о финансово-хозяйственной деятельности предприятия" (индекс 1-ПФ, периодичность квартальная и годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель ___________________________________________/________________</w:t>
-[...121 lines deleted...]
-    </w:p>
+      5) "Отчет о травматизме, связанном с трудовой деятельностью и профессиональных заболеваниях" (индекс 7-ТПЗ, периодичность годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Отчет о научно-исследовательских и опытно-конструкторских работах" (индекс 1-наука, периодичность - годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Отчет об использовании информационно-коммуникационных технологий на предприятиях" (индекс 3- информ, периодичность годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "Отчет об инновационной деятельности" (индекс 1-инновация, периодичность годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) "Отчет о видах экономической деятельности" (индекс 1-СР, периодичность один раз в год);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) "О деятельности сельскохозяйственного кооператива" (индекс 1-СПК, периодичность годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) "О сборе урожая сельскохозяйственных культур в защищенном грунте" (индекс 1-теплица, периодичность квартальная);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) "Отчет о вводе в эксплуатацию объектов" (индекс 2-КС, периодичность месячная и годовая);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) "Отчет о вводе в эксплуатацию объектов индивидуальными застройщиками" (индекс 1-ИС, периодичность месячная и годовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5649,672 +5312,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам представления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>респондентами первичных</w:t>
+              <w:t>респондентами достоверных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статистических данных</w:t>
-[...503 lines deleted...]
-            </w:pPr>
+              <w:t>первичных статистических данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t>по утвержденным статистическим</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>формам при проведении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам представления</w:t>
-[...25 lines deleted...]
-              <w:t>статистических данных</w:t>
+              <w:t>статистических наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6341,424 +5461,439 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="76"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об изменении и (или) дополнении кодов ОКЭД и (или) численности работников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z92" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                     Уведомление</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z93" w:id="77"/>
+      Орган государственной статистики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области (города, района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z93" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                 Орган государственной статистики</w:t>
-[...122 lines deleted...]
-        <w:t xml:space="preserve">       Код КРП</w:t>
+      Наименование индивидуального предпринимателя или юридического лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>филиала, представительства ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН/БИН _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОКЭД ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Код КРП</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ______________</w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve">             укажите код основного или вторичного вида экономической деятельности:</w:t>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет об изменении (добавлении/удалении):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) основного/вторичного (нужное подчеркнуть) вида экономической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указывается наименование вида экономической деятельности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>укажите код основного или вторичного вида экономической деятельности:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="79"/>
+          <w:bookmarkStart w:name="z94" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="79"/>
+              <w:t>№,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код вида экономической деятельности (ОКЭД</w:t>
+(ОКЭД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6772,250 +5907,281 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем произведенной продукции, реализованных товаров и оказанных услуг в тысяч тенге</w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Процесс (отмечается знаком √)</w:t>
+Процесс</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(отмечается знаком √)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Изменения носят временный (сезонный) характер (менее 1 года)</w:t>
+Изменения носят временный/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сезонный характер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(менее 1 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="80"/>
+          <w:bookmarkStart w:name="z100" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Основной код ОКЭД</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="81"/>
+          <w:bookmarkStart w:name="z102" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -7118,61 +6284,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
@@ -7187,147 +6349,174 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>изменить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нет </w:t>
-            </w:r>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
@@ -7342,158 +6531,175 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="82"/>
+          <w:bookmarkStart w:name="z108" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Вторичный код ОКЭД</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="91"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z111" w:id="83"/>
+          <w:bookmarkStart w:name="z110" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -7596,122 +6802,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удалить </w:t>
-            </w:r>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
@@ -7726,147 +6942,174 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нет </w:t>
-            </w:r>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
@@ -7881,104 +7124,121 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="84"/>
+          <w:bookmarkStart w:name="z116" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8081,122 +7341,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>удалить</w:t>
-            </w:r>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
@@ -8211,147 +7481,174 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нет </w:t>
-            </w:r>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
@@ -8366,104 +7663,121 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="85"/>
+          <w:bookmarkStart w:name="z122" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8566,122 +7880,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>удалить</w:t>
-            </w:r>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
@@ -8696,147 +8020,174 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нет </w:t>
-            </w:r>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
@@ -8851,104 +8202,121 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z129" w:id="86"/>
+          <w:bookmarkStart w:name="z128" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>n</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="86"/>
+              <w:t>4n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9051,122 +8419,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>удалить</w:t>
-            </w:r>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
@@ -9181,147 +8559,174 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>добавить удалить</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нет </w:t>
-            </w:r>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
@@ -9336,304 +8741,252 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="87"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z134" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...17 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Код КРП заполняется в соответствии с Классификатором размерности юридических лиц, филиалов и представительств, а также субъектов индивидуального предпринимательства по численности работников, которая размещена на официальном интернет-ресурсе Комитета (www.stat.gov.kz &gt;&gt; Классификаторы &gt;&gt; Статистические классификации)</w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t>Код КРП заполняется в соответствии с Классификатором размерности юридических лиц, филиалов и представительств, а также субъектов индивидуального предпринимательства по численности работников, размещенным в разделе "Статистические классификации" на интернет-ресурсе ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Код ОКЭД заполняется в соответствии с Номенклатурой видов экономической деятельности, которая размещена на официальном интернет-ресурсе Комитета (www.stat.gov.kz &gt;&gt; Классификаторы &gt;&gt; Статистические классификации)</w:t>
-[...19 lines deleted...]
-      </w:t>
+        <w:t>При изменении и (или) дополнении кодов ОКЭД, поле является обязательным для заполнения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) численности работников</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> При изменении основного/вторичного кода ОКЭД, поле является обязательным для заполнения</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z140" w:id="92"/>
+          <w:bookmarkStart w:name="z135" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9649,189 +9002,169 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="93"/>
+          <w:bookmarkStart w:name="z138" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z144" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Среднегодовая списочная численность без учета филиалов</w:t>
-[...18 lines deleted...]
-(заполняется юридическими лицами, у которых имеется филиалы)</w:t>
+Среднегодовая списочная численность без учета филиалов (заполняется юридическими лицами, у которых имеется филиалы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="95"/>
+          <w:bookmarkStart w:name="z141" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9847,369 +9180,390 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="96"/>
+          <w:bookmarkStart w:name="z144" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактическая численность без учета филиалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z153" w:id="97"/>
+      <w:bookmarkStart w:name="z147" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель _______________________________________________/______________</w:t>
-[...179 lines deleted...]
-      </w:pPr>
+      Главный бухгалтер или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________/___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________/__________________/________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фактический адрес нахождения (респондента) номер телефона (респондента)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес электронной почты (респондента)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________/________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________/ _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона (респондента) адрес электронной почты (респондента)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z148" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...17 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Списочная численность работников в среднем за отчетный период равна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>средней арифметической количестве работников на конец каждого месяца.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10269,187 +9623,264 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам представления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>респондентами первичных</w:t>
+              <w:t>респондентами достоверных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статистических данных</w:t>
+              <w:t>первичных статистических данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по утвержденным статистическим</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формам при проведении</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статистических наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="100"/>
+    <w:bookmarkStart w:name="z150" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о продлении и переносе срока представления респондентами первичных статистических данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...65 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z151" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По статистическим формам ________________________срок сдачи отчетности продлен до _____ 20____ года включительно.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      Уважаемые респонденты!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z152" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Приносим свои извинения за временные неудобства!</w:t>
+      По статистическим формам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок сдачи отчетности продлен до ___ ______________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приносим свои извинения за временные неудобства!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -10457,55 +9888,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>