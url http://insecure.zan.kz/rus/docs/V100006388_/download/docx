--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24f7db2" w14:textId="24f7db2">
+    <w:p w14:paraId="84aed07" w14:textId="84aed07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -142,50 +142,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменение на государственном языке, текст на русском языке не меняется приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 30.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменение на государственном языке, текст на русском языке не меняется приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -995,95 +1015,157 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ведомство уполномоченного органа, в области государственной статистики (далее – ведомство уполномоченного органа) – государственный орган, осуществляющий в пределах компетенции координацию, руководство и реализационные функции в области государственной статистики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z107" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) система управления информационными технологиями (далее - ИТ службой) - программное обеспечение ведомства уполномоченного органа, для внутреннего согласования заявок; </w:t>
+        <w:t>
+      2) кабинет пользователя – интерфейс на интернет-ресурсе www.stat.gov.kz ведомства уполномоченного органа, предоставляющий зарегистрированным пользователям доступ к сервисам ведомства уполномоченного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z108" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кабинет исследователя - специальное оборудованное помещение в территориальных подразделениях городов Астана и Алматы ведомства уполномоченного органа для работы с базами данных в деидентифицированном виде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z109" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) деидентификация – это процесс обработки персональных данных, в ходе которого данные обрабатываются таким образом, что они не могут быть использованы для идентификации конкретного субъекта данных без использования дополнительных данных, которые хранятся отдельно и защищены.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z110" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок представления баз данных в деидентифицированном виде для использования в научной и научно-технической деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z111" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1134,891 +1216,1697 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) организациям научной и научно-технической деятельности в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z114" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) международным организациям, в целях проведения научной и научно-технической деятельности.</w:t>
+      3) международным организациям, в целях проведения научной и научно-технической деятельности, а также реализующим программы высшего и послевузовского образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z115" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Организациям, указанным в подпунктах 1) и 2) пункта 3 настоящих Правил база данных в деидентифицированном виде представляется на электронном носителе (CD диск) или представляется возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя.</w:t>
+      4. Организациям, указанным в пункте 3 настоящих Правил база данных в деидентифицированном виде представляется через Кабинет пользователя, где размещается ссылка для скачивания баз данных в деидентифицированном виде или представляется возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя, где база данных в деидентифицрованном виде загружается с электронного носителя (CD диск) на персональный компьютер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z116" w:id="21"/>
+    <w:bookmarkStart w:name="z487" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Международным организациям представляется возможность работы с базами данных в деидентифицированном виде исключительно в Кабинете исследователя. </w:t>
+        <w:t>
+      При этом база данных в деидентифицированном виде через Кабинет пользователя, где размещается ссылка для скачивания баз данных в деидентифицированном виде и возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя, где база данных в деидентифицрованном виде загружается с электронного носителя (CD диск) на персональный компьютер представляется непосредственному представителю организации (далее – исследователю).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z117" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      При этом база данных в деидентифицированном виде на электронном носителе (CD диск) и возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя представляется непосредственному представителю организации (далее – исследователю). </w:t>
+        <w:t>
+      5. Заявка формируется и подается через Кабинет пользователя, которая удостоверяется электронной цифровой подписью юридического лица Национального удостоверяющего центра Республики Казахстан с приложением следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z118" w:id="23"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="24"/>
+    <w:bookmarkStart w:name="z488" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) официальное письмо от организации с указанием реквизитов исследователя (фамилия, имя, отчество (при его наличии), номер документа, удостоверяющего личность исследователя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z120" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z489" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия документа, удостоверяющего личность исследователя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z121" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z490" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) заявка по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z122" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z491" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) обязательство по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z492" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающая наличие у организации разрешения на осуществление научной и научно-технической деятельности (государственная лицензия и приложение к лицензии на право ведения образовательной деятельности или свидетельство об аккредитации для организаций Республики Казахстан, и устав для международных организаций).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z123" w:id="28"/>
+    <w:bookmarkStart w:name="z493" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) копия документа, подтверждающая наличие у организации разрешения на осуществление научной и научно-технической деятельности (государственная лицензия и приложение к лицензии на право ведения образовательной деятельности или свидетельство об аккредитации; рекомендательное письмо от казахстанских ученых и справка об идентификации в международных базах данных).</w:t>
+      При формировании и подаче заявки исследователь, ознакомившись с политикой конфиденциальности, дает согласие на обработку персональных данных и на публикацию информации о заявке (дата подачи заявки, наименование организации, фамилия, имя, отчество (при его наличии) исследователя, описание запрашиваемой базы данных, цель и результат научно-исследовательской работы).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z124" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При формировании и подаче заявки исследователь, ознакомившись с политикой конфиденциальности, дает согласие на обработку персональных данных и на публикацию информации о заявке (дата подачи заявки, наименование организации, фамилия, имя, отчество (при его наличии) исследователя, описание запрашиваемой базы данных, цель и результат научно-исследовательской работы). </w:t>
+      6. Структурное подразделение ведомства уполномоченного органа, ответственное за представление баз данных в деидентифицированном виде (далее – ответственное СП) рассматривает, поступившую заявку в течение одного рабочего дня с момента поступления на наличие всех документов и полноту оформления приложений согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z125" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Структурное подразделение, ответственное за представление баз данных в деидентифицированном виде (далее – СП) рассматривает, поступившую заявку в течение одного рабочего дня с момента поступления на наличие всех документов и полноту оформления приложений согласно пункта 5 настоящих Правил.</w:t>
+      7. Ответственное СП при наличии всех документов, направляет заявку для регистрации в службу документационного обеспечения ведомства уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z126" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7. СП при наличии всех документов, направляет заявку для регистрации в службу документационного обеспечения. </w:t>
+        <w:t>
+      8. Служба документационного обеспечения ведомства уполномоченного органа в день получения заявки регистрирует и направляет на рассмотрение руководству ведомства уполномоченного органа. Срок рассмотрения обращения 15 рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z127" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Служба документационного обеспечения в день получения заявки регистрирует ее в ИАС "Электронные обращения" и направляет на рассмотрение руководству ведомства уполномоченного органа. Срок рассмотрения обращения 15 рабочих дней.</w:t>
+      9. Руководство ведомства уполномоченного органа направляет заявку на рассмотрение соответствующим по компетенции структурным подразделениям ведомства уполномоченного органа (далее - СП).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z128" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Руководство ведомства уполномоченного органа направляет заявку на рассмотрение соответствующим по компетенции структурным подразделениям ведомства уполномоченного органа.</w:t>
+      10. Соответствующие СП, рассматривают заявку в течение трех рабочих дней с момента поступления на возможность представления, формирования и деидентификации, и оповещают ответственное СП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z129" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Соответствующие структурные подразделения, рассматривают заявку в течение трех рабочих дней с момента поступления на возможность представления, формирования и деидентификации, и оповещают СП.</w:t>
+      11. Ответственное СП при получении положительного рассмотрения заявки, направляет заявку для формирования базы данных в деидентифицированном виде в подведомственную организацию Республиканское государственное предприятие на праве хозяйственного ведения "Информационно-вычислительный центр Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан" (далее – подведомственная организация).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z130" w:id="35"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Порядок формирования баз данных в деидентифицированном виде подведомственной организацией:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z132" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z132" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) согласно полученной заявке формируется база из первичных статистических данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z133" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z133" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяется перечень первичных статистических данных, подлежащих деидентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z134" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z134" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) с целью обеспечения конфиденциальности и защиты первичных статистических данных осуществляется деидентификация баз данных: путем удаления идентифицирующей информации о респонденте (фамилия, имя, отчество (при его наличии), наименование предприятия/организации, идентификационный номер, дата регистрации, адрес местонахождения, контактные данные, адрес электронной почты), взамен применяется нумерация, которая не может быть использована для идентификации; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z135" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) после завершения процесса деидентификации, база данных в деидентифицированном виде размещается на облачном хранилище ведомства уполномоченного органа, доступ к которому имеет исключительно ответственное СП.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z135" w:id="40"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="41"/>
+    <w:bookmarkStart w:name="z136" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подведомственной организацией базы данных в деидентифицированном виде формируются в течение семи рабочих дней с момента поступления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Ответственное СП осуществляет проверку сформированной базы данных в деидентифицированном виде в течение одного рабочего дня с момента поступления на ее соответствие заявке и через административный интерфейс Кабинет пользователя направляет в СП, ответственное за информационную безопасность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z137" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      14. СП, ответственное за информационную безопасность, проверяет базу данных в деидентифицированном виде в течение одного рабочего дня с момента поступления на обеспечение информационной безопасности первичных статистических данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. СП, ответственное за информационную безопасность, при обнаружении не обеспечения информационной безопасности первичных статистических данных, возвращает базу данных в деидентифицированном виде ответственному СП с указанием конкретных причин не обеспечения информационной безопасности первичных статистических данных для доработки подведомственной организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      13. СП осуществляет проверку сформированной базы данных в деидентифицированном виде в течение одного рабочего дня с момента поступления на ее соответствие заявке и через систему управления ИТ-службой направляет в структурное подразделение, ответственное за информационную безопасность. </w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      16. При обеспечении информационной безопасности первичных статистических данных, ответственное СП согласовывает ответ с соответствующими СП и направляет на электронную почту исследователя ответ о положительном рассмотрении заявки и готовности представить базу данных в деидентифицированном виде в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Структурное подразделение, ответственное за информационную безопасность, проверяет базу данных в деидентифицированном виде в течение одного рабочего дня с момента поступления на обеспечение информационной безопасности первичных статистических данных.</w:t>
-[...29 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. При обеспечении информационной безопасности первичных статистических данных, СП посредством ИАС "Электронные обращения" согласовывает ответ с соответствующими структурными подразделениями и направляет на электронную почту исследователя ответ о положительном рассмотрении заявки и готовности представить базу данных в деидентифицированном виде в соответствии с пунктом 4 настоящих Правил.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="46"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При формировании запрашиваемых баз данных и определении возможности идентификации информации, срок рассмотрения продлевается руководством ведомства уполномоченного органа не более чем до двух месяцев, о чем исследователь извещается в течение трех рабочих дней со дня продления срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z142" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z142" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Исследователь по завершению работ представляет в ведомство уполномоченного органа результат исследования для размещения на интернет-ресурсе www.stat.gov.kz ведомства уполномоченного органа.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z143" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок уничтожения электронного носителя (CD диск), содержащего базу данных в деидентифицированном виде представителями организаций, реализующих программу высшего и послевузовского образования в Республике Казахстан и организаций научной и научно-технической деятельности в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z143" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Глава 3 исключена приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок уничтожения электронного носителя (CD диск), содержащего базу данных в деидентифицированном виде представителями организаций, реализующих программу высшего и послевузовского образования в Республике Казахстан и организаций научной и научно-технической деятельности в Республике Казахстан</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок работы в Кабинете исследователя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z144" w:id="49"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="54"/>
+    <w:bookmarkStart w:name="z149" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. График посещения Кабинета исследователя формируется в соответствии с рассмотренными заявками с учетом графика работы соответствующих территориальных подразделений ведомства уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z150" w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z150" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Кабинет исследователя оборудован персональным компьютером, исключающим возможность подключения внешних устройств, а также оснащен системами видеонаблюдения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z151" w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z151" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Руководителем территориального подразделения ведомства уполномоченного органа назначается ответственный работник, отвечающий за работу Кабинета исследователя (далее – ответственный работник).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z152" w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z152" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Ответственный работник осуществляет загрузку базы данных с электронного носителя (CD диск) на персональный компьютер для дальнейшей работы исследователя и уничтожает электронный носитель (CD диск) путем его деформирования до состояния, которое исключает его повторное использование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z153" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z153" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       После уничтожения электронного носителя (CD диск), ответственный работник составляет Акт согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2033,349 +2921,411 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и делает отметку в Журнале об уничтожении электронного носителя (CD диск), содержащего базу данных в деидентифицированном виде по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z154" w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z154" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Передвижение исследователя осуществляется в сопровождении ответственного работника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z155" w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z155" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Не допускается внесение исследователем в Кабинет исследователя фото- и видеоаппаратуры, записывающих устройств, носителей информации, визуальных средств наблюдения, вычислительной техники, радиотехнической и другой аппаратуры двойного назначения, технических устройств, в том числе и беспроводных, имеющих возможность передачи данных, мобильных средств индивидуальной связи и мобильных устройств, оснащенных интернет модулями, фото и видеокамерами, а также других электронных носителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z156" w:id="61"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z156" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. В случае несоблюдения ограничений, предусмотренных пунктами 25 и 26, ответственный работник блокирует доступ к базе данных в Кабинете исследователя и составляет Акт о несоблюдении исследователем ограничений в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z157" w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z157" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Ответственный работник, загружает исследователю в Кабинете исследователя результат его работы на электронный носитель (CD диск) и подтверждают подписями в Журнале согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z158" w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z158" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Отказ в представлении баз данных в деидентифицированном виде для использования в научной и научно-технической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z159" w:id="64"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z159" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Отказ в представлении баз данных в деидентифицированном виде для использования в научной и научно-технической деятельности предусмотрен в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z160" w:id="65"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z160" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствия технической возможности для обезличивания баз данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z161" w:id="66"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z161" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если, запрашиваемая информация не собирается и не может быть получена на основании расчетов сведений, формируемых органами государственной статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z162" w:id="67"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z162" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) если, заявка не позволяет однозначно определить содержание запрашиваемой информации (наименование статистического наблюдения, перечень показателей, периодичность, динамический ряд, территориальный разрез);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z163" w:id="68"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z163" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) не предоставления документов, указанных в пункте 5 настоящих Правил; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z164" w:id="69"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z164" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) если, в ранее рассмотренных заявках были не выполнены требования пунктов 18 и 19 настоящих Правил;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="70"/>
+      5) если, в ранее рассмотренных заявках были не выполнены требования пункта 18 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z165" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) несоблюдения исследователем ограничений, предусмотренных пунктами 25 и 26 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z166" w:id="71"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z166" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) несоблюдения исследователем обязательств, предусмотренных в приложении 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2545,68 +3495,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="72"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение баз данных в деидентифицированном виде для использования в научной и научно-технической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3090,52 +4078,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Цель использования базы данных в деидентифицированном виде (не менее 200 слов) </w:t>
+              <w:t>
+Цель использования базы данных в деидентифицированном виде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3527,51 +4515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способ получения баз данных в деидентифицированном виде (на CD диске или возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя)</w:t>
+Способ получения баз данных в деидентифицированном виде (через Кабинет пользователя, где размещается ссылка для скачивания баз данных в деидентифицированном виде или возможность работы с базами данных в деидентифицированном виде в Кабинете исследователя, где база данных в деидентифицрованном виде загружается с электронного носителя (CD диск) на персональный компьютер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3680,64 +4668,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z71" w:id="73"/>
+      <w:bookmarkStart w:name="z71" w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество (при его наличии) (подпись) (дата) руководителя организации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3958,100 +4946,138 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Обязательство получателя о неразглашении и об ограничении передачи</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>третьим лицам базы данных в деидентифицированном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z168" w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 с изменением, внесенным приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z168" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я, ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество (при его наличии), номер документа, удостоверяющего</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4379,85 +5405,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной статистики (далее – ведомство уполномоченного органа).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4. По окончании работы уничтожить актом (в двух экземплярах) представленную</w:t>
-[...33 lines deleted...]
-        <w:t>в адрес ведомства уполномоченного органа.</w:t>
+        <w:t>4. По окончании работы уничтожить представленную мне базу данных через Кабинет пользователя, где размещается ссылка для скачивания баз данных в деидентифицированном виде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. Не использовать информацию из базы данных в коммерческих целях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4748,88 +5740,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="76"/>
+    <w:bookmarkStart w:name="z100" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт уничтожения электронного носителя (CD диск), содержащего базу данных в деидентифицированном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z101" w:id="77"/>
+      <w:bookmarkStart w:name="z101" w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование организации) использовавшая в научной и научно-технической</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5232,64 +6224,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z102" w:id="78"/>
+      <w:bookmarkStart w:name="z102" w:id="73"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всего электронных носителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5595,142 +6587,142 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="79"/>
+    <w:bookmarkStart w:name="z171" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал уничтожения базы данных в деидентифицированном виде на электронных носителях (CD диск)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z172" w:id="80"/>
+          <w:bookmarkStart w:name="z172" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10417,88 +11409,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="81"/>
+    <w:bookmarkStart w:name="z328" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт о несоблюдении исследователем ограничений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z329" w:id="82"/>
+      <w:bookmarkStart w:name="z329" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование организации запросившей базу данных в деидентифицированном виде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10906,142 +11898,142 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z332" w:id="83"/>
+    <w:bookmarkStart w:name="z332" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал передачи исследователю результата работы в Кабинете исследователя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z333" w:id="84"/>
+          <w:bookmarkStart w:name="z333" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15455,55 +16447,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>