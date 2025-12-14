--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ceb35a8" w14:textId="ceb35a8">
+    <w:p w14:paraId="5c1ff38" w14:textId="5c1ff38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,1503 +93,1788 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил регистрации в уполномоченном органе заключенных пользователем животного мира договоров с физическими и юридическими лицами на пользование животным миром и предоставлении информации об их расторжении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 12 апреля 2010 года № 250. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 мая 2010 года № 6225</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 12 апреля 2010 года № 250. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 мая 2010 года № 6225.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
-[...9 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>
+      Примечание РЦПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок введения в действие приказа см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 15) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      В соответствии с подпунктом 15) пункта 2 </w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации в уполномоченном органе заключенных пользователем животного мира договоров с физическими и юридическими лицами на пользование животным миром и предоставлении информации об их расторжении (далее - Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту стратегии использования природных ресурсов Министерства сельского хозяйства Республики Казахстан в установленном порядке направить настоящий приказ на государственную регистрацию в Министерство юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Куришбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 апреля 2010 года № 250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> регистрации в уполномоченном органе заключенных пользователем животного мира договоров с физическими и юридическими лицами на пользование животным миром и предоставлении информации об их расторжении (далее - Правила).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>регистрации в уполномоченном органе заключенных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-      2. Департаменту стратегии использования природных ресурсов Министерства сельского хозяйства Республики Казахстан в установленном порядке направить настоящий приказ на государственную регистрацию в Министерство юстиции Республики Казахстан.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пользователем животного мира договоров с физическими</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...53 lines deleted...]
-Утверждены             </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и юридическими лицами на пользование животным миром</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-приказом Министра сельского хозяйства</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и предоставлении информации об их расторжении</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...71 lines deleted...]
-1. Общие положения</w:t>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Настоящие Правила (далее - Правила) определяют порядок регистрации в уполномоченном органе заключенных пользователем животного мира договоров с физическими и юридическими лицами на пользование животным миром и предоставлении информации об их расторжении и разработаны на основании </w:t>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила (далее - Правила) определяют порядок регистрации в уполномоченном органе заключенных пользователем животного мира договоров с физическими и юридическими лицами на пользование животным миром и предоставлении информации об их расторжении и разработаны на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира".</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Регистрацию договоров между пользователями животным миром и физическими и юридическими лицами на пользование животного мира (далее - договор) проводят территориальные подразделения уполномоченного органа в области охраны, воспроизводства и использования животного мира (далее - Инспекции) по месту нахождения охотничьих угодий, на которых будет осуществляться пользование животным миром.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      2. Регистрацию договоров между пользователями животным миром и физическими и юридическими лицами на пользование животного мира (далее - договор) проводят территориальные подразделения уполномоченного органа в области охраны, воспроизводства и использования животного мира (далее - Инспекции) по месту нахождения охотничьих угодий и рыбохозяйственных водоемов и (или) участков, на которых будет осуществляться пользование животным миром.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Регистрации подлежат договоры, заключаемые между пользователями животным миром, и физическими и юридическими лицами на пользование животным миром.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Регистрация договоров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Пользователь животного мира в течение десяти рабочих дней со дня заключения договора с физическими и юридическими лицами на пользование животным миром предоставляет в Инспекцию заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оригинал и копия договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копии свидетельств о государственной регистрации лиц заключивших договор, заверенные нотариально (для юридических лиц);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия удостоверения личности (для физических лиц).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Официальным подтверждением государственной регистрации договора является занесение сведений о заключенных между пользователями животным миром и физическими и юридическими лицами на пользование объектами животного мира в Журнал регистрации договоров (далее - журнал). Регистрация осуществляется в течение 2 рабочих дней со дня представления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Регистрация не производится в случае представления заявителем неполного пакета документов, указанных в пункте 5 настоящих Правил. Решение об отказе в регистрации сообщается заявителю в письменной форме в течение 2 рабочих дней со дня представления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае расторжения договора пользователь животным миром и физические и юридические лица в течение 10 рабочих дней предоставляют письменную информацию в Инспекцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Порядок обжалования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Если регистрация договора на пользование животным миром не произведена в установленный настоящим Правилами срок, пользователь животного мира может направить жалобу в письменном виде в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Принятая жалоба регистрируется в журнале учета и жалоб и рассматривается в сроки, установленные Главой 13 Административно процедурно - процессуального кодекса Республики Казахстан (далее - АППК), с предусмотрением порядка заслушивания, в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О результатах рассмотрения жалобы заявителю сообщается в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с решением уполномоченного органа, пользователь может обжаловать данное решение в вышестоящем органе или суде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам регистрации договоров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>между пользователями животного мира</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и физическими и юридическими лицами</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на пользование объектами животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Пользователь животного мира в течение десяти рабочих дней со дня заключения договора с физическими и юридическими лицами на пользование животным миром предоставляет в Инспекцию заявление по форме согласно </w:t>
-[...436 lines deleted...]
-        <w:t>Форма</w:t>
+      Форма</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13773"/>
+        <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13773" w:type="dxa"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     Начальнику ________________________________</w:t>
-[...182 lines deleted...]
-              <w:t>                           </w:t>
+              <w:t>
+     Начальнику ________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     ___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                   (Фамилия, инициалы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     от ________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+             (для физического лица - фамилия, имя,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     ___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      отчество, место проживания; для юридического лица - </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     ___________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+               наименование место нахождения)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     телефон: __________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заявление</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     Я (Мы) ________________________________________________________</w:t>
-[...27 lines deleted...]
-            </w:r>
+              <w:t>
+     Я (Мы) ________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                    (для физического лица - фамилия, имя, отчество;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                    для юридического лица - наименование)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прошу (просим) зарегистрировать договор на пользование животным</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 миром, заключенный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с __________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+      (фамилия, имя, отчество или полное наименование и банковские реквизиты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...80 lines deleted...]
-              <w:t>(подпись заявителя)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     К заявлению прилагаются: 1. _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                              2. _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                              3. _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     "____" 20_________ года   ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+                                  (подпись заявителя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>