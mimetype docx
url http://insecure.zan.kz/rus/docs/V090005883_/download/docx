--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="34b768b" w14:textId="34b768b">
+    <w:p w14:paraId="2c10dec" w14:textId="2c10dec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,78 +85,151 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О Правилах утверждения названия оригинального лекарственного средства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 12 ноября 2009 года № 695. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 ноября 2009 года № 5883</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 12 ноября 2009 года № 695. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 ноября 2009 года № 5883. Утратил силу приказом Министра здравоохранения Республики Казахстан от 24 ноября 2025 года № 151.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра здравоохранения РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание РЦПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок введения в действие приказа см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 6</w:t>
       </w:r>
@@ -205,1713 +280,1881 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 70 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> утверждения названия оригинального лекарственного средства.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету контроля медицинской и фармацевтической деятельности Министерства здравоохранения Республики Казахстан обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту административно-правовой работы Министерства здравоохранения Республики Казахстан (Бисмильдин Ф.Б.) обеспечить официальное опубликование настоящего приказа после его государственной регистрации в Министерстве юстиции Республики Казахстан.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра здравоохранения Республики Казахстан от 16 февраля 2007 года № 111 "О Правилах утверждения названия оригинального лекарственного средства" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 4567, опубликованный в Собрании актов центральных исполнительных и иных государственных органов Республики Казахстан, 2007 г., март).</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Контроль за исполнением настоящего приказа возложить на Вице-министра здравоохранения Республики Казахстан Е.А. Биртанова.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="8710"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ж. Доскалиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      5. Контроль за исполнением настоящего приказа возложить на Вице-министра здравоохранения Республики Казахстан Е.А. Биртанова.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра здравоохранения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 ноября 2009 года № 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила утверждения названия оригинального</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...53 lines deleted...]
-Утверждены           </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лекарственного средства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-приказом Министра здравоохранения</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила определяют порядок утверждения организациями-производителями, организациями-разработчиками названия оригинального лекарственного средства при государственной регистрации оригинального лекарственного средства (далее - Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Утверждение названия оригинального лекарственного средства осуществляется после экспертизы оригинального лекарственного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Названием оригинального лекарственного средства является словесное обозначение в виде определенного сочетания букв (знаков) или отдельных слов, идентифицирующих оригинальное лекарственное средство с определенным составом или фармакологическим действием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок утверждения названия оригинального лекарственного</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...138 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+        <w:t>средства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Название оригинального лекарственного средства должно идентифицировать его состав и (или) действие, быть кратким, легко произносимым и благозвучным.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для названия оригинального лекарственного средства, содержащего одну лекарственную субстанцию (монопрепарат) и имеющего международное непатентованное название, допускается использовать его в качестве названия. Для идентификации организации-производителя (организации-разработчика) название лекарственного средства может включать их наименование или аббревиатуру.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Допускается название оригинального лекарственного средства, выпускаемого в различных лекарственных формах и имеющего одинаковые показания к применению, по входящему в его состав основной лекарственной субстанции. Разные названия для разных лекарственных форм одной и той же лекарственной субстанции допускаются только как исключение, при значительном изменении действия лекарственного препарата под влиянием лекарственной формы и, соответственно, изменений показаний по применению.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Название комбинированного лекарственного средства может содержать комбинацию из слогов и букв, входящих в его состав лекарственных субстанций.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При выборе названия оригинального лекарственного средства не допускается:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование названия, способного ввести в заблуждение потребителя относительно состава и действия и поощряющего к применению по недоказанным показаниям;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       содержание в названии лекарственного средства информации относительно его использования, характеристик лекарственного средства, состава, способа изготовления, а также потребительских свойств, представляющих его как уникальное, наиболее эффективное и безопасное;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование в качестве нового названия лекарственного средства обозначений, идентичных или признанных графически и (или) фонетически сходными с названиями ранее зарегистрированных лекарственных средств, различных или сходных по составу и действию;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование международных непатентованных названий или графически и (или) фонетически сходных с ними названий для лекарственного средства другого химического состава или действия, а также включение в названия лекарственного средства слов или частей слов, характерных для названий средств других химических и (или) фармакологических групп;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включение в название лекарственного средства его лекарственной формы и дозы вещества, за исключением растительного сырья и лекарственных средств из лекарственного растительного сырья;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование одинакового названия для комбинированных лекарственных препаратов, отличающихся составом или соотношением дозировок входящих в них фармацевтических субстанций;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полное воспроизведение в названии лекарственного средства названий болезней и симптомов заболеваний, анатомических и физиологических терминов, имен собственных, географических названий, общепринятых символов, слов из бытовой лексики, слов графически, и (или) фонетически сходных с нецензурными выражениями;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование в качестве названия лекарственного средства обозначений, тождественных или имеющих графическое и (или) фонетическое сходство с официальными наименованиями особо ценных объектов историко-культурного наследия народов Республики Казахстан либо объектов всемирного культурного или природного наследия;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование обозначений, воспроизводящих сокращенные или полные наименования международных организаций;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование обозначений, представляющих собой сокращенные наименования организаций, отраслей экономики и их аббревиатуры;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование обозначений, противоречащих по своему содержанию общественным интересам, принципам гуманности и морали;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включение в название лекарственного средства обозначений, указывающих на вид, качество, количество, свойство, назначение, ценность товаров, а также на место и время их производства или сбыта;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование обозначений, воспроизводящих названия известных произведений литературы, науки, искусства и их фрагментов в нарушение авторских прав.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Для утверждения названия оригинального лекарственного средства заявитель подает в государственный орган в сфере обращения лекарственных средств, изделий медицинского назначения и медицинской техники (далее - государственный орган), заявку согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, пояснительную записку с обоснованием предложенного названия, информацию с Государственного реестра товарных знаков о наличии либо отсутствии зарегистрированного товарного знака сходного с заявленным обозначением или копию свидетельства на товарный знак, выданного уполномоченным органом в области интеллектуальной собственности. Информация, указанная в заявке, не подлежит разглашению.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При рассмотрении представленных документов государственный орган привлекает специалистов уполномоченного органа в области здравоохранения и его подведомственных организаций для оказания консультативной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Государственный орган не позднее тридцати календарных дней со дня принятия заявки принимает решение об утверждении (не утверждении) названия оригинального лекарственного средства, которое оформляется приказом первого руководителя государственного органа, либо лица, его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В утверждении названия оригинального лекарственного средства отказывается по следующим причинам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы внесены с нарушением пункта 9 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не соблюдены требования, установленные пунктами 4, 5, 6, 7, 8, настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам утверждения названия оригинального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственного средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ЗАЯВКА</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на утверждение названия оригинального лекарственного средства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...465 lines deleted...]
-        <w:t>М. П.</w:t>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ф.И.О. _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес местожительства __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон, факс, E-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридический адрес ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес местонахождения __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон, факс, E-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предложенное название: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Химическое название или описание (включая стереохимическую</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию):_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Графическая формула:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молекулярная формула: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фармакологическое действие: _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Способ применения и дозы: ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительная информация: __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата заполнения                                      Подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _______ 200__ г.                            _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. П.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2233,35 +2476,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>