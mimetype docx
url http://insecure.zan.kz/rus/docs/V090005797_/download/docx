--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f5358e" w14:textId="9f5358e">
+    <w:p w14:paraId="74edcd1" w14:textId="74edcd1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,2413 +85,2722 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил определения порядка и сроков представления и формы отчетности, а также требований к предоставляемой информации о ходе и результатах использования связанных грантов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Совместный приказ Министра экономики и бюджетного планирования Республики Казахстан от 6 августа 2009 года № 166 и Министра финансов Республики Казахстан от 25 августа 2009 года № 351. Зарегистрирован в Министерстве юстиции Республики Казахстан от 21 сентября 2009 года № 5797</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...185 lines deleted...]
-      5. Настоящий приказ вводится в действие со дня его государственной регистрации.</w:t>
+        <w:t>Совместный приказ Министра экономики и бюджетного планирования Республики Казахстан от 6 августа 2009 года № 166 и Министра финансов Республики Казахстан от 25 августа 2009 года № 351. Зарегистрирован в Министерстве юстиции Республики Казахстан от 21 сентября 2009 года № 5797. Утратил силу совместным приказом Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 9 декабря 2025 года № 131 и Министра финансов Республики Казахстан от 10 декабря 2025 года № 765.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-          <w:color w:val="000000"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Министр экономики и бюджетного         Министр финансов</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу совместным приказом Заместителя Премьер-Министра – Министра национальной экономики РК от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>№ 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-          <w:color w:val="000000"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      планирования Республики Казахстан      Республики Казахстан</w:t>
-[...23 lines deleted...]
-        <w:t>      ______________ Б. Султанов             ____________ Б. Жамишев</w:t>
+        <w:t xml:space="preserve"> и Министра финансов РК от 10.12.2025 № 765 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8 lines deleted...]
-          <w:b w:val="false"/>
+        <w:t xml:space="preserve"> статьи 170 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>ПРИКАЗЫВАЕМ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-от 25 августа 2009 года № 351</w:t>
+      1. Утвердить прилагаемые Правила определения порядка и сроков представления и формы отчетности, а также требований к предоставляемой информации о ходе и результатах использования связанных грантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту инвестиционной политики и планирования (Б. Тортаев) совместно с Юридическим Департаментом (Д. Ешимова) обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на Вице-министра экономики и бюджетного планирования Республики Казахстан Кусаинова М.А. и Вице-министра финансов Республики Казахстан Шолпанкулова Б.Ш.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра экономики и бюджетного планирования Республики Казахстан "Об утверждении Правил представления отчетности и информации о ходе и результатах использования связанных грантов" от 16 марта 2005 года № 36 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 3519 от 28 марта 2005 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие со дня его государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр экономики и бюджетного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр финансов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+планирования Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________ Б. Султанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________ Б. Жамишев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены совместным приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра экономики и бюджетного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>планирования Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 6 августа 2009 года № 166 и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра финансов Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 25 августа 2009 года № 351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Правила определения</w:t>
+        <w:t xml:space="preserve"> Правила определения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-порядка и сроков представления и</w:t>
+        <w:t>порядка и сроков представления и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-формы отчетности, а также требований</w:t>
+        <w:t>формы отчетности, а также требований</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-к предоставляемой информации о ходе и</w:t>
+        <w:t>к предоставляемой информации о ходе и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-результатах использования связанных грантов</w:t>
+        <w:t>результатах использования связанных грантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Настоящие Правила определения порядка и сроков представления и формы отчетности, а также требований к предоставляемой информации о ходе и результатах использования связанных грантов (далее - Правила) разработаны в соответствии с </w:t>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила определения порядка и сроков представления и формы отчетности, а также требований к предоставляемой информации о ходе и результатах использования связанных грантов (далее - Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 170 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года (далее - Бюджетный кодекс), и определяют порядок представления отчетности и информации о ходе и результатах использования связанных грантов.</w:t>
       </w:r>
-      <w:r>
-[...713 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z37" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Приложение 1 к Правилам определения</w:t>
-[...55 lines deleted...]
-результатах использования связанных грантов</w:t>
+      2. Целями представления отчетности и информации, о ходе и результатах использования связанных грантов в рамках осуществления мониторинга их реализации являются оценка эффективности использования связанных грантов, совершенствование процесса планирования привлечения связанных грантов и выработка рекомендаций по формированию и осуществлению государственной политики в области привлечения связанных грантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z38" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            </w:t>
-[...4 lines deleted...]
-          <w:b/>
+      3. Составление отчета о ходе и результатах использования связанных грантов осуществляется поэтапно и включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Данные об освоении средств связанного гранта</w:t>
+        <w:t>
+      1) отражение запланированных данных, согласно стратегическим планам бюджетных программ государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сравнение достигнутых результатов (фактических данных) с запланированными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) указание источников и методов сбора, а также использованных методов обработки и анализа информации для оценки эффективности использования связанных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) результаты оценки эффективности использования связанных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оценку соответствия хода и результатов использования средств связанных грантов условиям соглашения о гранте, заключенном с донором, а также процедурам и политике предоставления связанных грантов донорами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рекомендации по формированию и осуществлению государственной политики в области привлечения связанных грантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетность о ходе и результатах использования связанных грантов, является источником для подготовки информации по оценке эффективности использования связанных грантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка эффективности использования связанных грантов проводится на основе ниже перечисленных методов обработки и анализа информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении оценки результатов, являющихся прямыми материальными или нематериальными последствиями, достигнутыми в ходе реализации связанных грантов, применяются следующие методы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устанавливается степень соответствия объемов работ в натуральном выражении, сроков реализации и финансовых затрат соответствующим показателям, предусмотренным на стадии планирования связанного гранта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устанавливается степень соответствия показателей требованиям стандартов и иным требованиям, сформулированным на стадии планирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устанавливается степень подтверждения предпосылок, принятых на стадии планирования (исходных данных), а также ожидаемых текущих затрат и источников их финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализируются препятствия, возникшие в ходе реализации проекта, и меры их устранения и оцениваются действия сторон - участников реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      делается вывод об эффективности достижения запланированных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении оценки влияния завершенного проекта на социально-экономическую ситуацию применяются следующие методы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устанавливается соотношение вклада проекта в числе других проектов в достижение запланированных целей государственных, отраслевых и секторальных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализируются фактические сведения о текущих затратах и степень подтверждения предпосылок, созданных на стадии планирования (исходных данных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      делается вывод об эффективности вклада проекта в достижение запланированных целей государственных, отраслевых и секторальных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Ежемесячно, к 5-му числу месяца, следующего за отчетным  центральные исполнительные органы и иные государственные органы Республики Казахстан (по согласованию), ответственные за реализацию связанных грантов, представляют в  центральный уполномоченный орган по исполнению бюджета формы отчетности согласно приложениям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Центральный уполномоченный орган по государственному планированию на основе полученной информации осуществляет оценку использования связанных грантов, которая включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оценку целесообразности привлечения связанных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сопоставление запланированных и достигнутых результатов использования связанных грантов, а также анализ их влияния на социально-экономическое развитие республики и региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценку и анализ различных внешних факторов, повлиявших на использование связанных грантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При выполнении всех видов оценки формулируются рекомендации по улучшению подготовки и реализации связанных грантов в рамках разработки прогнозов социально-экономического развития и бюджетных параметров и страновых программ доноров (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Годовой отчет и информация о ходе и результатах использования связанных грантов представляется центральными государственными органами с учетом отчетности местных представительных и исполнительных органов, по заявкам которых привлекались связанные гранты, в центральные уполномоченные органы по государственному планированию и исполнению бюджета согласно вышеперечисленным требованиям в срок не позднее 5 марта года, следующего за отчетным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам определения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порядка и сроков представления и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формы отчетности, а также требований</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к предоставляемой информации о ходе и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатах использования связанных грантов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Данные об освоении средств связанного гранта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="578"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2077"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="578" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наимено-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вание</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 категории</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в долл.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1837" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ответст-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 венная</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 органи-</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2054" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фирма-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 поставщик</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 товаров,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 услуг</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2227" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подписания</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контракта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контракта</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в долл.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="578" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      продолжение таблицы</w:t>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2038"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Израс-</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Израс-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ходовано</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств в</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 долл. США</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Израсходовано</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2490" w:type="dxa"/>
+              <w:t>
+Израсходовано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прогноз на</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Прогноз на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 следующий месяц</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в долл.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Примечание</w:t>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -2499,4556 +2810,4991 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>За текущий</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+За текущий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>За месяц</w:t>
+              <w:t>
+За месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+долл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 США</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+долл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 США</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>тенге</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2038" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>14</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Примечания: 1. Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
-[...24 lines deleted...]
-2. В графах № 10 и № 12 курс тенге к доллару США применяется на дату снятия средств со счета связанного гранта.</w:t>
+      Примечания: 1. Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z41" w:id="7"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Приложение 2 к Правилам определения</w:t>
+      2. В графах № 10 и № 12 курс тенге к доллару США применяется на дату снятия средств со счета связанного гранта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам определения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порядка и сроков представления и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формы отчетности, а также требований</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к предоставляемой информации о ходе и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатах использования связанных грантов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Информация о поступлении и расходовании средств связанного</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-результатах использования связанных грантов</w:t>
+        </w:rPr>
+        <w:t>гранта за _____ 20___ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z42" w:id="8"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-    </w:t>
-[...33 lines deleted...]
-        <w:t>гранта за _____ 20___ года.</w:t>
+      Коды                          Донор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Коды                          Донор</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-Функциональная группа         Номер гранта</w:t>
-[...55 lines deleted...]
-Специальный счет</w:t>
+      Функциональная группа         Номер гранта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-     </w:t>
-[...4 lines deleted...]
-          <w:b/>
+      Учреждение                    Обслуживающий банк</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Поступление средств гранта (код бюджетной классификации)</w:t>
+        <w:t>
+      Программа                     Специальные счета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпрограмма                  Входящий остаток на "__" ______ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специальный счет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Поступление средств гранта (код бюджетной классификации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="693"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2713"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2313" w:type="dxa"/>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дата</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 поступления</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сумма в</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Сумма в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 иностранной валюте</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. долл. США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сумма в тенге</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Сумма в тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Код</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетной</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1833" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      продолжение таблицы</w:t>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1953"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2953"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в иностранной</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 валюте (тыс.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 долл. США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в тенге</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2953" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выделено</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Выделено</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лимитов с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начала года</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1833" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Чистый остаток на специальном счете на "__"___ 20__ г. тыс.долл. США</w:t>
-[...27 lines deleted...]
-                                                       курс тенге</w:t>
+      Чистый остаток на специальном счете на "__"___ 20__ г. тыс.долл. США</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z45" w:id="11"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                </w:t>
-[...4 lines deleted...]
-          <w:b/>
+                                                             тыс .тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Списание средств связанного гранта</w:t>
+        <w:t>
+                                                             курс тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Списание средств связанного гранта</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(код бюджетной классификации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2713"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2813" w:type="dxa"/>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дата списания</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Дата списания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сумма в</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Сумма в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 иностранной валюте</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. долл. США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сумма в тенге</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Сумма в тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Код</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетной</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      продолжение таблицы</w:t>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1873"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2593"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в иностранной валюте</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. долл. США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в тенге</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выделено</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Выделено</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лимитов с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начала года</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1873" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1873" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Примечание: Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
+      Примечание: Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z47" w:id="13"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам определения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порядка и сроков представления и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формы отчетности, а также требований</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к предоставляемой информации о ходе и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатах использования связанных грантов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Информация о расходовании средств связанного гранта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за ______ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Приложение 3 к Правилам определения</w:t>
-[...55 lines deleted...]
-результатах использования связанных грантов</w:t>
+      Коды                                     Донор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z48" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...33 lines deleted...]
-        <w:t>за ______ 20__ года</w:t>
+      Функц. группа                            Номер гранта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Коды                                     Донор</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Учреждение                               Обслуживающий банк</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Функц. группа                            Номер гранта</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Программа                                Специальные счета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Учреждение                               Обслуживающий банк</w:t>
-[...27 lines deleted...]
-Подпрограмма</w:t>
+      Подпрограмма</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2833" w:type="dxa"/>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Код бюджетной</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Код бюджетной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2053" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждено</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Утверждено</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетом</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>План на</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+План на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 отчетный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Лимиты</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Лимиты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 финанси-</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Расходы за счет</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Расходы за счет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств гранта,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 включая оффшорные</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7090,2258 +7836,2521 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1733" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 отчетный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Примечание: Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
+      Примечание: Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z50" w:id="16"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к Правилам определения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порядка и сроков представления и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формы отчетности, а также требований</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к предоставляемой информации о ходе и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>результатах использования связанных грантов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Информация о расходовании средств софинансирования из</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республиканского бюджета по проекту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Приложение 4 к Правилам определения</w:t>
-[...55 lines deleted...]
-результатах использования связанных грантов</w:t>
+                    ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z51" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       </w:t>
-[...61 lines deleted...]
-                        (наименование проекта)</w:t>
+                              (наименование проекта)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Функциональная группа</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Функциональная группа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Учреждение</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Учреждение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Программа</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Программа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Подпрограмма</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Подпрограмма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Донор</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Донор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-По состоянию на "__"_______ 20__ г.</w:t>
+      По состоянию на "__"_______ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="693"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2173"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 категории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3053" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фирма-поставщик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 товаров, услуг</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2413" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контракта</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в валюте</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контракта)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2173" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подписания</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контракта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      продолжение таблицы</w:t>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2033"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2113"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Израс-</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Израс-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ходовано</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств в</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дол. США</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Расходы, отражаемые в республиканском бюджете</w:t>
+              <w:t>
+Расходы, отражаемые в республиканском бюджете</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Специфика</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. долл. США)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кассовые расходы</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Кассовые расходы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
-[...71 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за отчетный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2413" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за отчетный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2113" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с начала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
+              <w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Примечания: 1. Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Примечания: 1. Отчетность подписывается руководителем центрального исполнительного органа или иного государственного органа Республики Казахстан, ответственного за реализацию связанного гранта, или его заместителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...10 lines deleted...]
-2. В графе 7 указывается сумма, израсходованная с начала действия проекта.</w:t>
+      2. В графе 7 указывается сумма, израсходованная с начала действия проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9663,35 +10672,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>