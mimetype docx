--- v0 (2025-10-03)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="07189a7" w14:textId="07189a7">
+    <w:p w14:paraId="f5473d2" w14:textId="f5473d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,109 +100,85 @@
         </w:rPr>
         <w:t>Об утверждении перечня рыбохозяйственных водоемов местного значения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата Актюбинской области от 12 мая 2008 года № 167. Зарегистрировано Департаментом юстиции Актюбинской области 5 июня 2008 года № 3254.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции постановления акимата Актюбинской области от 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 455</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -237,50 +213,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира", акимат Актюбинской области </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -299,90 +276,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечень рыбохозяйственных водоемов местного значения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -401,90 +378,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее постановление вводится в действие по истечении 10 календарных дней после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего постановления возложить на первого заместителя акима области Умурзакова И.К.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -569,68 +546,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е.Сагиндиков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -727,61 +686,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень рыбохозяйственных водоемов местного значения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции постановления акимата Актюбинской области от 01.08.2024 </w:t>
+      Сноска. Приложение – в редакции постановления акимата Актюбинской области от 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 221</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1308,51 +1267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Старое русло реки Илек в 3 километрах от села Жанатан Мартукского района</w:t>
+старица реки Илек в 3 километрах от села Жанатан Мартукского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2202,51 +2161,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Торгай (с притоками)</w:t>
+Тургай (с притоками)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2351,51 +2310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каргалы (с притоками)</w:t>
+Каргала (с притоками)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2947,51 +2906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Киыл</w:t>
+Киил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3543,51 +3502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Олькейек</w:t>
+Улькаяк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4139,51 +4098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сарыкобда</w:t>
+Сары Кобда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9918,50 +9877,348 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 промысловое рыболовство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курттыкол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уилский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старый Шалкар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалкарский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+промысловое рыболовство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Водохранилища:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -12901,51 +13158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Новая Каракудук</w:t>
+Каракудук Новая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13050,123 +13307,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чапаевский</w:t>
-[...71 lines deleted...]
-озерно-товарное рыбоводное хозяйство</w:t>
+Шолақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алгинский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+любительское (спортивное) рыболовство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13199,51 +13456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БАМ</w:t>
+Чапаевский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13271,51 +13528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-любительское (спортивное) рыболовство/ садковое рыбоводное хозяйство</w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13348,51 +13605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алимбетовская</w:t>
+БАМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13420,51 +13677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-озерно-товарное рыбоводное хозяйство</w:t>
+любительское (спортивное) рыболовство/ садковое рыбоводное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13497,51 +13754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Бурановский</w:t>
+Алимбетовская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13646,51 +13903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Чугаевский</w:t>
+Карьер Бурановский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13795,51 +14052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Бурановский - 2</w:t>
+Карьер Чугаевский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13944,51 +14201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд крестьянского хозяйства Алма</w:t>
+Карьер Бурановский - 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14093,51 +14350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд село Ш. Калдаякова</w:t>
+Пруд села имени Ш. Калдаякова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14314,51 +14571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-садковое рыбоводное хозяйство/ озерно-товарное рыбоводное хозяйство</w:t>
+садковое рыбоводное хозяйство, озерно-товарное рыбоводное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14391,51 +14648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Ново Бадамшинский - 1</w:t>
+Карьер Ново-Бадамшинский-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14540,51 +14797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Ново Бадамшинский - 2</w:t>
+Карьер Ново-Бадамшинский-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14689,51 +14946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Средне Бадамшинский</w:t>
+Карьер Средне-Бадамшинский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15136,51 +15393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Чугаевский - 2</w:t>
+Карьер Чугаевский-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15285,51 +15542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Чугаевский - 3</w:t>
+Карьер Чугаевский-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15434,51 +15691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Тайкеткен - 2</w:t>
+Карьер Тайкеткен-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15583,51 +15840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Тайкеткен - 3</w:t>
+Карьер Тайкеткен-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15732,51 +15989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Джусалы - 1</w:t>
+Карьер Джусалы-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15881,51 +16138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Джусалы - 2</w:t>
+Карьер Джусалы-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16030,51 +16287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Джусалы - 3</w:t>
+Карьер Джусалы-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16179,51 +16436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Джусалы - 4</w:t>
+Карьер Джусалы-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18414,123 +18671,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жайсан</w:t>
-[...71 lines deleted...]
-озерно-товарное рыбоводное хозяйство</w:t>
+Кузьмин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кобдинский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+любительское (спортивное) рыболовство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18563,123 +18820,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Яблуновский</w:t>
-[...71 lines deleted...]
-озерно-товарное рыбоводное хозяйство</w:t>
+Қарасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кобдинский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+любительское (спортивное) рыболовство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18712,87 +18969,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоса</w:t>
-[...35 lines deleted...]
-Мартукский район</w:t>
+Егиндыбулак</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кобдинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18861,51 +19118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Богет № 1</w:t>
+Жайсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19010,51 +19267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Богет № 2</w:t>
+Яблуновский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19159,51 +19416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каратау-1</w:t>
+Жоса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19308,51 +19565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каратау-2</w:t>
+Богет № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19457,51 +19714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карашай</w:t>
+Богет № 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19606,51 +19863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Новая</w:t>
+Каратау-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19755,51 +20012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казанка-1</w:t>
+Каратау-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19904,51 +20161,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казанка-2</w:t>
+Карашай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20053,51 +20310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мартукский</w:t>
+Новая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20202,51 +20459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егиз ата</w:t>
+Казанка-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20351,51 +20608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кораблевский</w:t>
+Казанка-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20500,51 +20757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шортанды</w:t>
+Мартукский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20649,51 +20906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд Егиз ата 2</w:t>
+Егиз ата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20798,87 +21055,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айнакарасу</w:t>
-[...35 lines deleted...]
-Мугалжарский район</w:t>
+Кораблевский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мартукский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20947,87 +21204,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куб</w:t>
-[...35 lines deleted...]
-Уилский район</w:t>
+Шортанды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мартукский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21096,87 +21353,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мукан</w:t>
-[...35 lines deleted...]
-Уилский район</w:t>
+Пруд Егиз ата 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мартукский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21245,87 +21502,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Никельтау</w:t>
-[...35 lines deleted...]
-Хромтауский район</w:t>
+Айнакарасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мугалжарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21394,87 +21651,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карьер Хромтау</w:t>
-[...35 lines deleted...]
-Хромтауский район</w:t>
+Куб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уилский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21543,87 +21800,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кубинка</w:t>
-[...35 lines deleted...]
-Хромтауский район</w:t>
+Мукан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уилский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21692,51 +21949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд карьер Хромтауский 2</w:t>
+Карьер Никельтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21841,51 +22098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд карьер Хромтауский 3</w:t>
+Карьер Хромтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21990,87 +22247,683 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд Шевченко</w:t>
+Кубинка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтауский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карьер Хромтау 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтауский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карьер Хромтау 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хромтауский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шевченко</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темирский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+озерно-товарное рыбоводное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калаулыкол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иргизский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22148,55 +23001,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22522,31 +23375,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>