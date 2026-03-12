--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43f8973" w14:textId="43f8973">
+    <w:p w14:paraId="234d64b" w14:textId="234d64b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -171,172 +171,162 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 18 декабря 2000 года "О страховой деятельности" Правление Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций (далее - Агентство) </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О страховой деятельности" Правление Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций (далее - Агентство) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула с изменениями, внесенными постановлениями Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2010 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемые Требования к деятельности организации по формированию и ведению базы данных.</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к деятельности организации по формированию и ведению базы данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -980,6668 +970,7122 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В Требованиях используются основные понятия, установленные Законом о страховой деятельности, </w:t>
+      1. В Требованиях используются основные понятия, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> о страховой деятельности, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об электронном документе и электронной цифровой подписи", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z161" w:id="10"/>
+    <w:bookmarkStart w:name="z202" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) администратор безопасности информационных систем (далее – администратор) – работник Организации и пользователя базы данных, обеспечивающий функционирование системы электронного получения и (или) передачи данных, реализацию мер по их защите, осуществляющий генерацию поступающей и (или) передаваемой информации с учетом ее функций и полномочий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z162" w:id="11"/>
+    <w:bookmarkStart w:name="z203" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) политика информационной безопасности – нормы и практические приемы, регулирующие управление, защиту и распределение информации ограниченного распространения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z163" w:id="12"/>
+    <w:bookmarkStart w:name="z204" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аутентификация – подтверждение подлинности субъекта или объекта доступа путем определения соответствия предъявленных реквизитов доступа имеющимся в системе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z164" w:id="13"/>
+    <w:bookmarkStart w:name="z205" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) пользователь базы данных – поставщики информации, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности и получатели страхового отчета, указанные в подпунктах 3) и 3-1) </w:t>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности и получатели страхового отчета, указанные в подпунктах 3) и 3-1) пункта 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о страховой деятельности, участвующие в информационной системе формирования и использования страховых отчетов в соответствии с требованиями законов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z206" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответственное лицо – работник Организации и пользователя базы данных, обеспечивающий функционирование и контроль средств защиты информации от несанкционированного доступа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z207" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) зловредное программное обеспечение (компьютерные вирусы, сетевые черви и аналогичное программное обеспечение) - совокупность выполняемого кода, способная создавать свои копии (частично или полностью совпадающие с оригиналом) и внедрять их в различные объекты и (или) ресурсы компьютерных систем, сетей без ведома пользователя базы данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z208" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) режим реального времени – режим работы информационной системы формирования и использования страховых отчетов, обеспечивающий поступление, обработку и обмен информации до 16.00 часов времени города Астаны дня, следующего за днем заключения договора страхования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z209" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ключевая информация – криптографические ключи и ключи электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z210" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) оператор – работник пользователя базы данных, непосредственно осуществляющий прием, сбор, обработку, передачу и получение информации с использованием системы защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z211" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) услуги в проактивном режиме - услуги Организации по уведомлению субъекта базы данных, предоставляемые без подачи заявления со стороны субъекта базы данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z212" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) информационная система формирования и использования страховых отчетов – совокупность информационных технологий, информационных сетей и средств их программно-технического обеспечения, предназначенных для реализации Организацией, поставщиками информации, указанными в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, получателями страховых отчетов (за исключением субъекта базы данных) информационных процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z213" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) меры по защите информационной системы формирования и использования страховых отчетов – организационно-технические мероприятия, направленные на обеспечение безопасного функционирования информационной системы формирования и использования страховых отчетов, в том числе программно-аппаратная защита электронных средств и компьютеров от несанкционированного доступа, обеспечивающая контроль доступа к установленному программному обеспечению и информации, предоставляющая средства разграничения полномочий зарегистрированных пользователей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z214" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) страховщик – страховая организация, филиал страховой (перестраховочной) организации-нерезидента Республики Казахстан, осуществляющие деятельность по заключению и исполнению договоров страхования на основании соответствующей лицензии уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z215" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) идентификатор – уникальные персональный код и (или) имя, присвоенные субъекту и (или) объекту системы, и предназначенные для регламентированного доступа в систему и (или) к ресурсам системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z216" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) идентификация – процесс присвоения или определения соответствия предъявленного для получения доступа в систему и (или) к ресурсу системы идентификатора перечню идентификаторов, имеющихся в системе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z217" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уполномоченный орган – государственный орган, осуществляющий регулирование, контроль и надзор финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Поставщики информации и получатели страхового отчета (за исключением лиц, указанных в подпунктах 1), 1-1), 2), 2-1), 4), 6), 7), 8), 9), 10) и 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, участвующие в информационной системе формирования и использования страховых отчетов в соответствии с требованиями законов Республики Казахстан;</w:t>
-[...119 lines deleted...]
-      10) информационная система формирования и использования страховых отчетов – совокупность информационных технологий, информационных сетей и средств их программно-технического обеспечения, предназначенных для реализации Организацией, поставщиками информации, указанными в </w:t>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности) обеспечивают выполнение организационных, технологических условий и требований, установленных законодательством Республики Казахстан о страховании и страховой деятельности, кредитных бюро и формировании кредитных историй и об информатизации, а также вытекающих из заключенных с Организацией договоров о предоставлении информации и (или) получении страховых отчетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1. Исключен постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Внутренние правила, устанавливающие порядок деятельности Организации, содержат следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок заключения договора о предоставлении информации и (или) получении страховых отчетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перечень и формы страховых отчетов, представляемых из базы данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) виды, сроки (периодичность), объем информации, содержащейся в страховых отчетах, и порядок получения страховых отчетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) порядок оплаты услуг по предоставлению информации из базы данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) виды, объем, сроки (периодичность), порядок предоставления информации для формирования базы данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) права и обязанности Организации, поставщика информации и получателя страхового отчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ответственность Организации, поставщика информации и получателя страхового отчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) режим работы Организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 2-2 в соответствии с постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-3. Помимо функций Организации, установленных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 79 Закона о страховой деятельности, Организация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z219" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет разработку и предоставление специализированного программного обеспечения, для автоматизации деятельности получателей страховых отчетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z220" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет предоставление услуг в проактивном режиме, порядок предоставления которых определяется Организацией самостоятельно с учетом ограничений, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о страховой деятельности и Требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 2-3 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 2. Формирование и использование страховых отчетов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z27" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Для формирования страховых отчетов между Организацией и поставщиками информации, указанными в подпунктах 1) и 1-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, заключаются договоры о предоставлении информации и (или) получении страховых отчетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z176" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Требования к содержанию договора о предоставлении информации и (или) получении страховых отчетов устанавливаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о страховой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Регистрация в Организации поставщиков информации, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, получателями страховых отчетов (за исключением субъекта базы данных) информационных процессов;</w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о страховой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции постановления Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При поступлении от получателей страхового отчета, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, запроса о представлении страхового отчета на бумажном носителе, отчет таким получателям Организацией представляется в течение двух рабочих дней с даты получения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z221" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Предоставление страхового отчета лицам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z222" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрос получателей страховых отчетов о предоставлении страхового отчета в электронной форме подтверждается одним из следующих способов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z223" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) средствами биометрической идентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z224" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронной цифровой подписью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z225" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) генерацией и вводом одноразового пароля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z226" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Процессы биометрической идентификации, применения электронной цифровой подписи, а также генерации и направления одноразового пароля определяются Организацией с учетом требований, установленных законодательством Республики Казахстан в области цифровизации, электронного документа и электронной подписи, а также требования в сфере информационной безопасности и защиты персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z31" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z32" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Исключен постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z33" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В страховом отчете для субъекта базы данных должна содержаться информация обо всех предоставленных страховых отчетах, с указанием даты выдачи, наименования и реквизитов получателей страхового отчета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z34" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Организация при предоставлении страхового отчета указывает всех поставщиков информации и дату получения этой информации Организацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z124" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-1. Поставщик информации, указанный в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 80 Закона о страховой деятельности, представляет в Организацию сведения, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 1 марта 2010 года № 25 "Об утверждении Требований к осуществлению страховой организацией, филиалом страховой организации-нерезидента Республики Казахстан страховой деятельности, в том числе во взаимоотношениях с участниками страхового рынка, к договору поручения, заключаемому между страховой организацией и страховым агентом, и полномочиям страхового агента на осуществление посреднической деятельности на страховом рынке, а также минимальной программы обучения страховых агентов и требований к порядку проведения обучения", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 6164, по обязательным видам страхования, по договорам сострахования в рамках обязательных видов страхования (за исключением вмененного страхования) - в режиме реального времени, по добровольным видам страхования, по договорам сострахования в рамках вмененных и добровольных видов страхования, по договорам перестрахования, совместного перестрахования - в срок не позднее 6 (шестого) рабочего дня месяца, следующего за отчетным месяцем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 10-1 в соответствии с постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       11. Поставщик информации, указанный в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 80 Закона о страховой деятельности, представляет в Организацию сведения, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 29 октября 2018 года № 269 "Об установлении Требований к содержанию и порядку оформления страховых полисов", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 17806, в режиме реального времени по обязательным видам страхования, по договорам сострахования в рамках обязательных видов страхования (за исключением вмененного страхования) и в срок не позднее 6 (шестого) рабочего дня месяца, следующего за отчетным месяцем по добровольным видам страхования, по договорам сострахования в рамках вмененных и добровольных видов страхования, перестрахования и совместного перестрахования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11-1. По временно въезжающим (ввозимым) автотранспортным средствам на территорию Республики Казахстан при заключении договора обязательного страхования гражданско-правовой ответственности владельцев транспортных средств поставщиком информации, указанным в подпункте 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, представляются следующие сведения в режиме реального времени:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z185" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вид договора страхования (стандартный, комплексный);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z186" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уникальный номер договора страхования, присвоенный Организацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z187" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) срок действия страхового полиса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z188" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о заявителе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z189" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (при его наличии), дата рождения, место жительства (для физического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z190" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      серия, номер, дата выдачи водительского удостоверения, стаж вождения (для физического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z191" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование, место нахождения (для юридического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z192" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признак резидентства (резидент или нерезидент Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z193" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения об автотранспортном средстве:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z194" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий регистрацию транспортного средства на срок ввоза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z195" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тип транспортного средства в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об обязательном страховании гражданско-правовой ответственности владельцев транспортных средств" (далее - Закон об обязательном страховании);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z196" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      год выпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z197" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер кузова;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z198" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о застрахованном (застрахованных):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z199" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (при его наличии), дата рождения, место жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z200" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      серия, номер, дата выдачи водительского удостоверения, стаж вождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 11-1 в соответствии с постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 26.09.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11-2. Поставщик информации, указанный в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 80 Закона о страховой деятельности, представляет в Организацию сведения в рамках гарантируемых классов (видов) страхования, включенных в систему гарантирования страховых выплат на основании заключенного с Организацией договора о предоставлении информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 11-2, в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z201" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11-3. Поставщик информации, указанный в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 80 Закона о страховой деятельности, представляет в Организацию сведения по договорам пенсионного аннуитета, заключенным в рамках </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 11-3 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z37" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Организация присваивает уникальный номер договору обязательного страхования гражданско-правовой ответственности владельцев транспортных средств в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z179" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) внесение страховщиком сведений о страхователе (застрахованном), транспортном средстве (транспортных средствах) в базу данных на основе заявления страхователя для заключения договора обязательного страхования гражданско-правовой ответственности владельцев транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z180" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование в базе данных страхового отчета, содержащего сведения, необходимые для включения в страховой полис;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z181" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) присвоение уникального номера страховому полису, являющегося номером страхового полиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Организация присваивает уникальный номер заключенному договору обязательного (за исключением обязательного страхования гражданско-правовой ответственности владельцев транспортных средств), добровольного страхования в базе данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 13-1, в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z39" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Выдача страховых отчетов из базы данных получателям страхового отчета, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности, осуществляется в зависимости от уровней доступа и вида страховых отчетов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции постановления Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z41" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z42" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. В целях обоснованного применения размера страховой премии работники получателя страхового отчета, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 80 Закона о страховой деятельности, в должностные обязанности которых входит заключение договоров обязательного страхования гражданско-правовой ответственности владельцев транспортных средств, получают страховой отчет о классе, присваиваемом субъекту базы данных (наличие или отсутствие страховых случаев у субъекта базы данных) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 140 "Об утверждении Правил расчета и применения коэффициента по системе "бонус-малус" для расчета страховой премии по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 13928.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 3. Информационный процесс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z44" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Функционирование информационной системы формирования и использования страховых отчетов обеспечивает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) координацию и управляемость деятельности ее участников в рамках согласованных процедур и технологических параметров; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) унификацию используемых программных и технических средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) информационную безопасность, включая устранение возможности раскрытия информации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) внедрение высокоэффективных технологий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) гибкое и эффективное управление ресурсами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) рост качества услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Организация и пользователи базы данных обеспечивают: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) контроль ввода данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) возможность вычисления параметров документов (номеров документов, кода связи, номера договора и другое); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) генерацию сводной информации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) создание резервных копий, архивирование данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) использование информационных систем, имеющих штатные средства защиты, с контролем за правами доступа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) наличие регламентированных процедур предоставления и получения электронных сообщений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) возможность подготовки аналитических и статистических отчетов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Процесс разработки, внедрения и сопровождения информационных систем включает определение этапов разработки, порядка внесения изменений, приема, тестирования и ввода в промышленную эксплуатацию, требования к документированию всех этапов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z47" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Разработка, внедрение и сопровождение информационных систем Организацией выполняется в соответствии с действующими на территории Республики Казахстан стандартами и внутренними документами Организации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z48" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Разработка информационных систем выполняется Организацией на основании технического задания, утвержденного их первым руководителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация обеспечивает возможность приема информации от поставщиков информации либо устанавливает соответствующие требования к используемому ими программному обеспечению. В случае самостоятельной разработки программного обеспечения пользователями базы данных оно согласуется с Организацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. В целях исключения несанкционированного изменения программного обеспечения и (или) данных информационной системы при необходимости внесения изменений (для устранения недостатков или доработки системы) в программное обеспечение, процесс внесения изменений осуществляются в соответствии с техническим заданием, стандартами, действующими на территории Республики Казахстан, и внутренними документами Организации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z50" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Условия обмена информацией между</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Организацией и пользователями базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z51" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Обмен информацией между пользователями базы данных и Организацией осуществляется через специальную автоматизированную систему, соответствующую требованиям законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информатизации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техническом регулировании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z52" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Информация, предоставленная поставщиком информации, возвращается Организацией без ее использования в информационной системе формирования и использования страховых отчетов, в случае ее неправильного или неполного оформления, несоответствия данных поставщика информации, получателя страхового отчета, субъекта базы данных требованиям к используемой информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       26-1.Организация осуществляет обмен данными с поставщиками информации и получателями страхового отчета по выделенным каналам связи или через Интернет - ресурсы при условии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличия основного канала, пропускной способностью не менее 10 (десяти) мегабит в секунду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия беспроводного резервного канала, пропускной способностью не менее 2 (двух) мегабит в секунду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использования каналов разных провайдеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) использования каналов исключительно для обмена информацией с поставщиками информации и получателями страховых отчетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 26-1 в соответствии с постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 5. Формирование системы безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z54" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Информационная система формирования и использования страховых отчетов обеспечивает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) конфиденциальность информации - защиту от раскрытия информации в ходе ее хранения, обработки или при передаче по коммуникационным каналам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сохранность информации - защиту от повреждений, целостность и защищенность от несанкционированного изменения, дополнения, копирования или удаления в ходе ее хранения, обработки или при передаче по коммуникационным каналам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) доступность - защиту от использования одним пользователем данных и иных ресурсов информационной системы, предназначенных для совместного использования, перехвата информационных сообщений и (или) данных с последующей их задержкой, а также от перехвата информационных сообщений и (или) данных с последующей их задержкой. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Базовым компонентом обязательных мер по обеспечению безопасности информационной системы формирования и использования страховых отчетов является применение комплексного подхода к созданию системы информационной безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z56" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Комплексный подход к созданию системы информационной безопасности включает анализ и оценку рисков, в том числе по техническим каналам утечки информации, учет характера и важности защищаемой информации, контроль за обеспечением безопасности технологии обработки электронных документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z57" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Организация и пользователи базы данных проводят действия по оперативному выявлению подозрительных действий в реальном режиме времени и включающие мероприятия, направленные на установление: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нетипичного поведения (пользователей, программ или аппаратуры); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) начала активности несанкционированных вторжений или использования зловредного программного обеспечения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Основными направлениями, обеспечивающими комплексный подход к информационной безопасности на программно-техническом уровне являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) контур безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) внутрикорпоративная безопасность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) управление корпоративной безопасностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Контур безопасности предназначен для обеспечения защиты информационной системы формирования и использования страховых отчетов (далее - Контур безопасности). Контур безопасности реализует защиту центрального и дополнительных офисов (филиалов, представительств, удаленных офисов), информационных потоков между ними, а также информационных ресурсов, хранящихся на серверах и рабочих станциях внешних соединений информационной системы с другими сетями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z60" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. Процедуры безопасности Организации и пользователей базы данных предназначены для контроля несанкционированных вторжений и антивирусной защиты, обеспечения их внутренней информационной безопасности и предполагают необходимость построения и поддержания системы, обеспечивающей разделение пользователей на группы в соответствии с их статусом и правами, а также разделение ресурсов по уровню их конфиденциальности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 с изменением, внесенным постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       34. Управление корпоративной безопасностью, в рамках комплексной системы безопасности Организации и пользователей базы данных обеспечивается постоянным контролем за выполнением общих требований политики информационной безопасности, оперативным внесением в нее корректировок и повышения ее уровня. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z62" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Повышение уровня безопасности предусматривает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) определение политики информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) установление границ, в которых предполагается поддерживать режим информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проведение оценки рисков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) выбор мер противодействия и управления рисками; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) выбор средств и управления, обеспечивающих режим информационной безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. Политика информационной безопасности содержит описание состава используемой информационной системы, список пользователей, их права (в зависимости от их служебного положения и характера выполняемых функций) на доступ к информации, программным и техническим средствам и определяет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) общие направления работы в области информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) цель и задачи защиты информационной системы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) основные принципы и способы достижения необходимого уровня безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) определение должностных лиц, ответственных за разработку необходимых требований, определяющих политику информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) определение подразделений, ответственных за создание и поддержание работоспособности информационных систем и системы их защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) меры, предотвращающие нарушения режима безопасности информационных систем в случае возникновения обстоятельств непреодолимой силы, к которым относятся стихийные бедствия, аварии, пожары, отключение электроэнергии, повреждение линий связи, массовые беспорядки, забастовки, военные действия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Организация и пользователи базы данных обеспечивают: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) соответствие используемых управленческих решений, технологий, подходов и конкретных программно-аппаратных средств действующему законодательству Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принятие внутренних документов об организации безопасности информационной системы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. Процедурный уровень защиты информации включает мероприятия по обеспечению безопасности, предпринимаемые Организацией и пользователями базы данных по следующим направлениям: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) управление персоналом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) физическая защита; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) реагирование на нарушения режима безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) планирование восстановительных работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Алгоритмы, используемые для защиты информации при аутентификации пользователей и передаче данных, сертифицируются в Республике Казахстан в соответствии с требованиями государственного стандарта Республики Казахстан СТ РК 1073-2007 "Средства криптографической защиты информации. Общие технические требования".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 в редакции постановления Правления Национального Банка РК от 30.05.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       40. План защиты информации включает следующие меры: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) организационные; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) программно-технические. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. К организационным мерам обеспечения безопасности относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) физическая защита информационных систем; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) поддержание работоспособности информационных систем, имеющих отношение к информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) установление каждому пользователю соответствующего права доступа, необходимого для выполнения им возложенных должностных обязанностей и обеспечения взаимозаменяемости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) планирование восстановительных работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. Физическая защита подразделяется на: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) физическое управление доступом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) меры противопожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) защита поддерживающей инфраструктуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) защита от перехвата данных, защита мобильных систем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Мероприятия по поддержанию работоспособности информационных систем подразделяются на: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) поддержку пользователей - предоставление консультаций по вопросам информационной безопасности, выявление их типичных ошибок и обеспечение памятками с рекомендациями для распространенных ситуаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) поддержку программного обеспечения - контроль лицензионной (сертифицированной) чистоты программного обеспечения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) конфигурационное управление - контроль и фиксирование изменений, вносимых в программную и техническую конфигурацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) резервное копирование для восстановления информационной системы и данных в случае аварии и других обстоятельств непреодолимой силы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) управление носителями данных - порядок учета, обращения и хранения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) документирование - актуальное отражение текущего состояния дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. В случае нарушения режима безопасности информационных систем ответственные лица, администратор осуществляют: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) выполнение оперативных мероприятий с целью уменьшения наносимого вреда; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анализ и оценку имеющихся сведений о нарушениях - изучение инцидента, выявление повторных нарушений, разработка мер по усовершенствованию системы защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-1. Организация предоставляет сведения о событиях и обстоятельствах, повлекших недоступность или некорректную работу единой базы данных по страхованию, вследствие которой страховые (перестраховочные) организации не имели возможность в течение двадцати четырех и более часов заключать договоры и (или) исполнять обязательства перед страхователями (застрахованными, выгодоприобретателями).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z228" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация обеспечивает представление сведений, указанных в части первой настоящего пункта, в уполномоченный орган не позднее двух рабочих дней с момента начала указанных событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 44-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. Резервное копирование и восстановление после потери работоспособности информационной системы определяются требованиями, установленными в Организации и у пользователей базы данных. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z183" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45-1. Организация обеспечивает наличие резервного сервера для хранения копий информации о субъектах единой страховой базы данных, находящегося вне границ населенного пункта, в котором расположена Организация.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 45-1, в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Минимальные требования к электронному оборудованию, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сохранности базы данных и помещениям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z74" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. Программное обеспечение пользователя устанавливается на специально выделенном персональном компьютере, имеющем паспорт - описание рабочего места с подробными данными по его месторасположению, конфигурации, а также аппаратным и программным средствам, установленным на нем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z75" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Не допускается эксплуатация персонального компьютера пользователя и установка на нем программных средств, не связанных с целями подготовки, обработки, передачи или ведения электронных документов в рамках участия в информационной системе формирования и использования страховых отчетов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z76" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Персональный компьютер пользователя оснащается комплексом защиты, включающим в себя средства идентификации и аутентификации пользователей, возможность ведения электронных журналов в течение срока хранения электронных документов, с целью контроля деятельности, связанной с доступом к компьютеру и действиями пользователей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 48 в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       49. Одному системному имени пользователя, по которому идентифицируется пользователь, при входе в информационные системы должно соответствовать одно физическое лицо.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z78" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Паспорт - описание рабочего места оформляется за подписью руководителей Организации и пользователя и хранится у ответственного лица.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z79" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Персональный компьютер пользователя оснащается средством обеспечения целостности программного обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 51 в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       52. Системный блок персонального компьютера пользователя опечатывается либо пломбируется ответственным лицом. В случае необходимости, допуск к системному блоку осуществляется в присутствии ответственного лица. По окончании работ системный блок опечатывается либо пломбируется ответственным лицом.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z81" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Порядок доступа к ресурсам (дисковое пространство, директории, сетевые ресурсы, базы данных и другие), выделенным для накопления в них информации для передачи в информационную среду с использованием системы защиты, получения информации из информационной среды, хранения, архивирования либо другой обработки информации, исключает возможность несанкционированного доступа к этим ресурсам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 53 в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       54. Проведение и контроль работ по криптографической защите ведется ответственным лицом, который выполняет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) учет, хранение и сопровождение программных средств криптографической защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) генерацию криптографических ключей, получение, учет, хранение и выдачу информационных носителей, содержащих ключи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ведение списка владельцев криптографических ключей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) обеспечение владельцев криптографических ключей необходимыми инструкциями.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-1. Исключен постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 101</w:t>
+        <w:t xml:space="preserve">55. Исключен постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="26"/>
-[...162 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       56. Месторасположение, в котором находится рабочее место пользователя, имеющего доступ к страховым отчетам ограниченного доступа, и средства охраны помещения должны исключать возможность неконтролируемого проникновения в это помещение лиц, не допущенных к рабочему месту пользователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z229" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Средства технической защиты рабочего места должны исключать несанкционированный допуск к рабочему месту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 2-2 в соответствии с постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 56 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:bookmarkStart w:name="z85" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       57. Техническое помещение Организации должно находиться в охраняемой зоне, иметь кодовые замки и средства регистрации доступа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При расположении помещения Организации на первых или последних этажах зданий, а также при наличии рядом с окнами балконов, пожарных лестниц, окна помещений оборудуются металлическими решетками.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. Средства технической защиты помещения Организации должны исключать возможность неконтролируемого проникновения в это помещение лиц. Допуск к работе в Организации осуществляется в соответствии с ее регламентом и должностными обязанностями работников. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 58 с изменениями, внесенными постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Глава 2. Формирование и использование страховых отчетов</w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+        <w:t xml:space="preserve">  Глава 7. Иные вопросы деятельности базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z88" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      59. Внутренним актом Организации и пользователя определяется порядок работы с системой защиты, включающий: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) порядок назначения сотрудников, на которых возлагаются обязанности ответственного лица, администратора, оператора; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) режим работы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) права и обязанности ответственного лица, администратора и оператора, включая их должностные инструкции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) список сотрудников, допущенных к рабочему месту оператора.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      60. Ответственные лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечивают обязательность процедуры идентификации и аутентификации для доступа к ресурсам информационных систем; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) не допускают получения права доступа к информационным ресурсам неавторизованными пользователями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) контролируют регулярность выполнения резервного копирования информации, обрабатываемой информационной системой; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) проводят плановую и внеплановую проверку надежности защиты ресурсов системы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивают защиту информационных ресурсов, подключенных к глобальной сети Интернет, с помощью аппаратных межсетевых экранов "FireWall";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) принимают меры по отражению угрозы и выявлению нарушителей с помощью аппаратных средств, комбинирующих как систему обнаружения вторжений (IDS), так и систему предотвращения вторжений (IPS(IDPS));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обеспечивают работоспособность средств защиты от утечки информации через съемные носители (гибкие диски, flash-карты, внешние накопители на жестких дисках и прочие); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) регулярно просматривают журнал событий, проводят анализ с записями, где были попытки несанкционированного доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) постоянно проводить антивирусную профилактическую работу.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 101</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 60 с изменениями, внесенными постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Ответственное лицо, администратор, оператор дают письменное обязательство о неразглашении и нераспространении информации, ставшей им известной в процессе исполнения ими служебных обязанностей.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z91" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      62. При увольнении работников пользователя (ответственного лица, администратора или оператора) производится внеплановая смена ключевой информации организации, о чем уведомляется Организация. Новая ключевая информация вводится в действие со дня их увольнения.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z92" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен постановлением Правления Агентства РК по регулированию и надзору фин.рынка и фин.организаций от 27.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении 14 календарных дней со дня его гос.рег-ции в МЮ РК).     </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z93" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Порядок хранения и использования внешних носителей с ключевой информацией исключает возможность несанкционированного доступа к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 64 в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="30"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z94" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       65. При формировании и передаче электронного сообщения Организация и пользователь осуществляют защитные действия, в соответствии с установленным ими порядком использования программно-криптографической защиты и электронной цифровой подписи.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z95" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66. В случае нарушения порядка защитных действий или его разглашения, сторона, установившая данное нарушение, немедленно уведомляет об этом другую сторону и принимает меры к ликвидации последствий.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z96" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен постановлением Правления Национального Банка РК от 28.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z97" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...2061 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Глава 3. Информационный процесс</w:t>
-[...3488 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 8 исключена постановлением Правления Национального Банка РК от 28.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7723,907 +8167,883 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к Требованиям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Требованиям к деятельности</w:t>
+              <w:t>к деятельности организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации по формированию и</w:t>
+              <w:t>по формированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ведению базы данных</w:t>
+              <w:t>и ведению базы данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Инструкция дополнена приложением 1 в соответствии с постановлением Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правления Национального Банка РК от 28.01.2016 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 12</w:t>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="131"/>
+    <w:bookmarkStart w:name="z98" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z108" w:id="132"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z108" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ввода системы управления базы данных в</w:t>
+        <w:t>ввода системы управления базы данных в промышленную эксплуатацию</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>промышленную эксплуатацию</w:t>
-[...38 lines deleted...]
-    </w:p>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование Организации по формированию и ведению базы данных)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z230" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"____"_____________ 20___ года</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"____"_____________ 20___ года</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-          дата</w:t>
+              <w:t>дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-     __________________________</w:t>
+____________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-         место составления</w:t>
+              <w:t>место составления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...465 lines deleted...]
-      Закона о страховой деятельности:</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z233" w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 79 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О страховой деятельности" (далее - Закон о страховой деятельности) создана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссия в следующем составе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представители уполномоченного органа (указать должность, фамилию, имя,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которая составила настоящий акт ввода системы управления базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в промышленную эксплуатацию Организации по формированию и ведению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В работе комиссии участвуют представители Организации по формированию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и ведению базы данных (указать должность, фамилию, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения относительно заключенных договоров о предоставлении информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с поставщиками информации, указанными в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 80 Закона о страховой</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="146"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8747,68 +9167,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z240" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="147"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8920,68 +9352,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z246" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="148"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9089,68 +9533,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z252" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-…</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="149"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9258,68 +9714,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z258" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="150"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9431,68 +9899,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z264" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="151"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9600,68 +10080,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z270" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-…</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="152"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9769,68 +10261,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z276" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="153"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9942,68 +10446,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z282" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="154"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10111,68 +10627,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z288" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-…</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="155"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10280,68 +10808,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z294" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="156"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10437,1289 +10977,1101 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...21 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z300" w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация информационного процесса по формированию и выдаче</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1202 lines deleted...]
-      _____________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>страховых отчетов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Описание системы управления базы данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты тестирования информационного процесса с поставщиками</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации, заключившими договор о представлении информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Краткое содержание пояснений представителей Организации по формированию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и ведению базы данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия проверила технические и иные документы, договоры о предоставлении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации с поставщиками информации, указанными в пункте 3 статьи 80 Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о страховой деятельности, Организации по формированию и ведению базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обследовала его системы управления базы данных и иных объектов, предназначенных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для организации информационного процесса по формированию и выдаче страховых</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчетов и установила, что данная Организация по формированию и ведению базы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>готова (не готова) к вводу системы управления базы данных в промышленную</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>эксплуатацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией по формированию и ведению базы данных предъявлены следующие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документы, касающиеся организации информационного процесса по формированию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и выдаче страховых отчетов, системы управления базы данных и тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информационного процесса, которые приложены к акту комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт составлен в двух экземплярах и по одному экземпляру передан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченному органу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организации по формированию и ведению базы данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены комиссии (фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись и дата подписания):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представители Организации по формированию и ведению базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), подпись и дата подписания):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель Организации по формированию и ведению базы данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), подпись и дата подписания):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11787,51 +12139,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Инструкции по формированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и ведению базы данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="133"/>
+    <w:bookmarkStart w:name="z100" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -11870,51 +12222,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">________  ____________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>дата      место составления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 с изменениями, внесенными постановлениями Правления Агентства РК по регулированию и надзору финансового рынка и финансовых организаций от 03.09.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>