--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d93fe29" w14:textId="d93fe29">
+    <w:p w14:paraId="b21314e" w14:textId="b21314e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3769,51 +3769,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z147" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:bookmarkStart w:name="z149" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z150" w:id="147"/>
     <w:p>
@@ -3978,50 +3978,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 04.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 775</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z151" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4755,50 +4775,136 @@
         <w:t xml:space="preserve">
       34-1) участие в выполнении задач территориальной обороны Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О территориальной обороне Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктами 34-2), 34-3), 34-4), 34-5), 34-6), 34-7), 34-8), 34-9) в соответствии с указом Президента РК от 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z186" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z187" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14672,55 +14778,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>