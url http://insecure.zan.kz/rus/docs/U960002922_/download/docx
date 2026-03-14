--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b21314e" w14:textId="b21314e">
+    <w:p w14:paraId="2943a00" w14:textId="2943a00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -703,90 +703,90 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z21" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Комитет национальной безопасности Республики Казахстан (далее – Комитет национальной безопасности) – непосредственно подчиненный и подотчетный Президенту Республики Казахстан специальный государственный орган Республики Казахстан, осуществляющий руководство в пределах своих полномочий единой системой органов национальной безопасности Республики Казахстан (далее – органы национальной безопасности), разведывательной, контрразведывательной, оперативно-розыскной деятельностью, в области защиты и охраны Государственной границы Республики Казахстан (далее – Государственная граница), обеспечения правительственной связью и организации шифровальной работы, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, организации деятельности авиации органов национальной безопасности, выявления, пресечения, раскрытия и расследования коррупционных правонарушений, защиты государственных секретов, и является уполномоченным органом по защите государственных секретов в Республике Казахстан.</w:t>
+      1. Комитет национальной безопасности Республики Казахстан (далее – Комитет национальной безопасности) – непосредственно подчиненный и подотчетный Президенту Республики Казахстан специальный государственный орган Республики Казахстан, осуществляющий руководство в пределах своих полномочий единой системой органов национальной безопасности Республики Казахстан (далее – органы национальной безопасности), разведывательной, контрразведывательной, оперативно-розыскной деятельностью, в области защиты и охраны Государственной границы Республики Казахстан (далее – Государственная граница), обеспечения правительственной связью и организации шифровальной работы, в области государственного контроля в сфере информатизации в части информационной безопасности критически важных объектов информационно-коммуникационной инфраструктуры, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, организации деятельности авиации органов национальной безопасности, выявления, пресечения, раскрытия и расследования коррупционных правонарушений, защиты государственных секретов, и является уполномоченным органом по защите государственных секретов в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции Указа Президента РК от 14.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 944</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции Указа Президента РК от 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1651,190 +1651,270 @@
         <w:t>
       14) обеспечение защиты и охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) организация защищенной связи загранучреждений Республики Казахстан и обеспечение физической защиты загранучреждений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkStart w:name="z663" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) обеспечение информационной безопасности сетей правительственной связи, республиканских сетей защищенной связи и сетей защищенной связи органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkStart w:name="z660" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) осуществление государственного контроля в сфере информатизации в части информационной безопасности критически важных объектов информационно-коммуникационной инфраструктуры;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z661" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      после абзаца пятьдесят пятого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 14 дополнить абзацем пятьдесят шестым следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z662" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "осуществлять государственный контроль по выданным разрешениям в сферах обеспечения информационной безопасности и специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий, в форме проверок, проводимых на соответствие квалификационным или разрешительным требованиям по выданным разрешениям, и внеплановых проверок в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) управление, формирование и реализация единых подходов в органах национальной безопасности, а также организация их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация единой государственной политики в области защиты государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) разработка правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) осуществление иных задач, возложенных на Комитет национальной безопасности, в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1856,2087 +1936,2107 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 14.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, военнослужащих, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изготавливать, в том числе при содействии других государственных органов, и выдавать лицам, подлежащим государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе, документы, удостоверяющие личность, и иные документы с измененными анкетными данными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, в том числе Технический совет Комитета национальной безопасности и экспертные комиссии в пределах своей компетенции, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проводить криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения Президенту и Правительству Республики Казахстан по вопросам совершенствования внешней разведки Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в органы национальной безопасности граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные Законом Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств органы национальной безопасности возмещают в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные принадлежащие гражданам помещения органы национальной безопасности уведомляют прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов, незаконно пребывающих в пограничной зоне. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь изоляторы временного содержания, следственные изоляторы для содержания в установленном законодательством Республики Казахстан порядке лиц, в отношении которых в качестве меры пресечения избрано содержание под стражей или задержанных органами национальной безопасности по подозрению в совершении уголовных правонарушений, в отдельных случаях, по согласованию с органами национальной безопасности, задержанных и подвергнутых содержанию под стражей правоохранительными органами и судами, а также осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны, безопасности сетей телекоммуникаций специального назначения органов национальной безопасности, деятельности шифровальной службы в государственных органах, Вооруженных Силах Республики Казахстан, других войсках и воинских формированиях, а также в иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций органов национальной безопасности и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливать, поддерживать и развивать контакты, заключать соглашения о сотрудничестве со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными правоохранительными организациями на основе международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Комитет национальной безопасности задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приостанавливать в установленном порядке работу подразделений сети шифрованной связи до устранения выявленных нарушений, а также деятельность любых сетей и средств связи в случае использования их в преступных целях, наносящих ущерб интересам личности, общества и государства, за исключением сетей правительственной и президентской связи, услуг связи, оказываемых Службе государственной охраны, органам военного управления, национальной безопасности и внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников, военнослужащих и работников органов национальной безопасности, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить научные исследования по проблемам обеспечения безопасности Республики Казахстан, разрабатывать и создавать информационные системы и системы специальных видов связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить научно-исследовательские и опытно-конструкторские работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, контракты с органами и организациями Республики Казахстан, специальными службами и организациями иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать подготовку, переподготовку и повышение квалификации кадров для государственных органов Республики Казахстан, а также специальных и иных органов иностранных государств в соответствии с международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и в помещения органов национальной безопасности и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z105" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников и военнослужащих органов национальной безопасности, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать, изготавливать и (или) оформлять документы других государственных органов, а также организаций, порядок использования, изготовления и (или) оформления которых определяется Председателем Комитета национальной безопасности. В случае необходимости использования органами национальной безопасности в целях, предусмотренных настоящим абзацем, документов государственных органов, требующих регистрации в государственных органах, в том числе выдаваемых ими документов, по заявке Комитета национальной безопасности соответствующие государственные органы на безвозмездной основе изготавливают и (или) оформляют их для органов национальной безопасности в порядке, определенном совместными нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в другие государственные органы и организации обязательные для исполнения запросы о предоставлении органам национальной безопасности бланков документов и служебных удостоверений, образцов их заполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников и военнослужащих иных субъектов внешней разведки и специальных государственных органов Республики Казахстан, ведомственной принадлежности их подразделений, помещений и транспортных средств, а также личности конфиденциальных помощников, изготавливать и (или) оформлять для иных субъектов внешней разведки и специальных государственных органов Республики Казахстан документы других государственных органов, а также организаций, порядок изготовления и (или) оформления которых определяется совместными нормативными правовыми актами. В случае необходимости использования иными субъектами внешней разведки и специальными государственными органами в целях, предусмотренных настоящим абзацем, документов государственных органов, требующих регистрации в государственных органах, в том числе выдаваемых ими документов, по заявке Комитета национальной безопасности соответствующие государственные органы на безвозмездной основе изготавливают и (или) оформляют их в порядке, определенном совместными нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить технические исследования на предмет отнесения товаров к специальным техническим средствам для проведения оперативно-технических мероприятий и средствам криптографической защиты информации, выдавать по ним соответствующие заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать заявления физических и юридических лиц о выдаче заключений (разрешительных документов) на ввоз или вывоз специальных технических средств и средств криптографической защиты информации, регистрации нотификаций о характеристиках товаров, содержащих криптографические функции, выдавать по ним соответствующие разрешения и регистрировать нотификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять согласование лицензий на импорт и экспорт средств криптографической защиты информации и специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать, создавать, приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства, при этом разработка, производство и принятие на вооружение государственных шифровальных средств и их специальной защиты (от технических средств разведки) осуществляются в порядке, установленном законодательством Республики Казахстан. Заключать в этих целях договоры, контракты с государственными органами и организациями Республики Казахстан, специальными службами и организациями иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать, принимать в эксплуатацию, эксплуатировать, развивать и прекращать эксплуатацию сетей правительственной связи, сетей шифрованной связи органов национальной безопасности, а также сетей телекоммуникаций специального назначения, используемых в интересах органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять на договорной основе подготовку кадров для государственных органов Республики Казахстан и специальных служб иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять межведомственную координацию по вопросам функционирования единого шлюза доступа к сети Интернет и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять развитие единого шлюза доступа к сети Интернет и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять государственный контроль за применением сертификата безопасности операторами связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять государственный контроль за порядком присоединения сетей операторов связи к точкам обмена интернет-трафиком и пропуска интернет-трафика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты, справочные, информационные системы и электронные информационные ресурсы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z615" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z615" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать, приобретать, создавать (за исключением криптографических средств защиты), эксплуатировать и использовать информационные системы и электронные информационные ресурсы, специальные технические средства, системы связи, сети телекоммуникаций специального назначения, системы передачи данных, средства защиты информации от утечки по техническим каналам, программное обеспечение к ним, вооружение и оснащение, организовывать шифровальную и дешифровальную работу. Заключать в этих целях договоры, контракты с государственными органами и организациями Республики Казахстан независимо от форм собственности, со специальными службами и с организациями иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z616" w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z616" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать, приобретать, накапливать, формировать, регистрировать, хранить, обрабатывать, уничтожать, использовать, передавать, защищать электронные информационные ресурсы, содержащие сведения, составляющие государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z617" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z617" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать, эксплуатировать, осуществлять развитие, сопровождение, интеграцию, прекращение эксплуатации, защиту информационных систем в защищенном исполнении, отнесенных к государственным секретам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z618" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z618" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять сбор, обработку, хранение, передачу, поиск, распространение, использование, защиту, регистрацию, подтверждение и уничтожение электронных документов и иных данных, содержащих сведения, составляющие государственные секреты, с использованием информационных систем в защищенном исполнении, отнесенных к государственным секретам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z619" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z619" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить специальную проверку сотрудников и военнослужащих органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z620" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z620" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z621" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z621" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать специальный государственный архив;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z622" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z622" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать, аккредитовывать, прекращать деятельность специального удостоверяющего центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z623" w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z623" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и руководить деятельностью пограничных представителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z624" w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z624" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и утверждать нормативные правовые акты в области защиты государственных секретов в соответствии с целью и задачами защиты государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z120" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z121" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z121" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информировать Президента Республики Казахстан, Парламент Республики Казахстан, Правительство Республики Казахстан об угрозах безопасности страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z122" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с Законом Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z123" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z124" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z125" w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z125" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z126" w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z126" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирования политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z127" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z128" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z129" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности загранучреждений Республики Казахстан и их персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z130" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z131" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z132" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z133" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и других охраняемых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z134" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать защиту и охрану Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z135" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять процедуру подтверждения личности по дактилоскопической информации в отношении лиц, прошедших дактилоскопическую регистрацию, при пересечении Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z136" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять дактилоскопическую регистрацию иностранцев и лиц без гражданства, подлежащих выдворению за пределы Республики Казахстан либо подпадающих под действие международных договоров о реадмиссии, ратифицированных Республикой Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z137" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на органы национальной безопасности задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z138" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z139" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовать шифровальную и дешифровальную работу, эксплуатировать, развивать правительственную связь, шифрованную и засекреченную связь, а также сети телекоммуникаций специального назначения, используемые в интересах органов национальной безопасности, обеспечивать их безопасность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z140" w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z140" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z141" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя Комитета национальной безопасности или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z142" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z143" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять подготовку кадров для органов национальной безопасности, их переподготовку и повышение квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z144" w:id="142"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z144" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z145" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z146" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z147" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z149" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z149" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z150" w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z150" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять психолого-социологическое обеспечение оперативно-служебной деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z625" w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z625" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести учет объявленных предостережений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z626" w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z626" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z654" w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z654" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z627" w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z627" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4015,810 +4115,810 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="152"/>
+    <w:bookmarkStart w:name="z151" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z152" w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z152" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) координация деятельности государственных органов и органов местного самоуправления в сфере противодействия терроризму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z153" w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z153" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие в системе государственного планирования Республики Казахстан, разработка и реализация документов системы государственного планирования в области обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z154" w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z154" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выработка единой политики правового, кадрового, научного, научно-методического, научно-технического, военно-медицинского (медицинского), финансового и материально-технического обеспечения системы органов национальной безопасности для решения возложенных задач и достижения стратегических целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z155" w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z155" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выполнение международных обязательств Республики Казахстан, участие в подготовке заключаемых Республикой Казахстан международных договоров, а также в разработке проектов законов, иных нормативных правовых актов, затрагивающих вопросы обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z156" w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z156" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оснащение загранучреждений Республики Казахстан специальными видами связи, разработка и осуществление инженерно-технической защиты, мероприятий по предотвращению утечки по техническим каналам сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z157" w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z157" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) установление, поддержание и развитие контактов со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными правоохранительными организациями на основе международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z158" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z158" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) координация разведывательной деятельности субъектов внешней разведки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z628" w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z628" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) разработка и утверждение перечня служб, подразделений и категорий сотрудников органа внешней разведки, в компетенцию которых входит осуществление разведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z159" w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z159" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и обеспечение защиты сведений, составляющих государственные секреты, в органах национальной безопасности, в том числе в загранучреждениях Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z160" w:id="162"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z160" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) участие в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z161" w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z161" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обеспечение Президента, Парламента, Правительства, государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z162" w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z162" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z163" w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z163" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z164" w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z164" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z165" w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z165" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z166" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z166" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z167" w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z167" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z168" w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z168" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z169" w:id="171"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z169" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z170" w:id="172"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z170" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z171" w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z171" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z172" w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z172" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z173" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z173" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) координация и осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z174" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z174" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) разработка и утверждение правил подготовки расчетов к бюджетному запросу и сроков его согласования внутри Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z175" w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z175" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) разработка требований по обеспечению информационной безопасности, инженерно-технической, специальной и физической защиты загранучреждений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z176" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z176" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) обеспечение взаимодействия государственных органов и организаций Республики Казахстан в рамках разведывательного сообщества Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z177" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z177" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) организационное, информационно-аналитическое и материально-техническое обеспечение деятельности Антитеррористического центра Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z178" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z178" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) осуществление контроля в сфере оборота специальных технических средств, предназначенных (разработанных, приспособленных, запрограммированных) для негласного получения информации в процессе осуществления разведывательной, контрразведывательной и оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z179" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z179" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) организация сертификации технических, в том числе криптографических средств защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z180" w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z180" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) контроль за осуществлением деятельности в сфере противодействия терроризму в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z181" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z181" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z182" w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z182" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) организация проведения органами национальной безопасности обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z183" w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z183" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) организация проведения органами национальной безопасности обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z184" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z184" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) реализация мер по обеспечению защиты и зашифровке сотрудников, военнослужащих, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z185" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z185" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z658" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z658" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34-1) участие в выполнении задач территориальной обороны Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О территориальной обороне Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4861,3530 +4961,3530 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводятся в действие с 01.01.2027).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="189"/>
+    <w:bookmarkStart w:name="z186" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z187" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z187" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) организация фундаментальных и прикладных научных исследований в области теории и практики обеспечения национальной безопасности Республики Казахстан, а также по актуальным вопросам оперативно-служебной деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z188" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z188" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разработка и утверждение правил организации подготовки кадров для органов национальной безопасности, их переподготовки и повышения квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z189" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z189" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) осуществление анализа и прогнозирования террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z190" w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z190" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения органов национальной безопасности, в том числе питание сотрудников, военнослужащих и работников, капитальное строительство и реконструкция, ремонт зданий и сооружений, жилищное и казарменно-жилищное строительство, ремонт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z604" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z604" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39-1) разработка и утверждение нормативов численности работников, обеспечивающих техническое обслуживание и функционирование органов национальной безопасности, по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z191" w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z191" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) организация и осуществление стратегического планирования, контроль и аудит оперативно-служебной, боевой, оперативно-розыскной, финансово-хозяйственной и военно-медицинской (медицинской) деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z192" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z192" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) разработка и утверждение правил организации архивного дела в органах национальной безопасности, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z193" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z193" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) разработка и утверждение правил проведения органами национальной безопасности психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z194" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z194" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) разработка и утверждение правил проведения полиграфологических исследований и учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z195" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z195" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) проведение военно-врачебной экспертизы в органах национальной безопасности, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z196" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z196" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) организация и обеспечение в соответствии с законодательством Республики Казахстан содержания под стражей задержанных, подозреваемых, обвиняемых в совершении уголовных правонарушений в изоляторах временного содержания, следственных изоляторах, гауптвахтах органов национальной безопасности, установление порядка их функционирования и осуществления в них оперативно-розыскной деятельности, а также порядка осуществления охраны и надзора за лицами, находящимися в следственных изоляторах органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z197" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z197" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z198" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z198" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) обеспечение в пределах своих полномочий защиты и охраны Государственной границы на суше, в территориальных и внутренних водах, на континентальном шельфе и в пунктах пропуска, обеспечение защиты интересов личности, общества и государства на Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z199" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z199" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z200" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z200" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) участие в делимитации, демаркации и редемаркации Государственной границы, подготовка необходимых документов и материалов с целью установления режима Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z201" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z201" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) осуществление анализа и прогнозирования политической, социально-экономической и криминогенной обстановки в пограничном пространстве и на каналах международных сообщений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z202" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z202" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z203" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z203" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z204" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z204" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных Законом Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z205" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z205" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) обеспечение правопорядка в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z206" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z206" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) организация и осуществление работы по развитию и расширению сферы употребления государственного языка в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z207" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z207" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) организация научно-исследовательской и опытно-конструкторской работы в области разработки средств защищенной связи, информационных систем, средств вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z208" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z208" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z209" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z209" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) обеспечение функционирования официального интернет-ресурса Комитета национальной безопасности и его участие в составе "электронного правительства", организация и координация деятельности органов национальной безопасности по наполнению официального интернет-ресурса Комитета национальной безопасности информационными материалами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z210" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z210" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z211" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z211" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) осуществление лицензирования видов деятельности в соответствии с законодательством Республики Казахстан и контроль за деятельностью лицензиатов по соблюдению ими лицензионных требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z212" w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z212" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z213" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z213" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) в установленном порядке организация по заданиям подразделений органов национальной безопасности и иных субъектов внешней разведки и специальных государственных органов Республики Казахстан изготовления и (или) оформления документов других государственных органов, а также организаций (документов оперативного прикрытия);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z214" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z214" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) организационно-техническое обеспечение деятельности Координационного совета подразделений специального назначения государственных органов при Совете Безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z215" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z215" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z216" w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z216" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z217" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z217" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) контроль исполнения на территории Республики Казахстан системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z218" w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z218" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) разработка системы правовых, административных, экономических, технических, программных мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z219" w:id="223"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z219" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z220" w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z220" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) разработка и утверждение правил организации и проведения патрулирования органами военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z221" w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z221" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) разработка и утверждение правил координации деятельности органов национальной безопасности по делам об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z222" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z222" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) участие в разработке нормативных правовых актов и технической политики по вопросам использования радиочастотного спектра, а также в обеспечении контроля за деятельностью физических и юридических лиц по использованию радиочастотного спектра в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z223" w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z223" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) разработка и утверждение перечня объектов органов национальной безопасности, уязвимых в террористическом отношении, согласно их категории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z224" w:id="228"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z224" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) реализация единой государственной политики в области защиты государственных секретов в государственных органах и организациях, развитие и совершенствование системы защиты государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z225" w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z225" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) организация подготовки и переподготовки кадров по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z226" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z226" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z227" w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z227" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) разработка и утверждение инструкции по организации антитеррористической защиты объектов органов национальной безопасности, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z228" w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z228" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) разработка, согласование и утверждение технических регламентов в сферах деятельности, отнесенных к компетенции органов национальной безопасности, а также осуществление контроля за выполнением требований, установленных техническими регламентами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z229" w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z229" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z230" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z230" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) осуществление распределения и учета радиочастот, выделенных центральным исполнительным органом военного управления Республики Казахстан для использования органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z231" w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z231" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) разработка и утверждение правил осуществления деятельности по обеспечению информационной безопасности объектов информатизации органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z232" w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z232" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) утверждение состава коллегии Комитета национальной безопасности и порядка ее деятельности для обеспечения координации деятельности органов национальной безопасности, рассмотрения наиболее важных вопросов оперативно-служебной деятельности, работы с кадрами и принятия по ним согласованных решений в Комитете национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z233" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z233" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) разработка и утверждение перечня сведений, подлежащих засекречиванию в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z234" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z234" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) разработка и утверждение правил и условий премирования, оказания материальной помощи и установления надбавок к должностным окладам сотрудников, военнослужащих, работников за счет экономии средств, предусмотренных на содержание по плану финансирования бюджетной программы (подпрограммы) в порядке, установленном Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z235" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z235" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) разработка и утверждение правил изготовления, выдачи, использования, возврата, хранения, учета и уничтожения служебных удостоверений, жетонов сотрудников и военнослужащих органов национальной безопасности, а также их описания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z236" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z236" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разработка и утверждение правил контроля за состоянием антитеррористической защищҰнности объектов органов национальной безопасности, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z237" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z237" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) разработка и утверждение перечня нетиповых должностей сотрудников и военнослужащих органов национальной безопасности, приравненных к указанным в реестрах должностям, установленных законодательством Республики Казахстан, а также военно-учетных специальностей нетиповых воинских должностей военнослужащих органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z238" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z238" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) разработка и утверждение категории должностей (тарифных разрядов) военнослужащих, проходящих воинскую службу по контракту на воинских должностях рядового и сержантского составов, в том числе нетиповых должностей, а также сотрудников, проходящих службу на должностях рядового и сержантского составов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z239" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z239" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) разработка и утверждение правил внутреннего распорядка и порядка содержания осужденных на гауптвахте органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z240" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z240" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) разработка и утверждение правил определения стажа службы сотрудникам и военнослужащим органов национальной безопасности для исчисления должностных окладов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z241" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z241" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разработка и утверждение правил зачета в выслугу лет отдельным категориям сотрудников и военнослужащих органов национальной безопасности стажа их трудовой деятельности до зачисления на службу в специальные государственные органы и на воинскую службу для назначения пенсионных выплат за выслугу лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z242" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z242" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) разработка и утверждение правил перехода сотрудников органов национальной безопасности в категорию военнослужащих органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z243" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z243" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) разработка и утверждение перечня должностных лиц, имеющих право издавать приказы о заключении контракта о прохождении службы, назначении на должности, перемещении, освобождении, увольнении сотрудников и военнослужащих органов национальной безопасности, а также присвоении им специального или воинского звания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z244" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z244" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) разработка и утверждение правил присвоения, повышения, подтверждения, сохранения, снижения и снятия классной квалификации сотрудникам и военнослужащим органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z245" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z245" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) разработка и утверждение правил выполнения мероприятий по организации и проведению аттестации сотрудников, военнослужащих и работников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z246" w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z246" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) разработка и утверждение правил организации деятельности дежурной службы Комитета национальной безопасности, обеспечение ее взаимодействия с дежурными службами ведомств, территориальных и иных органов Комитета национальной безопасности, а также с дежурными службами заинтересованных государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z247" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z247" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) разработка и утверждение правил деятельности полигонов и учебных центров органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z248" w:id="252"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z248" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) разработка и утверждение правил организации работы с конфиденциальными помощниками органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z249" w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z249" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) разработка и утверждение правил учета конфиденциальных помощников в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z250" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z250" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) разработка и утверждение правил организации научной и научно-технической деятельности в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z251" w:id="255"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z251" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) разработка и утверждение Регламента Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z252" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z252" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) разработка и утверждение правил организации международного сотрудничества Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z253" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z253" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) разработка и утверждение правил проведения аналитических исследований в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z254" w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z254" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) разработка и утверждение правил информирования государственных институтов органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z255" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z255" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) разработка и утверждение правил документирования и управления документацией в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z256" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z256" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) разработка и утверждение правил по организации и функционированию системы электронного документооборота в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z257" w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z257" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) разработка и утверждение положения о постоянно действующих комиссиях Комитета национальной безопасности по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z258" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z258" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) разработка и утверждение правил использования печатей, штампов и бланков строгой отчетности в системе органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z259" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z259" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) разработка и утверждение инструкции по организации дежурства в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z260" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z260" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) разработка и утверждение правил обеспечения пропускного и внутриобъектового режимов на объектах органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z261" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z261" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) разработка и утверждение правил реализации информационной политики органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z262" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z262" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) разработка и утверждение правил военно-медицинского (медицинского) обеспечения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z263" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z263" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) разработка и утверждение типовых штатов и штатных нормативов военно-медицинских (медицинских) подразделений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z264" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z264" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) разработка и утверждение правил проведения военно-врачебной экспертизы и положения о комиссиях военно-врачебной экспертизы по согласованию с уполномоченным органом в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z265" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z265" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) разработка и утверждение требований, предъявляемых к состоянию здоровья лиц для прохождения службы в органах национальной безопасности по согласованию с уполномоченным органом в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z266" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z266" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) установление порядка и периодичности проведения медицинских осмотров соответствующего контингента в военно-медицинских (медицинских) подразделениях (организациях) органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z267" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z267" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) разработка и утверждение форм ведомственной военно-медицинской (медицинской) статистической отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z268" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z268" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) разработка и утверждение инструкции о порядке обеспечения санаторно-курортным лечением сотрудников, военнослужащих и пенсионеров органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z269" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z269" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) разработка и утверждение правил организации и обеспечения водолазных спусков в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z270" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z270" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) разработка и утверждение правил по парашютной (парашютно-десантной, воздушно-десантной) подготовке в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z271" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z271" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) разработка и утверждение правил высотной подготовки в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z272" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z272" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) разработка и утверждение правил присоединения сетей операторов междугородной и международной связи к точке обмена интернет-трафиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z273" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z273" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) разработка и утверждение правил выдачи и применения сертификата безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z274" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z274" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) разработка и утверждение правил удостоверяющего центра информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z275" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z275" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) разработка и утверждение описания и форм внутриведомственных отличительных реквизитов (дополнительных шевронов, эмблем и унифицированной окраски специальной автомобильной техники) органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z276" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z276" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) разработка и утверждение перечня подразделений и должностей, а также условий зачета службы в выслугу лет на льготных условиях для назначения пенсионных выплат за выслугу лет сотрудникам и военнослужащим органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z277" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z277" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) разработка и утверждение правил организации технической эксплуатации сетей телекоммуникаций специального назначения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z278" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z278" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) разработка и утверждение инструкции о назначении пенсионных выплат за выслугу лет сотрудникам и военнослужащим органов национальной безопасности, единовременных выплат на погребение и пособия семье умершего пенсионера органов национальной безопасности, а также описания формы пенсионного удостоверения, подтверждающего статус получателя пенсионных выплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z279" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z279" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) разработка и утверждение правил направления сотрудников, военнослужащих и работников органов национальной безопасности в служебные командировки, в том числе в иностранные государства, а также возмещения им расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z280" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z280" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) разработка и утверждение правил оформления и оплаты воинских перевозок в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z281" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z281" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) разработка и утверждение правил денежного обеспечения сотрудников органов национальной безопасности и выплаты денежного довольствия, пособий и прочих выплат военнослужащим органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z282" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z282" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) разработка и утверждение правил осуществления органами национальной безопасности радиоэлектронной и радиотехнической разведки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z283" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z283" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) разработка и утверждение инструкции по организации дознания по уголовным правонарушениям, отнесенным законодательством Республики Казахстан к ведению Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z284" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z284" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) разработка и утверждение правил создания и внедрения единой автоматизированной системы финансового и бухгалтерского учета в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z285" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z285" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) разработка и утверждение правил разработки, ввода в эксплуатацию и снятия с эксплуатации специальных технических средств, необходимых для органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z286" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z286" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) разработка и утверждение правил организации деятельности официальных представителей органов национальной безопасности в загранучреждениях Республики Казахстан и их помощников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z287" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z287" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) разработка и утверждение правил учета, рассылки, перевозки, сопровождения и обращения с шифровальными средствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z288" w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z288" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) разработка и утверждение правил проведения подразделениями специального назначения Комитета национальной безопасности кинологической работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z289" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z289" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) разработка и утверждение правил планирования в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z290" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z290" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) разработка и утверждение правил проведения криминалистических исследований и учета их результатов в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z291" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z291" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) разработка и утверждение совместно с заинтересованными государственными органами правил по постановке на задержание, контроль пересечения Государственной границы, закрытие въезда и выезда лицам, в отношении которых имеются законные ограничения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z292" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z292" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) разработка и утверждение правил по организации пропуска через Государственную границу лиц, состоящих на оперативном учете в Единой информационной системе "Беркут";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z293" w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z293" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) разработка и утверждение правил обеспечения функционирования информационных систем в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z294" w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z294" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) разработка и утверждение совместно с заинтересованными государственными органами правил обеспечения взаимодействия электронных информационных ресурсов Комитета национальной безопасности и данных государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z295" w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z295" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) разработка и утверждение правил организации боевой, специальной и физической подготовки в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z296" w:id="300"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z296" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) разработка и утверждение правил организации дешифровальной работы в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z297" w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z297" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) разработка и утверждение правил использования радиочастотного спектра и радиоэлектронных средств в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z298" w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z298" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) разработка и утверждение правил внутреннего распорядка содержания подозреваемых и обвиняемых военнослужащих на гауптвахтах органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z299" w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z299" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) разработка и утверждение правил осуществления органами военной полиции Комитета национальной безопасности мер по профилактике правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z300" w:id="304"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z300" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) разработка и утверждение инструкции по организации органами военной полиции Комитета национальной безопасности розыска военнослужащих, скрывающихся от органов дознания, следствия и суда, а также самовольно оставивших воинские части (учреждения) или место службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z301" w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z301" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) разработка и утверждение инструкции по обеспечению безопасности дорожного движения транспортных средств органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z302" w:id="306"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z302" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) разработка и утверждение правил осуществления координации обеспечения физической и технической защищенности объектов органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z303" w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z303" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) разработка и утверждение правил применения авиации органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z304" w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z304" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) разработка и утверждение правил размещения и монтажа оборудования и линий защищенной связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z305" w:id="309"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z305" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) разработка и утверждение правил подготовки сетей правительственной, защищенной связи и сетей телекоммуникаций специального назначения органов национальной безопасности к работе в период мобилизации, военного положения и в военное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z306" w:id="310"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z306" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) разработка и утверждение правил организации и эксплуатации систем (сетей) местного и междугороднего оповещения органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z307" w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z307" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) разработка и утверждение правил по организации и построению локальных вычислительных сетей в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z308" w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z308" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) разработка и утверждение правил по организации и технической эксплуатации электронной почты в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z309" w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z309" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) разработка и утверждение правил по организации и технической эксплуатации шлюза доступа к сети Интернет в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z310" w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z310" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) разработка и утверждение инструкции по производству дел об административных правонарушениях в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z311" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z311" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) разработка и утверждение правил по организации и обеспечению защиты кадрового состава органов национальной безопасности и членов их семей от противоправных посягательств в связи с исполнением ими должностных обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z312" w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z312" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) разработка и утверждение правил отбывания военнослужащими административного ареста на гауптвахте органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z313" w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z313" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) разработка и утверждение правил организации и проведения органами национальной безопасности мероприятий по содействию государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z314" w:id="318"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z314" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) разработка и утверждение правил учета, хранения и (или) уничтожения находящихся в ведении органов национальной безопасности экземпляров паспортов антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z605" w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z605" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163-1) согласование перечней объектов, уязвимых в террористическом отношении, расположенных на соответствующей территории области, города республиканского значения, столицы, разрабатываемых местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z606" w:id="320"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z606" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       163-2) согласование инструкций по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, разрабатываемых государственными органами, за исключением случаев, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z315" w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z315" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) разработка и утверждение правил выезда сотрудников, военнослужащих и работников органов национальной безопасности за пределы Республики Казахстан по туристскому и частному каналам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z316" w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z316" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) разработка и утверждение правил категорирования средств бронезащиты в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z317" w:id="323"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z317" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) разработка и утверждение правил и условий проведения специальной проверки кадрового состава органов национальной безопасности, а также кандидатов, зачисляемых на службу или привлекаемых на работу в органы национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z318" w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z318" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) разработка и утверждение правил информирования органов военной полиции Комитета национальной безопасности в системе органов национальной безопасности по вопросам, относящимся к компетенции органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z319" w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z319" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) разработка и утверждение инструкции о порядке выдачи органами национальной безопасности государственным органам и организациям разрешений на деятельность, связанную с использованием государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z320" w:id="326"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z320" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) разработка и утверждение норм и методик проведения практических мероприятий по противодействию техническим разведкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z321" w:id="327"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z321" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) разработка и утверждение порядка проведения мероприятий по противодействию техническим разведкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z322" w:id="328"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z322" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) разработка и утверждение инструкции по защите государственных секретов в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z323" w:id="329"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z323" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) разработка и утверждение перечня документов, образующихся в деятельности органов национальной безопасности, и сроков их хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z324" w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z324" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) разработка и утверждение правил применения подразделений мобильных действий специального назначения Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z325" w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z325" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) разработка и утверждение правил по организации обеспечения, эксплуатации и хранения вооружения и средств радиационной, химической и бактериологической (биологической) защиты в органах военного управления органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z326" w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z326" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) разработка и утверждение правил организации технического обслуживания и ремонта пограничных кораблей, катеров и иных плавучих средств Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z327" w:id="333"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z327" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) разработка и утверждение инструкции по организации и руководству службой войск в органах военного управления органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z328" w:id="334"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z328" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) согласование цен на товары (работы, услуги), производимые республиканским государственным предприятием на праве хозяйственного ведения "Алмас" Комитета национальной безопасности в рамках объемов работ (услуг), финансируемых из республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z329" w:id="335"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z329" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) разработка и утверждение правил формирования и эксплуатации фонда программного обеспечения для персональных электронных вычислительных машин, используемых в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z330" w:id="336"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z330" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) разработка и утверждение правил взаимодействия структурных подразделений, ведомств и территориальных органов Комитета национальной безопасности в рамках ситуационного информирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z331" w:id="337"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z331" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) разработка и утверждение правил финансирования расходов, связанных с осуществлением разведывательной, контрразведывательной, оперативно-розыскной деятельности в конспиративной (негласной) форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z332" w:id="338"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z332" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) разработка и утверждение правил выплаты единовременного пособия в случаях гибели конфиденциального помощника органов национальной безопасности либо получения им увечья или иного вреда здоровью в связи с его участием в проведении контрразведывательных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z333" w:id="339"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z333" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) организация и осуществление технических, в том числе криминалистических и полиграфологических, исследований по заданиям органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z334" w:id="340"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z334" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) разработка и утверждение правил организации производства по делам оперативного учета, их ведения и хранения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z335" w:id="341"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z335" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) разработка и утверждение правил по эвакуации членов семей сотрудников, военнослужащих и работников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z336" w:id="342"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z336" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) разработка и утверждение правил организации мобилизационной подготовки и мобилизации в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z337" w:id="343"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z337" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) разработка и утверждение правил по действиям дежурных служб органов национальной безопасности при получении сигналов по линии гражданской обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z338" w:id="344"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z338" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) разработка и утверждение правил ведения делопроизводства и обеспечения режима секретности в работе с документами в органах национальной безопасности в военное время и на учениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z339" w:id="345"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z339" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z340" w:id="346"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z340" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) разработка и утверждение правил организации воинского и специального учета органов национальной безопасности, а также пребывания в запасе органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z341" w:id="347"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z341" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) разработка и утверждение правил обеспечения печатями и штампами и их учета в системе органов национальной безопасности на военное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z342" w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z342" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) разработка и утверждение инструкции по организации и ведению радиационного и химического наблюдения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z343" w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z343" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) разработка и утверждение положения о гражданской обороне в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z344" w:id="350"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z344" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) разработка и утверждение по согласованию с Генеральным Прокурором Республики Казахстан правил организации и тактики проведения органами национальной безопасности специальных оперативно-розыскных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z345" w:id="351"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z345" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) разработка и утверждение правил отбора, накопления и обработки информации с использованием информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z346" w:id="352"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z346" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) разработка и утверждение правил организации участия специалистов в контрразведывательных, оперативно-розыскных мероприятиях и следственных действиях, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z347" w:id="353"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z347" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) разработка и утверждение правил проведения психолого-социологического обеспечения оперативно-служебной деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z348" w:id="354"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z348" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) разработка и утверждение инструкции по организации, осуществлению и учету предупредительно-профилактических мероприятий органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z349" w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z349" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) разработка и утверждение инструкции по организации и осуществлению контроля в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z350" w:id="356"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z350" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) разработка и утверждение правил организационно-штатной работы в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z351" w:id="357"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z351" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) разработка и утверждение правил привлечения к работе граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z352" w:id="358"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z352" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) разработка и утверждение правил эксплуатации, учета, хранения и передачи во временное пользование специальных технических средств в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z353" w:id="359"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z353" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) разработка и утверждение правил взаимодействия ведомств, структурных подразделений, подведомственных организаций, территориальных и иных органов Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z354" w:id="360"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z354" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) разработка и утверждение типовых форм технической документации на шифровальные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z355" w:id="361"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z355" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) разработка и утверждение инструкции по организации и применению органами национальной безопасности мер безопасности защищаемых лиц, предусмотренных законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8413,70 +8513,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="362"/>
+    <w:bookmarkStart w:name="z357" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) разработка и утверждение совместно с органами военной разведки Министерства обороны и Министерством иностранных дел Республики Казахстан правил организации обеспечения безопасности загранучреждений Республики Казахстан и их персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8505,150 +8605,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="363"/>
+    <w:bookmarkStart w:name="z359" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) разработка и утверждение правил осуществления мер по защите и продвижению национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z360" w:id="364"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z360" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) разработка и утверждение правил внесения представлений органами национальной безопасности об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z361" w:id="365"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z361" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) разработка и утверждение правил деятельности жилищных комиссий и работы информационной системы органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z362" w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z362" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) разработка и утверждение правил осуществления жилищных выплат сотруднику и военнослужащему действующего резерва, штатному негласному сотруднику органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z659" w:id="367"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z659" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211-1) разработка и утверждение перечня закрытых и обособленных военных городков, иных закрытых объектов, содержание служебных жилищ и централизованное отопление в которых обеспечиваются за счет бюджетных средств, а также в которых служебное жилище не подлежит приватизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8677,1270 +8777,1270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="368"/>
+    <w:bookmarkStart w:name="z364" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) разработка и утверждение правил создания, аккредитации, прекращения деятельности специального удостоверяющего центра, а также положения о его деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z365" w:id="369"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z365" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) разработка перечня должностных лиц государственных органов, наделенных полномочиями по отнесению сведений к государственным секретам, и представление его для утверждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z629" w:id="370"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z629" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214-1) разработка правил передачи государственных секретов и их носителей иностранным государствам и (или) международным организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z630" w:id="371"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z630" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214-2) разработка и утверждение типового положения о постоянно действующей комиссии по защите государственных секретов в государственных органах и организациях Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z366" w:id="372"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z366" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) разработка инструкции по защите государственных секретов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z367" w:id="373"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z367" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) разработка правил сертификации средств защиты сведений, составляющих государственные секреты, и выдачи сертификатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z368" w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z368" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) разработка правил определения размеров ущерба, который нанесен или может быть нанесен национальной безопасности Республики Казахстан или интересам государственных органов и организаций вследствие разглашения или утраты сведений, составляющих государственные секреты, а также ущерба, наносимого собственнику носителей сведений в результате их засекречивания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z369" w:id="375"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z369" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) разработка правил отнесения государственных органов и организаций к категории особорежимных, режимных и особо охраняемых объектов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z370" w:id="376"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z370" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) разработка правил материально-технического и финансового обеспечения работ по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z371" w:id="377"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z371" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) разработка правил специальной проверки граждан Республики Казахстан в связи с их допуском к государственным секретам и представление его для утверждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z372" w:id="378"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z372" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) выдача в установленном порядке разрешения на проведение работ с использованием сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z373" w:id="379"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z373" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) разработка и утверждение правил создания, приобретения, накапливания, формирования, регистрации, хранения, обработки, уничтожения, использования, передачи, защиты электронных информационных ресурсов, содержащих сведения, составляющие государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z374" w:id="380"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z374" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) разработка и утверждение правил создания, эксплуатации, сопровождения, развития, интеграции, прекращения эксплуатации и защиты информационных систем в защищенном исполнении, отнесенных к государственным секретам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z375" w:id="381"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z375" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) разработка и утверждение правил сбора, обработки, хранения, передачи, поиска, распространения, использования, защиты, регистрации, подтверждения и уничтожения электронных документов и иных данных, содержащих сведения, составляющие государственные секреты, с использованием информационных систем в защищенном исполнении, отнесенных к государственным секретам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z376" w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z376" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) разработка и утверждение правил выдачи, использования и описания жетонов военнослужащих органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z377" w:id="383"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z377" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) разработка и утверждение правил по охране Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z378" w:id="384"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z378" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) разработка и утверждение правил по охране Государственной границы в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z379" w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z379" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) разработка и утверждение правил о войсковом хозяйстве Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z380" w:id="386"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z380" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) разработка и утверждение правил планирования в Пограничной службе Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z381" w:id="387"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z381" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) разработка и утверждение положения о составе дежурных сил и средств в подразделениях Пограничной службы Комитета национальной безопасности, непосредственно выполняющих задачу по охране Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z382" w:id="388"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z382" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) разработка и утверждение положения о старшем пограничного наряда Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z383" w:id="389"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z383" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) разработка и утверждение правил организации морально-психологического обеспечения служебно-боевой деятельности Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z384" w:id="390"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z384" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) разработка и утверждение правил по службе органов управления Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z385" w:id="391"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z385" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) разработка и утверждение правил оперативного обеспечения охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z386" w:id="392"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z386" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) разработка и утверждение правил эксплуатации технических средств охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z387" w:id="393"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z387" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) разработка и утверждение инструкции по оценке состояния инженерно-технических средств Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z388" w:id="394"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z388" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) разработка и утверждение правил по обеспечению, организации, эксплуатации и учету ракетно-артиллерийского вооружения и боеприпасов в органах, военных, специальных учебных заведениях и структурных подразделениях Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z389" w:id="395"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z389" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) разработка и утверждение положения о нормах содержания и расхода запасных частей, инструмента, принадлежности, оборудования калибров, обтирочно-смазочных и других материалов, предназначенных для ремонта, технического обслуживания и эксплуатации ракетно-артиллерийского вооружения Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z390" w:id="396"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z390" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) разработка и утверждение правил оказания государственных услуг органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z391" w:id="397"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z391" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) разработка и утверждение правил категорирования ракетно-артиллерийского вооружения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z392" w:id="398"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z392" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) разработка и утверждение инструкции по категорированию боеприпасов и противотанковых управляемых реактивных снарядов в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z393" w:id="399"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z393" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) разработка и утверждение правил о создании пулегильзотеки в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z394" w:id="400"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z394" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) разработка и утверждение правил по организации автотехнического обеспечения в Пограничной службе, Авиационной службе и Пограничной академии Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z395" w:id="401"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z395" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) разработка и утверждение требования к монтажу и оборудованию интегрированной системы безопасности на режимных объектах органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z396" w:id="402"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z396" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) разработка и утверждение правил содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z397" w:id="403"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z397" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) разработка и утверждение правил обеспечения охраны режимных объектов и мест хранения арттехвооружения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z398" w:id="404"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z398" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) разработка и утверждение правил обеспечения противопожарной безопасности режимных объектов и мест хранения арттехвооружения в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z399" w:id="405"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z399" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) разработка и утверждение правил продовольственного обеспечения Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z400" w:id="406"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z400" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) разработка и утверждение правил организации учебно-издательской деятельности в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z631" w:id="407"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z631" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       249-1) разработка и утверждение правил отчисления сотрудников и военнослужащих органов национальной безопасности из военных, специальных учебных заведений или организаций образования иностранных государств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z632" w:id="408"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z632" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249-2) разработка и утверждение правил возмещения сотрудниками и военнослужащими органов национальной безопасности государству бюджетных средств, затраченных на обучение в военных, специальных учебных заведениях или организациях образования иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z401" w:id="409"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z401" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) разработка и утверждение правил вещевого обеспечения Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z402" w:id="410"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z402" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) разработка и утверждение правил обеспечения горюче-смазочными материалами органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z403" w:id="411"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z403" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) разработка и утверждение правил по ветеринарному обеспечению Пограничной службы и Пограничной академии Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z404" w:id="412"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z404" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) разработка и утверждение правил квартирно-эксплуатационного обеспечения Пограничной службы, Авиационной службы и Пограничной академии Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z405" w:id="413"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z405" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) разработка и утверждение правил применения беспилотных воздушных судов Пограничной службы Комитета национальной безопасности с учетом требований законодательства Республики Казахстан об использовании воздушного пространства и деятельности авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z406" w:id="414"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z406" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) разработка и утверждение правил применения пограничных кораблей и катеров на море, реках и иных водоемах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z407" w:id="415"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z407" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) разработка и утверждение правил деятельности представителей Пограничной службы Комитета национальной безопасности по подготовке, согласованию технической и иной документации пограничных кораблей, катеров и судов, контролю их производства и приемке в соответствии с законодательством Республики Казахстан об оборонной промышленности и государственном оборонном заказе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z408" w:id="416"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z408" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) разработка и утверждение описания и правил применения опознавательных знаков и внешней окраски судов Пограничной службы Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z409" w:id="417"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z409" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) разработка и утверждение правил организации кинологической службы и следопытства в Пограничной службе и Пограничной академии Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z410" w:id="418"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z410" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) разработка и утверждение правил организации деятельности пограничных представителей Республики Казахстан на Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z411" w:id="419"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z411" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) разработка и утверждение правил содержания и применения лошадей в Пограничной службе и Пограничной академии Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z412" w:id="420"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z412" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) разработка и утверждение правил инженерного обеспечения охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z413" w:id="421"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z413" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) разработка и утверждение типовых схем организации пропуска через Государственную границу лиц, транспортных средств, грузов и товаров в пунктах пропуска и иных местах, где осуществляется пропуск через Государственную границу, по согласованию с органами государственных доходов Республики Казахстан и центральным исполнительным органом, осуществляющим реализацию государственной политики в области транспорта, координацию и регулирование деятельности транспортного комплекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z414" w:id="422"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z414" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) разработка и утверждение правил въезда на территорию и выезда с территории специальной экономической зоны, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза, должностных лиц государственных органов, работников службы инкассации, осуществляющих деятельность на территории такой специальной экономической зоны, а также лиц, посещающих такую специальную экономическую зону со служебной необходимостью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z415" w:id="423"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z415" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) участие в разработке отдельных разделов государственных общеобязательных стандартов соответствующих уровней образовательной деятельности военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z416" w:id="424"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z416" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) участие в разработке отдельных разделов квалификационных требований, предъявляемых к образовательной деятельности военных, специальных учебных заведений органов национальной безопасности, и перечня документов, подтверждающих соответствие им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z417" w:id="425"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z417" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) разработка и утверждение правил деятельности военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z418" w:id="426"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z418" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) разработка и утверждение правил организации и осуществления учебного процесса, учебно-методической и научно-методической деятельности в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z419" w:id="427"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z419" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) разработка и утверждение правил организации учебного процесса по дистанционному обучению в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z420" w:id="428"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z420" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) разработка и утверждение правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10023,2030 +10123,2088 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="429"/>
+    <w:bookmarkStart w:name="z423" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) разработка и утверждение правил организации работ по подготовке, экспертизе, апробации, изданию и проведению мониторинга учебных изданий и учебно-методических комплексов военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z424" w:id="430"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z424" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) разработка и утверждение правил приема на обучение в военные, специальные учебные заведения органов национальной безопасности, реализующие образовательные программы соответствующего уровня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z645" w:id="431"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z645" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273-1) разработка и утверждение правил конкурсного отбора военнослужащих срочной службы для получения образовательных льгот на поступление в высшие военные, специальные учебные заведения органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z646" w:id="432"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z646" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273-2) разработка и утверждение правил конкурсного отбора военнослужащих срочной службы для получения образовательных льгот на поступление в организации высшего и (или) послевузовского образования по образовательным программам высшего образования по согласованию с уполномоченным органом в области науки и высшего образования, в пределах квот, установленных законодательством Республики Казахстан, за исключением образовательных программ медицинского, фармацевтического и педагогического образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z425" w:id="433"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z425" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) определение сроков начала и завершения учебного года в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z426" w:id="434"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z426" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) разработка и утверждение правил организации и прохождения профессиональной практики и стажировки обучающимися военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z427" w:id="435"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z427" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) разработка и утверждение правил перевода и восстановления в военные, специальные учебные заведения органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z428" w:id="436"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z428" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) разработка и утверждение квалификационных характеристик должностей педагогов в военных, специальных учебных заведениях органов национальной безопасности, за исключением должностей гражданских служащих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z429" w:id="437"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z429" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) разработка и утверждение правил замещения должностей педагогов, научных работников военных, специальных учебных заведений органов национальной безопасности, за исключением должностей гражданских служащих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z430" w:id="438"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z430" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) разработка и утверждение требования к информационным системам и интернет-ресурсам военных, специальных учебных заведений органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z431" w:id="439"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z431" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) разработка и утверждение перечня специальностей и квалификаций, образовательных программ, реализуемых в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z432" w:id="440"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z432" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       281) разработка и утверждение форм и технологий получения образования в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z433" w:id="441"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z433" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) разработка и утверждение правил применения форм обучения, в том числе онлайн-обучения, и организации учебного процесса с использованием образовательных технологий в военных, специальных учебных заведениях органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z644" w:id="442"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z644" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282-1) разработка и утверждение правил посещения членами семей курсантов, являющимися гражданами Республики Казахстан, своих близких родственников из числа курсантов для ознакомления с их жизнью и бытом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z434" w:id="443"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z434" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) разработка и утверждение правил организации, порядка и методики проведения мероприятий по отбору и зачислению кандидатов на службу в органы национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z435" w:id="444"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z435" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) разработка и утверждение перечня необходимых документов, порядка их оформления, а также сроков проведения проверки кандидатов на службу в органы национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z436" w:id="445"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z436" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) разработка и утверждение перечня должностей, замещаемых на конкурсной основе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z437" w:id="446"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z437" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) разработка и утверждение правил и работы конкурсной комиссии органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z438" w:id="447"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z438" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) разработка и утверждение правил по заключению, продлению, изменению, расторжению и прекращению контракта о прохождении службы в органах национальной безопасности, а также его формы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z439" w:id="448"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z439" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) разработка и утверждение правил отбора и направления на обучение в организации образования иностранных государств в соответствии с международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z440" w:id="449"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z440" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) разработка и утверждение правил формирования контингента обучающихся, организации и прохождения переподготовки и повышения квалификации сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z441" w:id="450"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z441" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) разработка и утверждение правил организации работы по адаптации сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z442" w:id="451"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z442" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) разработка и утверждение правил прохождения стажировки сотрудниками органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z443" w:id="452"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z443" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) разработка и утверждение устава внутренней службы органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z444" w:id="453"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z444" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) разработка и утверждение правил ношения специальной формы одежды сотрудниками органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z445" w:id="454"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z445" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) разработка и утверждение правил зачисления сотрудников и военнослужащих в действующий резерв и прохождения ими службы в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z446" w:id="455"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z446" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) разработка и утверждение правил оформления, ведения учета и хранения личных дел сотрудников, военнослужащих и работников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z447" w:id="456"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z447" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) разработка и утверждение правил проведения переаттестации и присвоения специального звания сотрудникам органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z448" w:id="457"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z448" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) разработка и утверждение правил назначения сотрудников нижестоящего состава на должности, подлежащие замещению составом сержантов и офицерским составом, при невозможности назначения на указанные должности сотрудников соответствующего состава органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z449" w:id="458"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z449" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) разработка и утверждение правил назначения на штатные должности профессорско-преподавательского состава и научных работников, в том числе временно, лиц из числа работников при невозможности назначения сотрудников соответствующего состава органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z450" w:id="459"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z450" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) разработка и утверждение правил оформления представления при назначении сотрудника на должность, освобождении от должности, зачислении в распоряжение начальника, увольнении, присвоении, снижении, лишении специального звания, а также заключении нового контракта о прохождении службы в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z451" w:id="460"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z451" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300) разработка и утверждение правил возложения на сотрудника органов национальной безопасности временного исполнения обязанностей по вакантной (незанятой) должности, подлежащей замещению высшим офицерским составом органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z452" w:id="461"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z452" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) разработка и утверждение правил формирования кадрового резерва и организации работы с ним в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z453" w:id="462"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z453" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию норм обеспечения специальной формой одежды и другим вещевым имуществом сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z454" w:id="463"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z454" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) разработка и утверждение правил выплаты денежной компенсации взамен неполученных предметов вещевого имущества в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z455" w:id="464"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z455" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) разработка и утверждение правил выплаты подъемного пособия при перемещении по службе, связанном с переездом из одного населенного пункта в другой, сотрудникам органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z456" w:id="465"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z456" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) разработка и утверждение правил отдания почестей при погребении сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z457" w:id="466"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z457" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) разработка и утверждение правил присвоения воинского звания в порядке переаттестации сотрудникам правоохранительных и специальных государственных органов, поступившим на воинскую службу в органы национальной безопасности в порядке перевода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z458" w:id="467"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z458" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) разработка и утверждение правил выплаты денежной компенсации сотрудникам и военнослужащим, проходящим воинскую службу по контракту органов национальной безопасности, для оплаты расходов на коммунальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z459" w:id="468"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z459" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию норм снабжения вещевым имуществом военнослужащих органов военного управления органов национальной безопасности в мирное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z460" w:id="469"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z460" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию норм питания военнослужащих органов военного управления органов национальной безопасности в мирное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z461" w:id="470"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z461" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) разработка и утверждение правил выплаты денежной компенсации в размере стоимости общевойскового пайка при отсутствии возможности обеспечения питанием по установленным нормам основных продовольственных пайков военнослужащим, проходящим воинскую службу по контракту органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z462" w:id="471"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z462" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) разработка и утверждение правил выплаты за счет государства военнослужащим органов национальной безопасности денег за перевозку собственного имущества в пределах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z463" w:id="472"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z463" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) разработка и утверждение правил предоставления военнослужащим органов национальной безопасности и членам их семей права на проезд за счет государства на воздушном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z464" w:id="473"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z464" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) разработка и утверждение правил прерывания ежегодного основного отпуска военнослужащего органов национальной безопасности в случае объявления мобилизации, военного или чрезвычайного положения, в военное время и в случае служебной необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z603" w:id="474"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z603" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-1) анализ, мониторинг и выявление системных проблем, поднимаемых физическими и юридическими лицами в обращениях (заявлениях, жалобах), запросах, предложениях, откликах и сообщениях, в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z607" w:id="475"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z607" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-2) разработка и утверждение правил установления и выплаты вознаграждения за информацию, которая помогла предотвратить или пресечь акт терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z608" w:id="476"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z608" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-3) разработка и утверждение типовой формы акта обследования семейно-имущественного положения сотрудника органа национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z609" w:id="477"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z609" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-4) разработка и утверждение нормативных правовых актов по вопросам организации деятельности органов национальной безопасности и реализации возложенных на них задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z610" w:id="478"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z610" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-5) разработка и утверждение правил организации и обеспечения сопровождения колонн транспортных средств органов национальной безопасности и транспортных средств специального назначения, регулирования дорожного движения на автомобильных дорогах и улицах во время прохождения этих колонн;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z611" w:id="479"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z611" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-6) разработка и утверждение перечня специальных средств органов военной полиции Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z612" w:id="480"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z612" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-7) разработка и утверждение правил организации и несения боевого дежурства в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z613" w:id="481"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z613" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-8) разработка и утверждение правил организации и несения боевой службы в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z633" w:id="482"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z633" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-9) разработка и утверждение правил осуществления работы, направленной на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z634" w:id="483"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z634" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-10) разработка и утверждение стандарта поведения военнослужащего Пограничной службы Комитета национальной безопасности Республики Казахстан при проведении пограничного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z635" w:id="484"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z635" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-11) согласование перечня уполномоченных прокуроров, осуществляющих высший надзор за соблюдением законности в сфере внешней разведки на территории Республики Казахстан, устанавливаемого приказом Генерального Прокурора Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z636" w:id="485"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z636" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-12) разработка и утверждение правил по разработке и утверждению типовых должностных инструкций сотрудников и военнослужащих органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z647" w:id="486"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z647" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       313-13) разработка и утверждение правил обеспечения операторами связи и (или) владельцами сетей связи, осуществляющими деятельность на территории Республики Казахстан, за счет собственных или привлеченных средств функции своего телекоммуникационного оборудования для технического проведения оперативно-розыскных, контрразведывательных мероприятий и требований к сетям и средствам связи по согласованию с уполномоченным органом в области связи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z648" w:id="487"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z648" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-14) согласование правил представления в уполномоченный орган в области связи агрегированных данных операторами связи и (или) владельцами сетей связи, осуществляющими деятельность на территории Республики Казахстан, при угрозе возникновения и возникновении чрезвычайных ситуаций социального, природного и техногенного характера, вызванных стихийными бедствиями (землетрясения, сели, лавины, наводнения и другие), кризисными экологическими ситуациями, природными пожарами, эпидемиями, определяемых уполномоченным органом в области связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z649" w:id="488"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z649" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       313-15) согласование правил представления баз данных в деидентифицированном виде для использования в научной и научно-технической деятельности, определяемых уполномоченным органом в области государственной статистики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z651" w:id="489"/>
+    <w:bookmarkEnd w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-16) согласование правил организации деятельности центра обработки данных, определяемых уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z653" w:id="490"/>
+    <w:bookmarkStart w:name="z653" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313-17) согласование правил прохождения международного или национального технического аудита центра обработки данных, определяемых уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z465" w:id="491"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z664" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313-18) осуществление государственного контроля в сфере информатизации в части информационной безопасности критически важных объектов информационно-коммуникационной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z665" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313-19) выдача предписаний при выявлении нарушений требований законодательства Республики Казахстан в сфере информатизации в части информационной безопасности критически важных объектов информационно-коммуникационной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z666" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313-20) направление для исполнения предписаний при выявлении нарушений требований законодательства Республики Казахстан в сфере информатизации в части информационной безопасности критически важных объектов информационно-коммуникационной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z465" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z466" w:id="492"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z466" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z467" w:id="493"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z467" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z468" w:id="494"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z468" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z469" w:id="495"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z469" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z470" w:id="496"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z470" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z471" w:id="497"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z471" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z472" w:id="498"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z472" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z473" w:id="499"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z473" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z474" w:id="500"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z474" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z475" w:id="501"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z475" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z476" w:id="502"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z476" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       325) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z477" w:id="503"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z477" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z478" w:id="504"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z478" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       327) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z479" w:id="505"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z479" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z480" w:id="506"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z480" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z481" w:id="507"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z481" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z482" w:id="508"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z482" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z483" w:id="509"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z483" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z484" w:id="510"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z484" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z485" w:id="511"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z485" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       334) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z486" w:id="512"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z486" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z487" w:id="513"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z487" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z488" w:id="514"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z488" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z489" w:id="515"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z489" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z490" w:id="516"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z490" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z491" w:id="517"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z491" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z492" w:id="518"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z492" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z493" w:id="519"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z493" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       342) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z494" w:id="520"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z494" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       343) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z495" w:id="521"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z495" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z496" w:id="522"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z496" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z497" w:id="523"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z497" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       346) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z498" w:id="524"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z498" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       347) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z499" w:id="525"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z499" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       348) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z500" w:id="526"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z500" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       349) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z501" w:id="527"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z501" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkEnd w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12075,90 +12233,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z655" w:id="528"/>
+    <w:bookmarkStart w:name="z655" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       351-1) для служебного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z503" w:id="529"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z503" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       352) осуществление иных функций, предусмотренных законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkEnd w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12360,785 +12518,805 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 26.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 975</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">; от 09.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z504" w:id="530"/>
+    <w:bookmarkStart w:name="z504" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Комитета национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z505" w:id="531"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z505" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Комитетом национальной безопасности осуществляется его Председателем, который несет персональную ответственность за выполнение возложенных на Комитет национальной безопасности задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z506" w:id="532"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z506" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Председатель Комитета национальной безопасности назначается на должность Президентом Республики Казахстан с согласия Сената Парламента Республики Казахстан и освобождается от должности Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z507" w:id="533"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z507" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Председатель Комитета национальной безопасности имеет заместителей, в том числе одного первого, которые назначаются на должность и освобождаются от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z508" w:id="534"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z508" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия Председателя Комитета национальной безопасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z509" w:id="535"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z509" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует работу Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z510" w:id="536"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z510" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вносит предложения Президенту Республики Казахстан по структуре Комитета национальной безопасности, образованию, упразднению и реорганизации ведомств и территориальных органов Комитета национальной безопасности, а также государственных учреждений, подведомственных Комитету национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z511" w:id="537"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z511" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает структуру и штаты структурных подразделений, ведомств и территориальных органов Комитета национальной безопасности, а также государственных учреждений, подведомственных Комитету национальной безопасности, положения (уставы) о них, за исключением ведомств, положения о которых утверждает Президент Республики Казахстан по представлению Председателя Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z512" w:id="538"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z512" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает правовые акты, регламентирующие деятельность органов национальной безопасности, отменяет противоречащие нормам Конституции и законодательству Республики Казахстан правовые акты, принятые подчиненными ему должностными лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z513" w:id="539"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z513" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вносит предложения Президенту и Правительству Республики Казахстан по вопросам обеспечения национальной безопасности, организационно-штатного, кадрового, военно-медицинского (медицинского) и материально-технического обеспечения органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z514" w:id="540"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z514" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Комитет национальной безопасности во взаимоотношениях с государственными органами Республики Казахстан, а также специальными службами, органами правительственной и специальной связи иностранных государств и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z515" w:id="541"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z515" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) направляет официальных представителей органов национальной безопасности и их помощников в загранучреждения Республики Казахстан по согласованию со специальными службами или правоохранительными органами иных государств, с Министерством иностранных дел Республики Казахстан в целях повышения эффективности борьбы с уголовными правонарушениями международного характера, а также организации взаимодействия по вопросам, определенным международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z516" w:id="542"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z516" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) делегирует полномочия своим заместителям, руководителям и должностным лицам ведомств, структурных подразделений, территориальных органов и подведомственных организаций Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z517" w:id="543"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z517" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) назначает на должность и освобождает от должности начальников структурных подразделений Комитета национальной безопасности, департаментов Комитета национальной безопасности по областям, городов республиканского значения и столицы и иных органов Комитета национальной безопасности в порядке, определяемом Президентом Республики Казахстан, а также устанавливает порядок назначения и освобождения отдельных должностных лиц органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z518" w:id="544"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z518" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) утверждает номенклатуру должностей, перечень должностей, замещаемых сотрудниками и военнослужащими, за исключением высшего офицерского состава, работниками, а также определяет численность сотрудников и военнослужащих действующего резерва;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z519" w:id="545"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z519" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) присваивает первое специальное или воинское звание офицерского состава и звание "полковник" ("капитан первого ранга"), а в виде поощрения – внеочередное специальное или воинское звание досрочно и на одну ступень выше специального или воинского звания, предусмотренного по занимаемой должности, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z520" w:id="546"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z520" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) решает вопросы по замещению должностей в государственных органах и организациях сотрудников и военнослужащих действующего резерва органов национальной безопасности по согласованию с их руководством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z521" w:id="547"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z521" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) централизует и распределяет бюджетные средства, предусмотренные на содержание органов национальной безопасности, в пределах утвержденных планов финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z522" w:id="548"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z522" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) поощряет и наказывает в дисциплинарном порядке сотрудников, военнослужащих и работников Комитета национальной безопасности и подчиненных ему органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z523" w:id="549"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z523" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) поощряет граждан Республики Казахстан, иностранцев и лиц без гражданства за вклад в дело обеспечения национальной безопасности Республики Казахстан, а также укрепление сотрудничества между специальными службами иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z524" w:id="550"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z524" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) вносит представления Президенту Республики Казахстан о присвоении высших специальных или воинских званий и награждении сотрудников, военнослужащих и работников органов национальной безопасности государственными наградами, а также о присвоении почетных званий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z525" w:id="551"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z525" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) награждает сотрудников, военнослужащих и работников органов национальной безопасности ведомственными наградами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z526" w:id="552"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z526" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) относит подразделение органа национальной безопасности к другим войскам и воинским формированиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z527" w:id="553"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z527" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) зачисляет на службу в органы национальной безопасности кандидатов, призывников, имеющих высшее или среднее специальное образование, и военнообязанных в запас со снятием их с воинского учета, назначает на должность, освобождает от должности и увольняет со службы, присваивает специальные или воинские звания и перемещает по должностям в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z528" w:id="554"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z528" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) прикомандировывает сотрудников и военнослужащих органов национальной безопасности к государственным органам и иным организациям Республики Казахстан по согласованию с их первыми руководителями, если иное не предусмотрено законами, а также к международным организациям на основании международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z529" w:id="555"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z529" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) осуществляет допуск к государственным секретам в объеме учебных программ на курсах подготовки, переподготовки и повышения квалификации кадров для органов национальной безопасности, а также в объеме учебных программ на курсах подготовки, переподготовки и повышения квалификации кадров для специальных и иных органов иностранных государств в соответствии с международными договорами Республики Казахстан, а также государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z530" w:id="556"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z530" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) принимает меры по противодействию коррупции в органах национальной безопасности и несет за это персональную ответственность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z637" w:id="557"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z637" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) определяет по согласованию с центральным уполномоченным органом по бюджетному планированию нормы продовольственного пайка отдельных категорий сотрудников органов национальной безопасности с учетом особенностей прохождения службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z638" w:id="558"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z638" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) определяет порядок применения поощрений сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z639" w:id="559"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z639" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) определяет порядок возмещения расходов, связанных с подготовкой к перевозке тела, перевозкой тела, погребением сотрудников органов национальной безопасности, погибших при прохождении службы или умерших в результате увечья (ранения, травмы, контузии), заболевания, изготовлением и установкой надгробного памятника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z640" w:id="560"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z640" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) определяет порядок безвозмездной временной передачи зданий, помещений столовых и находящегося в них имущества в имущественный наем (аренду) в пределах срока договора об организации питания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z641" w:id="561"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z641" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) определяет порядок обеспечения питанием отдельных категорий сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z642" w:id="562"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z642" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) определяет порядок выплаты денежной компенсации при отсутствии возможности обеспечения питанием по установленным нормам продовольственного пайка отдельным категориям сотрудников органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z652" w:id="563"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z652" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28-1) определяет порядок выдачи направления сотрудникам органов национальной безопасности (кроме курсантов, слушателей), имеющим право на возмещение затрат за проезд на транспорте по территории Республики Казахстан, при следовании на медицинское обследование (освидетельствование) и обратно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z643" w:id="564"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z643" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) определяет порядок проведения специальной проверки сотрудников и военнослужащих органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z531" w:id="565"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z531" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Председателя Комитета национальной безопасности в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkEnd w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13197,340 +13375,340 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z532" w:id="566"/>
+    <w:bookmarkStart w:name="z532" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Председатель Комитета национальной безопасности определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z533" w:id="567"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z533" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z534" w:id="568"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z534" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Комитет национальной безопасности может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z535" w:id="569"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z535" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Комитета национальной безопасности формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z536" w:id="570"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z536" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Комитетом национальной безопасности, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z537" w:id="571"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z537" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Комитет национальной безопасности не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z538" w:id="572"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z538" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z539" w:id="573"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z539" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Комитета национальной безопасности осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z540" w:id="574"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z540" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkEnd w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменением, внесенным Указом Президента РК от 04.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z541" w:id="575"/>
+    <w:bookmarkStart w:name="z541" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Товарищество с ограниченной ответственностью "Республиканский центр "Казимпэкс".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z542" w:id="576"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z542" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Акционерное общество "Государственная техническая служба" Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z543" w:id="577"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z543" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное предприятие на праве хозяйственного ведения "Алмас" Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z544" w:id="578"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z544" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень республиканских государственных учреждений – территориальных органов, находящихся в ведении Комитета национальной безопасности и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkEnd w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными указами Президента РК от 05.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13545,820 +13723,820 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 09.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1068</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z545" w:id="579"/>
+    <w:bookmarkStart w:name="z545" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитет национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z546" w:id="580"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z546" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z547" w:id="581"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z547" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Комитета национальной безопасности Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z548" w:id="582"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z548" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Комитета национальной безопасности Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z549" w:id="583"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z549" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Комитета национальной безопасности Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z550" w:id="584"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z550" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Комитета национальной безопасности Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z551" w:id="585"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z551" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент Комитета национальной безопасности Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z552" w:id="586"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z552" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Комитета национальной безопасности Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z553" w:id="587"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z553" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Комитета национальной безопасности Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z554" w:id="588"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z554" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Комитета национальной безопасности Республики Казахстан по Кызылординской области и городу Байконыр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z555" w:id="589"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z555" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Комитета национальной безопасности Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z556" w:id="590"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z556" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Комитета национальной безопасности Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z557" w:id="591"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z557" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Комитета национальной безопасности Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z558" w:id="592"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z558" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Комитета национальной безопасности Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z559" w:id="593"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z559" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z560" w:id="594"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z560" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент Комитета национальной безопасности Республики Казахстан по городу Астане.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z561" w:id="595"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z561" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент Комитета национальной безопасности Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Департамент Комитета национальной безопасности Республики Казахстан по городу Шымкенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z597" w:id="596"/>
+    <w:bookmarkStart w:name="z597" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Департамент Комитета национальной безопасности Республики Казахстан по области Абай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z598" w:id="597"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z598" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Департамент Комитета национальной безопасности Республики Казахстан по области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z599" w:id="598"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z599" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Департамент Комитета национальной безопасности Республики Казахстан по области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z563" w:id="599"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z563" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пограничная служба Комитета национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z564" w:id="600"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z564" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z565" w:id="601"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z565" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z566" w:id="602"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z566" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z567" w:id="603"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z567" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z568" w:id="604"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z568" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z569" w:id="605"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z569" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z570" w:id="606"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z570" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z571" w:id="607"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z571" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z572" w:id="608"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z572" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z573" w:id="609"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z573" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z574" w:id="610"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z574" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z575" w:id="611"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z575" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z600" w:id="612"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z600" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по области Абай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkEnd w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z601" w:id="613"/>
+    <w:bookmarkStart w:name="z601" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Управление пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z602" w:id="614"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z602" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Управление пограничного контроля "Алматы" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z578" w:id="615"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z578" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень республиканских государственных учреждений, находящихся в ведении Комитета национальной безопасности и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменением, внесенным Указом Президента РК от 09.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14373,406 +14551,406 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию); от 28.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 423</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z579" w:id="616"/>
+    <w:bookmarkStart w:name="z579" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитет национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z580" w:id="617"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z580" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Академия Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z581" w:id="618"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z581" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пограничная академия Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z582" w:id="619"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z582" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Центральный военный госпиталь с поликлиникой Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z583" w:id="620"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z583" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Региональный военный госпиталь с поликлиникой Комитета национальной безопасности Республики Казахстан в городе Актау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z584" w:id="621"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z584" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Региональный военный госпиталь с поликлиникой Комитета национальной безопасности Республики Казахстан в городе Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z585" w:id="622"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z585" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Следственный изолятор Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z586" w:id="623"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z586" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Следственный изолятор Комитета национальной безопасности Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z587" w:id="624"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z587" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Следственный изолятор Комитета национальной безопасности Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z588" w:id="625"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z588" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Следственный изолятор Комитета национальной безопасности Республики Казахстан по городу Шымкенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z589" w:id="626"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z589" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Центр технической защиты информации и подготовки специалистов в области защиты государственных секретов Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z590" w:id="627"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z590" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пограничная служба Комитета национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z591" w:id="628"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z591" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Управление специального назначения Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z592" w:id="629"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z592" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление служебной кинологии Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z593" w:id="630"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z593" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление ремонта техники и вооружения Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z594" w:id="631"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z594" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление снабжения "Ақтау" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z595" w:id="632"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z595" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление снабжения "Алматы" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z596" w:id="633"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z596" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление снабжения "Жаңғызтөбе" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkEnd w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>