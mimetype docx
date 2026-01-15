--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e9acab" w14:textId="3e9acab">
+    <w:p w14:paraId="4da7587" w14:textId="4da7587">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил присвоения, понижения (снижения), лишения специальных званий или классных чинов и восстановления в специальных званиях или классных чинах высшего начальствующего состава или присвоения, понижения (снижения), лишения специальных званий и восстановления в специальных званиях высшего офицерского состава и признании утратившими силу некоторых актов Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Указ Президента Республики Казахстан от 5 июня 2025 года № 898</w:t>
+        <w:t>Указ Президента Республики Казахстан от 5 июня 2025 года № 898.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
@@ -212,68 +212,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Собрании актов Президента и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -348,200 +331,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан" ПОСТАНОВЛЯЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> присвоения, понижения (снижения), лишения специальных званий или классных чинов и восстановления в специальных званиях или классных чинах высшего начальствующего состава или присвоения, понижения (снижения), лишения специальных званий и восстановления в специальных званиях высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые акты Президента Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Указу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий Указ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -557,58 +491,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Президент</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Президент</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -650,68 +601,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Токаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -790,121 +723,99 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 5 июня 2025 года № 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРАВИЛА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>присвоения, понижения (снижения), лишения специальных званий или классных чинов и восстановления в специальных званиях или классных чинах высшего начальствующего состава или присвоения, понижения (снижения), лишения специальных званий и восстановления в специальных званиях высшего офицерского состава</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПРАВИЛА</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила присвоения, понижения (снижения), лишения специальных званий или классных чинов и восстановления в специальных званиях или классных чинах высшего начальствующего состава или присвоения, понижения (снижения), лишения специальных званий и восстановления в специальных званиях высшего офицерского состава (далее – Правила) разработаны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -979,523 +890,470 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан" и определяют порядок присвоения, понижения (снижения), лишения специальных званий или классных чинов и восстановления в специальных званиях или классных чинах высшего начальствующего состава или присвоения, понижения (снижения), лишения специальных званий и восстановления в специальных званиях высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. К специальным званиям или классным чинам высшего начальствующего состава относятся специальные звания или классные чины, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 22 Закона Республики Казахстан "О правоохранительной службе".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. К специальным званиям высшего офицерского состава относятся специальные звания, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 26 Закона Республики Казахстан "О специальных государственных органах Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="2"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Присвоение специальных званий или классных чинов высшего начальствующего состава или специальных званий высшего офицерского состава</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Специальные звания или классные чины высшего начальствующего состава или специальные звания высшего офицерского состава присваиваются Указом Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="3"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Специальное звание, классный чин высшего начальствующего состава или специальное звание высшего офицерского состава:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z20" w:id="4"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-майор, государственный советник 3 класса могут быть присвоены сотруднику по истечении трех лет пребывания в звании полковника, старшего советника на должности, предшествующей должности высшего начальствующего состава или высшего офицерского состава, и не менее одного года службы на должности высшего начальствующего состава или высшего офицерского состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z21" w:id="5"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-лейтенант, государственный советник 2 класса могут быть присвоены сотруднику, пребывающему в специальном звании, классном чине генерал-майора, государственного советника 3 класса не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-полковник, государственный советник 1 класса могут быть присвоены сотруднику, пребывающему в специальном звании, классном чине генерал-лейтенанта, государственного советника 2 класса не менее трех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z23" w:id="7"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По решению Президента Республики Казахстан высшие специальное звание, классный чин могут быть присвоены досрочно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При наличии у сотрудника неснятого дисциплинарного взыскания либо если в отношении него проводится служебное или досудебное расследование, он не представляется к присвоению специального звания, классного чина высшего начальствующего состава или специального звания высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Представление о присвоении специального звания, классного чина высшего начальствующего состава или специального звания высшего офицерского состава (далее – представление) вносится на имя Президента Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z26" w:id="10"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по первым руководителям государственных органов и руководящим должностным лицам Администрации Президента Республики Казахстан (далее – Администрация) – Руководителем Администрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по руководящим должностным лицам Аппарата Правительства Республики Казахстан (далее – Аппарат Правительства) – Руководителем Аппарата Правительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по другим руководящим должностным лицам – первым руководителем соответствующего государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В представлении указываются профессиональные и личные качества сотрудника, основные показатели служебной деятельности в занимаемой должности (в динамике с момента назначения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. К представлению прилагаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копия (выписка) решения коллегии* государственного органа о рассмотрении кандидатуры сотрудника к присвоению специального звания или классного чина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) послужной список сотрудника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) автобиография сотрудника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Материалы, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1510,68 +1368,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, подготавливаются и вносятся в Администрацию по письменному запросу Отдела правоохранительной системы Администрации или решению Руководителя Аппарата Правительства, первого руководителя государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Представленные в Администрацию материалы направляются в Отдел правоохранительной системы Администрации для проведения проверки качества оформления и наличия полного перечня документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1586,576 +1428,528 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, срок осуществления которой не превышает трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях выявления неполноты представленных материалов или указания в них каких-либо неточных сведений кадровой службой (подразделением) государственного органа или Аппарата Правительства вышеуказанные недостатки могут быть устранены в течение пяти рабочих дней без возврата Отделом правоохранительной системы Администрации материалов о присвоении специального звания, классного чина высшего начальствующего состава или специального звания высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После проведения указанной проверки представленные документы передаются на рассмотрение Руководителю Администрации, который дает поручение по изучению представленных кандидатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Отделом правоохранительной системы Администрации в установленном порядке запрашиваются необходимая информация и материалы у государственных органов и организаций по кандидатам, представленным к присвоению специального звания, классного чина высшего начальствующего состава или специального звания высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Отделом правоохранительной системы Администрации полученная и обобщенная в течение пяти рабочих дней информация по каждому кандидату и проект Указа Президента Республики Казахстан в установленном порядке вносятся на рассмотрение Президента Республики Казахстан для принятия окончательного решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Понижение (снижение) и восстановление в специальных званиях или классных чинах высшего начальствующего состава или специальных званиях высшего офицерского состава</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В отношении сотрудников высшего начальствующего состава или высшего офицерского состава может налагаться дисциплинарное взыскание в виде понижения (снижения) в специальном звании или классном чине на одну ступень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Понижение (снижение) в специальном звании или классном чине высшего начальствующего состава или специальном звании высшего офицерского состава на одну ступень осуществляется Указом Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Дисциплинарное взыскание сотруднику высшего начальствующего состава или высшего офицерского состава в виде понижения (снижения) в специальном звании или классном чине на одну ступень налагается по представлению (ходатайству) руководителей, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, а также по решению Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Наложение дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень производится по результатам служебного расследования, за исключением решения, принятого Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Материалы служебного расследования, а также представление (ходатайство) о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень направляются в Администрацию в течение десяти рабочих дней после завершения служебного расследования государственным органом и Аппаратом Правительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Представленные в Администрацию материалы направляются в Отдел правоохранительной системы Администрации для проведения проверки их полноты и рассматриваются в срок не более десяти рабочих дней со дня их поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях выявления неполноты представленных материалов или указания в них каких-либо неточных сведений кадровой службой (подразделением) государственного органа или Аппарата Правительства вышеуказанные недостатки могут быть устранены в течение пяти рабочих дней без возврата Отделом правоохранительной системы Администрации материалов о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После проведения указанной проверки представленные документы в течение одного дня передаются на рассмотрение Руководителю Администрации, который дает поручение по подготовке проекта Указа Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В Указе Президента Республики Казахстан о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень отражаются сведения о лице, на которое налагается взыскание (фамилия, имя, отчество, занимаемая должность), проступок, за совершение которого оно налагается, и вид взыскания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Указ Президента Республики Казахстан о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень объявляется кадровой службой (подразделением) государственного органа и Аппарата Правительства под роспись и приобщается в личное дело.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В случае отказа сотрудника в ознакомлении с Указом Президента Республики Казахстан о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень кадровой службой (подразделением) государственного органа и Аппарата Правительства составляется соответствующий акт, который приобщается в личное дело.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z52" w:id="33"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. При невозможности ознакомления сотрудника с Указом Президента Республики Казахстан о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень кадровая служба (подразделение) государственного органа и Аппарата Правительства направляет ему уведомление соответствующим письмом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Обжалование решения о наложении дисциплинарного взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень не приостанавливает приведение его в исполнение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Если в течение шести месяцев со дня наложения взыскания в виде понижения (снижения) в специальном звании или классном чине на одну ступень сотрудник не будет подвергнут новому взысканию, то он считается не имеющим дисциплинарного взыскания. При этом сотрудник не считается восстановленным в прежнем специальном звании или классном чине.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Восстановление в прежнем специальном звании или классном чине высшего начальствующего состава или специальном звании высшего офицерского состава производится Указом Президента Республики Казахстан по представлению руководителей, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, не ранее чем через год с момента понижения (снижения), по решению Президента Республики Казахстан вне зависимости от срока понижения (снижения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Лишение специальных званий или классных чинов высшего начальствующего состава или специальных званий высшего офицерского состава</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Лишение специальных званий или классных чинов высшего начальствующего состава применяется как мера дисциплинарного взыскания в отношении сотрудников правоохранительных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. При увольнении сотрудника высшего начальствующего состава по отрицательным мотивам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2170,268 +1964,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 80 Закона Республики Казахстан "О правоохранительной службе", в отношении него применяется мера дисциплинарного взыскания в виде лишения специального звания или классного чина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В Администрацию направляются приказ об увольнении со службы сотрудника правоохранительного органа, материалы служебного расследования, а также представление о наложении дисциплинарного взыскания в виде лишения специального звания или классного чина высшего начальствующего состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z60" w:id="39"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Лишение специального звания или классного чина высшего начальствующего состава или специального звания высшего офицерского состава по вступившему в законную силу обвинительному приговору осуществляется Указом Президента Республики Казахстан на основании представления суда о лишении осужденного этого специального звания или классного чина, внесенного Президенту Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Представленные в Администрацию материалы направляются в Отдел правоохранительной системы Администрации для проведения проверки полноты представленных материалов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях выявления неполноты представленных материалов или указания в них каких-либо неточных сведений кадровой службой (подразделением) государственного органа вышеуказанные недостатки могут быть устранены без возврата Отделом правоохранительной системы Администрации материалов о наложении дисциплинарного взыскания в виде лишения специального звания или классного чина высшего начальствующего состава или специального звания высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z63" w:id="42"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После проведения указанной проверки представленные документы в течение одного дня передаются на рассмотрение Руководителю Администрации, который дает поручение по подготовке проекта Указа Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В Указе Президента Республики Казахстан о наложении дисциплинарного взыскания в виде лишения специального звания или классного чина высшего начальствующего состава или специального звания высшего офицерского состава отражаются проступок, за совершение которого налагается взыскание, вид взыскания и лицо, на которое оно налагается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Подготовка проектов указов Президента Республики Казахстан о присвоении, понижении (снижении), лишении специальных званий или классных чинов и восстановлении в специальных званиях или классных чинах высшего начальствующего состава или присвоении, понижении (снижении), лишении специальных званий и восстановлении в специальных званиях высшего офицерского состава осуществляется Отделом правоохранительной системы Администрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z66" w:id="45"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * в государственных органах, где образованы коллегии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z68" w:id="47"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2510,1223 +2287,881 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 5 июня 2025 года № 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых актов Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 3 ноября 1999 года № 88 "О Комиссии по высшим воинским и иным званиям, классным чинам, квалификационным классам".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 18 апреля 2002 года № 323 "Об утверждении состава Комиссии по высшим воинским и иным званиям, классным чинам".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Указа Президента Республики Казахстан от 15 декабря 2004 года № 1504 "О внесении изменений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 6 декабря 2005 года № 577 "О внесении изменений в распоряжение Президента Республики Казахстан от 18 апреля 2002 года № 323".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 9 февраля 2007 года № 99 "О внесении изменений в некоторые распоряжения Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 20)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Указа Президента Республики Казахстан от 24 апреля 2008 года № 576 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 19)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Указа Президента Республики Казахстан от 12 ноября 2008 года № 689 "О внесении изменений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 15)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Указа Президента Республики Казахстан от 22 мая 2009 года № 815 "О внесении изменений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Указа Президента Республики Казахстан от 28 декабря 2009 года № 907 "О внесении изменений в некоторые акты Президента Республики Казахстан и признании утратившим силу распоряжения Президента Республики Казахстан от 20 ноября 2008 года № 276".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 18 октября 2010 года № 445 "О внесении изменений в распоряжение Президента Республики Казахстан от 18 апреля 2002 года № 323".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 26 июля 2011 года № 128 "О внесении изменений в некоторые акты Президента Республики Казахстан и признании утратившими силу некоторых актов Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнения, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 13 ноября 2012 года № 427 "О внесении изменений и дополнения в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 11 апреля 2014 года № 795 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан по вопросам организации деятельности консультативно-совещательных и иных органов при Президенте Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 8 февраля 2016 года № 191 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан и признании утратившими силу некоторых указов Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 9 июня 2016 года № 275 "О внесении изменений в некоторые акты Президента Республики Казахстан по вопросам деятельности консультативно-совещательных и иных органов при Президенте Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 7 сентября 2016 года № 316 "О внесении изменений в некоторые акты Президента Республики Казахстан по вопросам деятельности консультативно-совещательных и иных органов при Президенте Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 21 февраля 2018 года № 642 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 17 апреля 2019 года № 26 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан и признании утратившими силу некоторых актов Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 9 октября 2019 года № 184 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 17 ноября 2022 года № 355 "О внесении изменений в распоряжение Президента Республики Казахстан от 3 ноября 1999 года № 88 "О Комиссии по высшим воинским и иным званиям, классным чинам, квалификационным классам".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3741,68 +3176,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 13 апреля 2023 года № 195 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3817,124 +3236,125 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые акты Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 3 января 2024 года № 429 "О внесении изменений и дополнений в некоторые акты Президента Республики Казахстан и признании утратившими силу некоторых актов Президента Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="48"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4260,31 +3680,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>