--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b2f3179" w14:textId="b2f3179">
+    <w:p w14:paraId="7e9c068" w14:textId="7e9c068">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -953,51 +953,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Генеральная прокуратура Республики Казахстан" (далее – Генеральная прокуратура) – непосредственно подотчетный Президенту Республики Казахстан правоохранительный государственный орган, осуществляющий свои полномочия независимо от других государственных органов и должностных лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z848" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Генеральная прокуратура осуществляет руководство единой централизованной системой органов прокуратуры Республики Казахстан (далее – система органов прокуратуры), от имени государства осуществляет в установленных законом пределах и формах высший надзор за соблюдением законности на территории Республики Казахстан, представляет интересы государства в суде и от имени государства осуществляет уголовное преследование.</w:t>
+      Генеральная прокуратура осуществляет руководство единой централизованной системой органов прокуратуры Республики Казахстан (далее – система органов прокуратуры), от имени государства осуществляет в установленных законодательством Республики Казахстан пределах и формах высший надзор за соблюдением законности на территории Республики Казахстан, представляет интересы государства в суде и от имени государства осуществляет уголовное преследование, а также от имени и в интересах государства осуществляет деятельность по возврату активов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z849" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единую централизованную систему органов прокуратуры образуют Генеральная прокуратура, подчиненные ей ведомства, организация образования, органы военной прокуратуры и транспортной прокуратуры, прокуратуры областей и приравненные к ним прокуратуры (городов республиканского значения и столицы), районные и приравненные к ним (городские, межрайонные, а также специализированные) прокуратуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
@@ -1022,123 +1022,143 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции Указа Президента РК от 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным Указом Президента РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z544" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Генеральная прокуратура имеет ведомства – Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – Комитет по правовой статистике и специальным учетам) и Комитет по возврату активов Генеральной прокуратуры Республики Казахстан (далее – Комитет по возврату активов).</w:t>
+      2. Генеральная прокуратура имеет ведомства – Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – Комитет по правовой статистике и специальным учетам) и Комитет по защите прав инвесторов Генеральной прокуратуры Республики Казахстан (далее – Комитет по защите прав инвесторов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции Указа Президента РК от 05.10.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 366</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции Указа Президента РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1337,54 +1357,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее Положение является учредительным документом Генеральной прокуратуры. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z553" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Финансирование деятельности Генеральной прокуратуры осуществляется из республиканского бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+      11. Финансирование деятельности Генеральной прокуратуры осуществляется из республиканского бюджета, а также Специального государственного фонда в части деятельности, касающейся возврата активов, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции Указа Президента РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z554" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Генеральной прокуратуре запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Генеральной прокуратуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z555" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1459,2572 +1541,3564 @@
         <w:t>
       защита и восстановление нарушенных прав и свобод человека и гражданина, охраняемых законом интересов юридических лиц, общества и государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z559" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявление и устранение нарушений законности, причин и условий, им способствующих, а также их последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z560" w:id="29"/>
+    <w:bookmarkStart w:name="z935" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координация деятельности правоохранительных и иных государственных органов по обеспечению законности, правопорядка и борьбы с преступностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z561" w:id="30"/>
+    <w:bookmarkStart w:name="z936" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выявление и возврат государству незаконно приобретенных активов в пределах задач, возложенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О возврате государству незаконно приобретенных активов" (далее – Закон);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z937" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мер, направленных на возврат государству незаконно приобретенных, в том числе выведенных активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z938" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      развитие международно-правового сотрудничества по возврату активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z939" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные задачи, определяемые законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z562" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным Указом Президента РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z563" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z563" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z850" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z850" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и координировать деятельность органов прокуратуры в пределах возложенных на них функций и полномочий в целях обеспечения эффективного выполнения функций органами прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z851" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z851" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анализировать практику надзора за применением законов, состоянием законности, в том числе с использованием сведений, содержащихся в информационных системах, интегрированных с системой информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z852" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z852" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять интересы государства в компетентных органах иностранных государств и международных организациях по вопросам уголовного преследования, выявления и возврата государству незаконно приобретенных активов (далее – возврат активов), в иностранных и международных судах (арбитражах) по вопросам, относящимся к компетенции прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z853" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z853" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заключать международные договоры, согласовывать проекты международных договоров в уголовно-правовой сфере и сфере возврата активов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z854" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z854" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с органами, осуществляющими оперативно-розыскную, контрразведывательную деятельность, досудебное расследование, в том числе негласные следственные действия, в пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z855" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z855" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить проверку соблюдения законности, анализ состояния законности, оценку актов, вступивших в силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z856" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z856" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить проверку законности источников приобретения (происхождения) актива, мониторинг и анализ информации для противодействия незаконному приобретению, выводу активов и их возврата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z857" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z857" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в порядке, определяемом Конституционным законом и иными законами Республики Казахстан, а также Генеральным Прокурором, акты прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z858" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z858" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       опротестовывать противоречащие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законам Республики Казахстан, международным договорам, ратифицированным Республикой Казахстан, и актам Президента Республики Казахстан правовые акты Правительства Республики Казахстан, иных государственных, местных представительных и исполнительных органов, органов местного самоуправления, учреждений и их должностных лиц в пределах, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z859" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z859" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       опротестовывать противоречащие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законам Республики Казахстан, международным договорам, ратифицированным Республикой Казахстан, и актам Президента Республики Казахстан акты организаций независимо от форм собственности, если данные акты касаются лиц, которые в силу физиологических особенностей, психических отклонений и иных обстоятельств не могут самостоятельно осуществлять защиту своих прав, несовершеннолетних лиц, а также неограниченного круга лиц, в пределах, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z860" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z860" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приносить ходатайство в вышестоящий суд о пересмотре судебного акта, не вступившего в законную силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z861" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z861" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требовать незамедлительной отмены мер запретительного или ограничительного характера, приостановления полностью или частично действия незаконного акта при наличии оснований и в порядке, предусмотренном законом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z862" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z862" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       назначать экспертизы, требовать от уполномоченных органов производства проверок по находящимся в органах прокуратуры материалам, обращениям и обязывать сообщать об их результатах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z863" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z863" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать специалистов иных органов и организаций к участию в проверке соблюдения законности и даче заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z864" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z864" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в порядке, предусмотренном законодательством Республики Казахстан, привлекать к осуществлению проверки соблюдения законности сотрудников других правоохранительных органов для обеспечения безопасности и надзорной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z865" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z865" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать и получать пояснения от должностных, физических лиц и представителей юридических лиц по вопросам проводимой проверки соблюдения законности, анализа состояния законности, оценки актов, вступивших в силу, и рассматриваемого обращения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z866" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z866" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с соблюдением установленного законодательством Республики Казахстан порядка истребовать и получать по вопросам проводимой проверки соблюдения законности, анализа состояния законности, оценки актов, вступивших в силу, а также рассмотрения обращений информацию, материалы и документы, а также уголовные, гражданские, административные дела, дела об административных правонарушениях и исполнительные производства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z867" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z867" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в установленном законодательством Республики Казахстан порядке получать доступ к информации, сведениям и документам, уголовным, гражданским, административным делам, делам об административных правонарушениях, исполнительным производствам и иным материалам, а также к информационным системам и ресурсам правоохранительных и иных государственных органов и организаций с соблюдением требований по защите персональных данных и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z868" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z868" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с соблюдением установленных законодательством Республики Казахстан требований применять технические средства фиксации в ходе осуществления надзорной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z869" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z869" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       давать указания по вопросам досудебного расследования, оперативно-розыскной деятельности и негласных следственных действий, обязательные для исполнения руководителями и сотрудниками органов, осуществляющих досудебное расследование, оперативно-розыскную деятельность, негласные следственные действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z870" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z870" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять законность доставления, задержания лиц по подозрению в совершении уголовных правонарушений, лиц, совершивших административные правонарушения, а также порядок и условия содержания лиц, находящихся под стражей либо иным ограничением свободы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z871" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z871" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять законность актов, отменять незаконные решения администрации учреждений уголовно-исполнительной системы, влияющие на правовое положение лиц, содержащихся под стражей, отбывающих наказание в местах лишения свободы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z872" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z872" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать акты органов уголовно-исполнительной системы о переводе осужденных в другое учреждение в соответствии с уголовно-исполнительным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z873" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z873" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать ходатайства органов расследования об избрании меры пресечения в отношении подозреваемых лиц в соответствии с уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z874" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z874" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при осуществлении надзора инициировать проведение оперативно-розыскных мероприятий органами, занимающимися оперативно-розыскной деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z875" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z875" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при осуществлении надзора запрашивать и получать дела негласных следственных действий, оперативного учета, материалы, документы, ведомственные нормативные правовые акты, другие необходимые сведения, за исключением сведений о личности конфиденциальных помощников и штатных негласных сотрудников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z876" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z876" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в случаях, установленных законами Республики Казахстан, санкционировать проведение оперативно-розыскных и контрразведывательных мероприятий, проводить проверки соблюдения законности осуществления специальных оперативно-розыскных мероприятий, в том числе на сети связи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z877" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z877" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при осуществлении надзора привлекать специалистов органов прокуратуры и иных специалистов с использованием специальных технических средств в целях выявления и пресечения нарушений законности в ходе осуществления оперативно-розыскной деятельности в соответствии с законодательством Республики Казахстан об оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z878" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z878" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требовать от руководителей органов, осуществляющих оперативно-розыскную деятельность, проведения проверок в подчиненных им органах в целях устранения нарушений законности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z879" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z879" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       возбуждать и прекращать производство по делу об административном правонарушении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z880" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z880" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять законность выписки и приведения в исполнение исполнительных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z881" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z881" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       координировать и осуществлять деятельность по международно-правовому сотрудничеству в целях возврата активов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z882" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z940" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять международные договоры о выдаче лиц, оказании взаимной правовой помощи по уголовным делам, по делам о возврате активов, передаче осужденных либо лиц, страдающих психическими расстройствами (заболеваниями), а также связанные с ними правовые акты, согласовывать проекты международных договоров в уголовно-правовой сфере, относящихся к компетенции органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z883" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z941" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в порядке, определяемом законодательством Республики Казахстан, запрос (требование), письменное поручение, информацию или рапорт об обнаружении уголовного правонарушения и (или) о проведении необходимых проверочных, оперативно-розыскных мероприятий, а также досудебных расследований в государственные, специальные государственные и правоохранительные органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z942" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по созданию комиссий и рабочих групп для осуществления деятельности по поиску (раскрытию), подтверждению происхождения, наложению предварительных обеспечительных мер, обеспечительных мер, принятию мер по обеспечению сохранности, управлению, реализации и возврату государству незаконно приобретенных, в том числе выведенных активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z943" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать ученых, экспертов, специалистов, коммерческие и некоммерческие организации, в том числе зарубежные, для осуществления деятельности, направленной на возврат незаконно приобретенных активов государству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z944" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействовать уполномоченным органам Республики Казахстан в проведении оперативно-розыскных и специальных мероприятий по поиску (раскрытию), подтверждению происхождения, наложению обеспечительных мер, управлению, реализации и возврату государству незаконно приобретенных, в том числе выведенных активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z945" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в предусмотренном международными договорами и установленном законодательством Республики Казахстан порядке физическим, юридическим лицам и иным организациям, а также государственным органам Республики Казахстан запросы о предоставлении информации, сведений и документов в отношении незаконно приобретенных и выведенных активов, а также в отношении физических лиц, организаций и бенефициарных собственников, причастных к незаконному выводу активов, других связанных правонарушений, операций с деньгами и (или) иным имуществом, а также содействовать в исполнении таких запросов от компетентных органов иностранных государств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z946" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предъявлять в иностранные суды, международные арбитражные организации и иные компетентные органы иностранных государств иски об установлении правового статуса или права собственности на активы, подлежащие возврату государству, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z947" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в соответствии с международными договорами Республики Казахстан и законодательством соответствующего иностранного государства в суды или компетентные органы иностранного государства запросы об аресте, принятии иных предварительных обеспечительных мер, обеспечительных мер и получении доказательств в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z948" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в соответствии с международными договорами и законодательством соответствующего иностранного государства в суды или компетентные органы иностранного государства запросы о правовой помощи в форме конфискации (как при наличии, так и в отсутствие решения суда Республики Казахстан о конфискации или обращении активов в доход государства) в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z949" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в соответствии с международными договорами и законодательством соответствующего иностранного государства в суды или компетентные органы иностранного государства заявления о признании и приведении в исполнение решения суда Республики Казахстан в отношении поиска (раскрытия), подтверждения законности происхождения, применения предварительных обеспечительных мер, обеспечительных мер, обеспечения сохранности, управления, реализации и возврата активов или иного судебного акта, вынесенного судом Республики Казахстан, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z950" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изменять предмет или основание заявления, отказываться от заявления либо запрашивать изменение способа исполнения (конфискации) в той мере, в какой такие права имеются у заявителя в соответствии с международными договорами, законодательством Республики Казахстан либо законодательством соответствующего иностранного государства, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z951" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявлять соответствующему иностранному суду или компетентным органам иностранного государства о целях, в которых будет использовано конфискованное имущество, включая финансирование социальных и экономических проектов, направленных на повышение благосостояния народа Казахстана, либо возмещение ущерба потерпевшим от соответствующего противоправного деяния;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z952" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять выбор при направлении запросов и заявлений в суды или компетентные органы иностранного государства между гражданско-правовой и уголовно-правовой конфискацией в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z953" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять в соответствии с международными договорами Республики Казахстан и законодательством соответствующего иностранного государства в суды или компетентные органы иностранного государства заявления о признании и приведении в исполнение решения (приговора) суда Республики Казахстан или иного судебного акта, вынесенного судом Республики Казахстан, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z954" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получать и исполнять (либо передавать для исполнения компетентным органам или судам) запросы судов или компетентных органов иностранных государств о правовой помощи в части гражданско-правовой либо уголовно-правовой конфискации по основаниям, аналогичным основаниям, которые предусмотрены в законах Республики Казахстан, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z955" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в судебных разбирательствах по рассмотрению запросов о правовой помощи в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z956" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять компетентным органам иностранных государств запросы о предоставлении информации, сведений и документов в отношении незаконно приобретенных и выведенных активов, а также в отношении физических лиц, организаций и бенефициарных собственников, причастных к незаконному выводу активов, других связанных правонарушений, операций с деньгами и (или) иным имуществом в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z957" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять процессуальные права, которые могут предоставляться в соответствии с законодательством соответствующего иностранного государства или международными договорами в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z958" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать участие в разработке и согласовании проектов международных договоров по вопросам возврата активов в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z959" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в разработке и осуществлении программ международного сотрудничества по вопросам возврата активов и конфискации имущества в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z960" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в установленном порядке в деятельности международных организаций, объединений и иных рабочих групп в сфере возврата активов, в том числе конфискации имущества, добытого преступным путем, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z961" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать участие в работе по внесению предложений о подписании, ратификации, утверждении, принятии международных договоров в сфере возврата активов и о присоединении к ним, а также иных международных соглашений (меморандумов), не являющихся международными договорами, по вопросам, входящим в его компетенцию, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z962" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить вопросы в повестку обсуждения Комиссии по вопросам возврата государству незаконно приобретенных активов в соответствии с законодательством Республики Казахстан о возврате активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z963" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать к участию в работе Комиссии по вопросам возврата государству незаконно приобретенных активов в соответствии с законодательством Республики Казахстан о возврате активов работников правоохранительных и специальных государственных органов, а также иных государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z964" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и проводить совещания, семинары, конференции, в том числе международные, по вопросам, входящим в его компетенцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z965" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инициировать оценку активов, в том числе экспертизу независимой оценки активов, подлежащих возврату, с привлечением третьих лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z966" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инициировать аудит, ревизию, проверку законности источников приобретения (происхождения) актива, направленные на обеспечение возврата активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z967" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять дополнительные запросы лицам, включенным в реестр в соответствии с Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z968" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с соблюдением установленного законодательством Республики Казахстан порядка истребовать и получать по вопросам проводимой проверки законности источников приобретения (происхождения) актива сведения и документы, материалы, дополнительные материалы, а также уголовные, гражданские, административные дела, дела об административных правонарушениях и исполнительные производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z969" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подавать частные жалобы, ходатайства, апелляционные, кассационные жалобы, апелляционные ходатайства, ходатайства об оспаривании судебных актов в кассационном порядке на судебные акты, вынесенные по вопросам возврата активов, и пользоваться всеми правами истца или ответчика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z970" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в ходе процедуры добровольной передачи активов запрашивать необходимую информацию у субъектов Закона, их аффилированных лиц, а также иных лиц, не включенных в реестр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z883" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные Конституционным законом и иными законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z597" w:id="67"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z597" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z598" w:id="68"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z598" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдать Конституцию Республики Казахстан и законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z599" w:id="69"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z599" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать соблюдение этических норм поведения прокурорами и иными работниками органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z600" w:id="70"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z600" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль за принятием прокурорами и иными работниками на себя ограничений, связанных с пребыванием на правоохранительной службе, и антикоррупционных ограничений, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z601" w:id="71"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z601" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       защищать права и свободы человека и гражданина, охраняемые законом интересы юридических лиц, общества и государства с принятием мер по устранению нарушений законности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z602" w:id="72"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z602" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не допускать действий (бездействия) и принятия актов прокуратуры, создающих необоснованные препятствия для реализации прав и свобод человека и гражданина, законных интересов юридических лиц, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z603" w:id="73"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z603" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать сохранность документов, сведений и иной информации, полученных в ходе осуществления своей деятельности, с соблюдением требований законодательства Республики Казахстан о государственных секретах и иной охраняемой законом тайне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z604" w:id="74"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z604" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случаях и порядке, которые предусмотрены уголовно-процессуальным законодательством Республики Казахстан, осуществлять досудебное расследование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z605" w:id="75"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z605" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать ходатайства о несогласии с судебными актами, вступившими в законную силу, в порядке, предусмотренном процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z606" w:id="76"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z606" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять соблюдение законности при приеме и регистрации заявлений и сообщений об уголовных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z607" w:id="77"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z607" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращать незаконные оперативно-розыскные мероприятия и негласные следственные действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z608" w:id="78"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z608" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       незамедлительно освобождать лиц, незаконно задержанных и находящихся в помещениях правоохранительных и специальных государственных органов и иных местах, ограничивающих их личную свободу, гауптвахтах, учреждениях, исполняющих меры принудительного характера, специальных учреждениях и учреждениях уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z609" w:id="79"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z971" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отменять незаконные постановления и решения лиц, осуществляющих досудебное расследование, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z610" w:id="80"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z972" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать сохранность получаемых сведений, составляющих государственные секреты и охраняемые законом тайны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z973" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять функции рабочего органа, обеспечивающего деятельность Комиссии по вопросам возврата государству незаконно приобретенных активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z610" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выполнять иные обязанности, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным Указом Президента РК от 05.10.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменениями, внесенными указами Президента РК от 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z611" w:id="81"/>
+    <w:bookmarkStart w:name="z611" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z612" w:id="82"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z612" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в соответствии с Конституцией Республики Казахстан, Конституционным законом и иными законами Республики Казахстан осуществление высшего надзора за законностью:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z613" w:id="83"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z613" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деятельности государственных, местных представительных и исполнительных органов, органов местного самоуправления, учреждений, их должностных лиц, иных организаций независимо от форм собственности, а также принимаемых ими актов и решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z614" w:id="84"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z614" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       судебных актов, вступивших в законную силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z615" w:id="85"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z615" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнительного производства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z616" w:id="86"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z616" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производства по делам об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z617" w:id="87"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z617" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       досудебного расследования, уголовного преследования, оперативно-розыскной и контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z618" w:id="88"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z618" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнения уголовных наказаний и применения иных мер государственного принуждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z619" w:id="89"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z619" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственной правовой статистики и специальных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z620" w:id="90"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z620" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдения международных обязательств Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z621" w:id="91"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z621" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представительство интересов государства в суде на основании и в порядке, предусмотренных уголовно-процессуальным, гражданским процессуальным, административным процедурно-процессуальным законодательством Республики Казахстан и законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z622" w:id="92"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z622" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление от имени государства уголовного преследования в соответствии с уголовным, уголовно-процессуальным законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z623" w:id="94"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z974" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) осуществление от имени и в интересах государства деятельности по возврату активов путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z976" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществления мониторинга и анализа информации для противодействия незаконному приобретению, выводу активов и их возврата, направленных на поиск, сбор, обработку, обобщение, оценку поступающей информации о незаконно выведенных активах субъектов и их аффилированных лиц, определенных Законом, в порядке, определяемом Генеральным Прокурором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z977" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведения аудита, оценки активов, подлежащих возврату, в том числе путем привлечения третьих лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z978" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверки законности источников приобретения (происхождения) актива, проводимой в соответствии с Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z979" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запроса у государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц информации и материалов в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z980" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регистрации и (или) осуществления досудебных расследований в отношении потенциальных субъектов и их аффилированных лиц, предусмотренных Законом, и по другим уголовным правонарушениям в установленном законодательством Республики Казахстан порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z981" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрения заявлений физических и юридических лиц о добровольном возврате активов и принятия решений по ним в порядке, предусмотренном Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z982" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучения международного опыта и практики конфискации имущества и возврата активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z983" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечения законности и прозрачности результатов деятельности по возврату активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z984" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечения эффективной деятельности Комиссии по вопросам возврата государству незаконно приобретенных активов в соответствии с законодательством Республики Казахстан о возврате активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z623" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) международное сотрудничество в уголовно-правовой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z624" w:id="95"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z624" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представление интересов государства в компетентных органах иностранных государств и международных организациях по вопросам уголовного преследования, возврата активов, в иностранных и международных судах (арбитражах) по вопросам, относящимся к компетенции прокуратуры, в том числе по предъявлению в иностранные суды гражданских исков, связанных с возвратом активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z625" w:id="96"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z625" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в установленном законодательством порядке заключение международных договоров Республики Казахстан, согласование проектов международных договоров в уголовно-правовой сфере и в сфере возврата активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z626" w:id="97"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z626" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) участие в разработке проектов международных договоров Республики Казахстан, согласование проектов международных договоров в уголовно-правовой сфере и в сфере возврата активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z627" w:id="98"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z627" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) координация деятельности правоохранительных и иных государственных органов по обеспечению законности, правопорядка и борьбы с преступностью в целях обеспечения взаимодействия этих органов, взаимного обмена информацией и согласованности их действий при реализации общих задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z628" w:id="99"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z628" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организация работы Координационного совета Республики Казахстан по обеспечению законности, правопорядка и борьбы с преступностью, коллегии Генеральной прокуратуры, комиссий, рабочих групп по вопросам деятельности органов прокуратуры, а также консультативно-совещательных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z629" w:id="100"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z629" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) рассмотрение обращений в случаях, предусмотренных статьей 24 Конституционного закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z630" w:id="101"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z630" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществление взаимодействия с Уполномоченным по правам человека в Республике Казахстан, оказывая содействие его деятельности, государственными, местными представительными и исполнительными органами, органами местного самоуправления, учреждениями, их должностными лицами, субъектами квазигосударственного сектора и иными организациями независимо от формы собственности по вопросам, относящимся к компетенции системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z631" w:id="102"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z631" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) руководство, координация, контроль, обеспечение согласованности действий системы органов прокуратуры, оказание практической и методической помощи, в том числе в осуществлении учетной, статистической, информационной, аналитической, надзорной и контрольной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z632" w:id="103"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z632" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) проведение проверки соблюдения законности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z633" w:id="104"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z633" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение оценки актов, вступивших в силу, путем изучения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z634" w:id="105"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z634" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       актов и решений Правительства Республики Казахстан, иных государственных, местных представительных и исполнительных органов, органов местного самоуправления, учреждений, субъектов квазигосударственного сектора, их должностных лиц; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z635" w:id="106"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z635" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       актов и решений иных организаций независимо от форм собственности, если данные акты и решения касаются лиц, которые в силу физиологических особенностей, психических отклонений и иных обстоятельств не могут самостоятельно осуществлять защиту своих прав, несовершеннолетних лиц, а также неограниченного круга лиц либо носят публичный характер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z636" w:id="107"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z636" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приговоров, решений, постановлений и иных актов суда (судьи), а также уголовных, гражданских, административных дел и дел об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z637" w:id="108"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z637" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) проведение анализа состояния законности, в том числе с использованием доступа к информационным системам и ресурсам, интегрированным с системой информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z638" w:id="109"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z638" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) выработка и реализация единой кадровой политики системы органов прокуратуры для решения возложенных задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z639" w:id="110"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z639" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) участие в нормотворческой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z640" w:id="111"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z640" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация и проведение повышения квалификации прокуроров системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z641" w:id="112"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z641" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) координация и контроль оборота оружия, боеприпасов и специальных средств, организация деятельности по мобилизационной подготовке и ведомственному учету в органах, ведомствах, учреждениях и организации образования прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z642" w:id="113"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z642" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) организация профессиональной служебной, физической и специальной подготовки прокуроров системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z643" w:id="114"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z643" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) обеспечение своевременного назначения, перерасчета, индексации пенсионных выплат за выслугу лет, назначение пособий на погребение, компенсации членам семей пенсионеров системы органов прокуратуры при наступлении случаев, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z644" w:id="115"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z644" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) в рамках компетенции принятие мер по обеспечению безопасности, антитеррористической защищенности, пропускного и внутриобъектового режимов в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z645" w:id="116"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z645" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) организация проведения межведомственных научных исследований в сфере правоохранительной деятельности, их координация и мониторинг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z646" w:id="117"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z646" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация технического, материального, финансового и других видов обеспечения системы органов прокуратуры, в том числе капитального строительства и реконструкции, ремонта зданий и сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z647" w:id="118"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z647" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация воспитательной, психологической, идеологической работы с личным составом системы органов прокуратуры Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z931" w:id="119"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z931" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25-1) согласование типовых квалификационных требований к категориям должностей правоохранительных органов, утверждаемых уполномоченным органом по делам государственной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z648" w:id="120"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z648" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) организация и осуществление работы по развитию и расширению сферы употребления государственного языка в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z649" w:id="121"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z649" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) обеспечение проведения единой информационной политики системы органов прокуратуры, а также взаимодействия со средствами массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z650" w:id="122"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z650" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обеспечение функционирования официального интернет-ресурса Генеральной прокуратуры и его участия в структуре "электронного правительства" Республики Казахстан, организация и координация деятельности органов прокуратуры по наполнению официального интернет-ресурса Генеральной прокуратуры информационными материалами, оказание электронных услуг с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z651" w:id="123"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z651" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) в рамках своей компетенции организация в системе органов прокуратуры мониторинг информации о чрезвычайных происшествиях и преступлениях, в том числе об угрозе возникновения акта терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z652" w:id="124"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z652" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) обеспечение соблюдения информационной безопасности в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z653" w:id="125"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z653" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) осуществление внутреннего аудита в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z654" w:id="126"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z654" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) проведение учета и систематизация принятых Генеральным Прокурором нормативных правовых актов, ведение их контрольных экземпляров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z655" w:id="127"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z655" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) организация проведения государственных закупок в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z656" w:id="128"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z656" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) совершенствование деятельности органов прокуратуры, в том числе с использованием инструментов проектного управления, в целях повышения эффективности деятельности органов прокуратуры и доверия населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z657" w:id="129"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z657" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) формирование государственной правовой статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z658" w:id="130"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z658" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) сбор, накопление, ведение и обработка правовой статистической информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z659" w:id="131"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z659" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) ведение специальных учетов, за исключением оперативных, ведомственных учетов и учета лиц, сотрудничающих на конфиденциальной основе с органами, осуществляющими оперативно-розыскную, контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z660" w:id="132"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z660" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) проведение правовых статистических наблюдений по вопросам государственной правовой статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z661" w:id="133"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z661" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) надзор за целостностью, объективностью, достоверностью, достаточностью сведений государственной правовой статистики и специальных учетов, представляемых субъектами правовой статистики и специальных учетов, а также определение методики сбора, регистрации, обработки, накопления, свода и хранения информации в данной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z662" w:id="134"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z662" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) осуществление информационно-аналитической деятельности в сфере правовой статистики и ведения специальных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z663" w:id="135"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z663" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) обеспечение защиты прав проверяемых субъектов, в том числе субъектов частного предпринимательства от незаконных проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, в ходе осуществления их регистрации в Комитете по правовой статистике и специальным учетам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z664" w:id="136"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z664" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) взаимодействие с субъектами правовой статистики и специальных учетов по вопросам государственной правовой статистики и специальных учетов, за исключением оперативных и ведомственных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z665" w:id="137"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z665" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) внедрение информационно-коммуникационных технологий в процессы расследования уголовных дел, производства по делам об административных правонарушениях, регистрации и (или) учета форм государственного контроля и надзора, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z666" w:id="138"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z666" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) осуществление функций оператора информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z667" w:id="139"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z667" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечению соблюдения единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z668" w:id="140"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z668" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлению эксплуатации, сопровождения, развития, мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z669" w:id="141"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z669" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечению бесперебойного и надлежащего функционирования, а также защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z670" w:id="142"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z670" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечению безопасности хранения электронных информационных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z671" w:id="143"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z671" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечению оперативного реагирования на выявленные недостатки и принятию мер по их устранению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z672" w:id="144"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z672" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) осуществление международного сотрудничества в области правовой статистики и специальных учетов, за исключением оперативных и ведомственных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z673" w:id="145"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z673" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) обеспечение защиты прав и законных интересов физических и юридических лиц на стадиях приема, регистрации, рассмотрения их обращений, сообщений, запросов, откликов, предложений в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z674" w:id="146"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z674" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) оказание государственных услуг физическим и юридическим лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z675" w:id="147"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z675" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) участие в конституционном производстве в соответствии с Конституционным законом Республики Казахстан "О Конституционном Суде Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z676" w:id="148"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z676" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) выполнение иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4046,2345 +5120,2365 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 25.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 855</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z677" w:id="149"/>
+    <w:bookmarkStart w:name="z677" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Генеральной прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z678" w:id="150"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z678" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Генеральной прокуратурой осуществляется Генеральным Прокурором, который несет персональную ответственность за выполнение возложенных на Генеральную прокуратуру задач и осуществление ей своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z679" w:id="151"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z679" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Генеральный Прокурор назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z680" w:id="152"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z680" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Генеральный Прокурор имеет заместителей, в том числе одного первого заместителя, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z681" w:id="153"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z681" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия Генерального Прокурора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z682" w:id="154"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z682" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах и формах, установленных законом, осуществляет высший надзор за соблюдением законности на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z683" w:id="155"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z683" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) руководит деятельностью всей системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z684" w:id="156"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z684" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) вносит предложения Президенту Республики Казахстан об утверждении положения о Генеральной прокуратуре, ее структуры, общей штатной численности органов прокуратуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z685" w:id="157"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z685" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вносит предложения Президенту Республики Казахстан об утверждении положений ведомств органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z686" w:id="158"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z686" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах лимита общей штатной численности органов прокуратуры, утвержденного Президентом Республики Казахстан, устанавливает штатную численность прокуроров и иных работников органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z687" w:id="159"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z687" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вносит представление Президенту Республики Казахстан о назначении на должность и освобождении от должности первого заместителя, заместителей Генерального Прокурора, первых руководителей ведомств органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z688" w:id="160"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z688" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) с согласия Президента Республики Казахстан назначает на должность и освобождает от должности руководителя организации образования, Главного военного прокурора, Главного транспортного прокурора, прокуроров областей и приравненных к ним прокуроров (городов республиканского значения и столицы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z689" w:id="161"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z689" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) дает санкцию на проведение оперативно-розыскных мероприятий в отношении судей Конституционного Суда Республики Казахстан и судей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z690" w:id="162"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z690" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представляет к награждению государственными наградами Республики Казахстан и присвоению почетных званий прокуроров и иных работников, пенсионеров органов прокуратуры, награждает их ведомственными наградами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z691" w:id="163"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z691" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) представляет Президенту Республики Казахстан кандидатуры для присвоения классных чинов высшего начальствующего состава и воинских званий высшего офицерского состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z692" w:id="164"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z692" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) вносит предложения Президенту Республики Казахстан и Правительству Республики Казахстан по вопросам организационно-штатного, кадрового, материально-технического и иного обеспечения органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z693" w:id="165"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z693" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) выполняет поручения Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z694" w:id="166"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z694" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) не реже одного раза в квартал отчитывается перед Президентом Республики Казахстан о состоянии законности в стране и деятельности органов прокуратуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z695" w:id="167"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z695" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) является председателем Координационного совета Республики Казахстан по обеспечению законности, правопорядка и борьбы с преступностью и коллегии Генеральной прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z696" w:id="168"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z696" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) определяет в системе органов прокуратуры должностных лиц, которым делегирует свои полномочия, за исключением полномочий Генерального Прокурора, прямо предусмотренных законами Республики Казахстан и актами Президента Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z697" w:id="169"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z697" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) определяет полномочия должностных лиц Генеральной прокуратуры в решении организационных, кадровых, финансовых, хозяйственных вопросов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z698" w:id="170"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z698" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) образует коллегию и консультативно-совещательные органы Генеральной прокуратуры, определяет их состав и регламент работы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z699" w:id="171"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z699" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) принимает решение об образовании комиссий и рабочих групп по вопросам системы органов прокуратуры, определяет их состав, при необходимости, положение и (или) задачи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z700" w:id="172"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z700" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) в пределах утвержденной Президентом Республики Казахстан структуры и штатной численности органов прокуратуры образует, реорганизует и ликвидирует органы военной и транспортной прокуратур, прокуратуры областей и приравненные к ним прокуратуры (городов республиканского значения и столицы), районные и приравненные к ним (городские, межрайонные, а также специализированные) прокуратуры, учреждения органов прокуратуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z701" w:id="173"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z701" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вносит Президенту Республики Казахстан представление об образовании, реорганизации и ликвидации ведомств Генеральной прокуратуры и организации образования при Генеральной прокуратуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z702" w:id="174"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z702" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) представляет Генеральную прокуратуру во взаимоотношениях с государственными органами Республики Казахстан и иностранных государств, а также международными организациями, их должностными лицами и представителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z703" w:id="175"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z703" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) издает обязательные для исполнения всеми прокурорами и работниками органов, ведомств, учреждений и организации образования прокуратуры акты, отменяет акты, принятые в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z704" w:id="176"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z704" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обращается в Конституционный Суд Республики Казахстан в соответствии с пунктом 4 статьи 72 Конституции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z705" w:id="177"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z705" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) представляет интересы государства в суде и от имени государства осуществляет уголовное преследование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z706" w:id="178"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z706" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) при наличии оснований опротестовывает судебные акты, вступившие в законную силу, противоречащие Конституции Республики Казахстан, законам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z707" w:id="179"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z707" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) приносит протест на противоречащие Конституции Республики Казахстан, законам Республики Казахстан, международным договорам, ратифицированным Республикой Казахстан, и актам Президента Республики Казахстан нормативные и иные правовые акты, вступившие в законную силу, решения и действия (бездействие) государственных органов, учреждений, организаций, должностных и иных уполномоченных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z708" w:id="180"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z708" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) до принятия решения по протесту вправе приостановить исполнение опротестованного правового акта либо действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z709" w:id="181"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z709" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) приостанавливает исполнение судебного акта в порядке, предусмотренном процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z710" w:id="182"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z710" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обращается в Верховный Суд Республики Казахстан с предложением о даче разъяснения судам по вопросам судебной практики по уголовным, гражданским, административным делам и делам об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z711" w:id="183"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z711" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) приносит ходатайство в вышестоящий суд о пересмотре судебного акта, не вступившего в законную силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z712" w:id="184"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z712" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) вносит представление по вопросам лишения неприкосновенности и привлечения к административной, уголовной ответственности лиц, обладающих этим правом в соответствии с Конституцией Республики Казахстан и законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z713" w:id="185"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z713" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) в предусмотренных законами Республики Казахстан случаях согласовывает нормативные правовые акты по вопросам досудебного расследования, оперативно-розыскной, контрразведывательной деятельности и негласных следственных действий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z714" w:id="186"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z714" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) согласовывает поступающие от государственных органов проекты законов, иных нормативных правовых актов, затрагивающие основные направления деятельности органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z932" w:id="187"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z932" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1) определяет порядок, этапы и сроки проведения внеплановой аттестации сотрудников системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z933" w:id="188"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z933" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-2) определяет должности, подлежащие замещению лицами рядового, младшего, среднего, старшего и высшего начальствующего состава, и соответствующие этим должностям специальные звания или классные чины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z715" w:id="189"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z715" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) принимает нормативные правовые акты по вопросам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z716" w:id="190"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z716" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассмотрения обращений и личного приема физических лиц и представителей юридических лиц в органах прокуратуры в части, не урегулированной законодательством Республики Казахстан об административных процедурах и законодательством Республики Казахстан об административном судопроизводстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z717" w:id="191"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z717" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       проведения проверки соблюдения законности, анализа состояния законности, оценки актов, вступивших в силу, осуществляемых органами прокуратуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z718" w:id="192"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z718" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организации досудебного расследования в органах прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z719" w:id="193"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z719" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       применения норм уголовно-процессуального законодательства Республики Казахстан, законодательства Республики Казахстан об оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z720" w:id="194"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z720" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственной правовой статистики и специальных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z721" w:id="195"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z721" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определения порядка формирования, доступа, использования, хранения, защиты и уничтожения сведений из системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z722" w:id="196"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z722" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       назначения на должности и освобождения от должностей прокуроров и иных работников, за исключением должностей, назначаемых Президентом Республики Казахстан и (или) по согласованию с ним, а также с Администрацией Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z723" w:id="197"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z723" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выплаты денежного довольствия, пособий и прочих выплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z724" w:id="198"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z724" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определения порядка проведения межведомственных научных исследований в сфере правоохранительной деятельности, их координации и мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z725" w:id="199"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z725" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       определения порядка приема на обучение в организацию образования органов прокуратуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z726" w:id="200"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z726" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие нормативные правовые акты в соответствии с Конституционным законом, иными законами Республики Казахстан и актами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z727" w:id="201"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z727" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) устанавливает порядок документирования и управления документацией, организации и ведения делопроизводства, организации архивного дела в органах прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z728" w:id="202"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z728" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) определяет порядок приобретения, учета, хранения, ношения, передачи, перевозки оружия, боеприпасов и специальных средств в органах, ведомствах, учреждениях и организации образования прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z729" w:id="203"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z729" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) принимает совместные нормативные правовые акты Генерального Прокурора и органов, осуществляющих контрразведывательную деятельность, о порядке осуществления надзора за соблюдением законности контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z730" w:id="204"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z730" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37) утверждает: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z885" w:id="205"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z885" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регламент работы Генеральной прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z886" w:id="206"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z886" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регламент работы коллегии Генеральной прокуратуры и определяет состав коллегии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z887" w:id="207"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z887" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание символов органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z888" w:id="208"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z888" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       положения (уставы) государственных учреждений и организации образования системы органов прокуратуры, за исключением положений, утверждаемых Президентом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z889" w:id="209"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z889" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       структуры и штаты структурных подразделений ведомств, организации образования, органов военной и транспортной прокуратур, прокуратур областей и приравненных к ним прокуратур (городов республиканского значения и столицы), районных и приравненных к ним (городских, межрайонных, а также специализированных) прокуратур, а также государственных учреждений и иных подведомственных организаций, входящих в систему органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z890" w:id="210"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z890" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       положения о координационных советах, образуемых при главных военной и транспортной прокуратурах, прокуратурах областей и приравненных к ним прокуратурах (городов республиканского значения и столицы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z891" w:id="211"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z891" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень нетиповых должностей прокуроров системы органов прокуратуры, приравненных к должностям, указанным в Реестре должностей прокуроров системы органов прокуратуры по категориям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z892" w:id="212"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z892" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила и сроки организации наставничества для лиц, впервые поступающих на правоохранительную службу в органы прокуратуры Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z893" w:id="213"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z893" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методику оценки результатов кадрового обеспечения и качества работы субъектов кадровой политики системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z894" w:id="214"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z894" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок и методы определения профессиональных компетенций, ключевых показателей и расчета показателя конкурентоспособности (цифрового рейтинга) кандидата на службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z896" w:id="215"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z896" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание служебных удостоверений, а также порядок их выдачи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z897" w:id="216"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z897" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квалификационные требования к категориям должностей системы органов прокуратуры по согласованию с уполномоченным органом по делам государственной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z898" w:id="217"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z898" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квалификационные требования к категориям административных государственных должностей корпуса "Б" Генеральной прокуратуры по согласованию с уполномоченным органом по делам государственной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z899" w:id="218"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z899" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методику оценки деятельности административных государственных служащих корпуса "Б" системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z900" w:id="219"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z900" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок установления стандартов работ (алгоритм, правила и требования к результатам деятельности сотрудника на конкретном участке работы) в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z901" w:id="220"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z901" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методику осуществления кадрового прогноза в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z902" w:id="221"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z902" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень руководящих должностей системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z904" w:id="222"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z904" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень руководящих должностей, замещаемых на конкурсной основе, и порядок проведения конкурса на вышестоящие руководящие должности системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z906" w:id="223"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z906" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       содержание и порядок осуществления профессиональной подготовки, переподготовки и повышения квалификации сотрудников системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z907" w:id="224"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z907" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок осуществления повышения профессионального уровня прокуроров органов военной прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z908" w:id="225"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z908" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила трудового распорядка в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z909" w:id="226"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z909" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок организации воспитательной, психологической и идеологической работы с личным составом системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z910" w:id="227"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z910" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок и методику проведения ежегодного социологического мониторинга состояния морально-психологического климата в подразделениях системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z934" w:id="228"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z934" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       совместно с руководителями правоохранительных органов – порядок и методы проведения психолого-социологического исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z911" w:id="229"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z911" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок установления сотрудникам системы органов прокуратуры надбавок за особые условия прохождения службы, а также других надбавок, доплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z912" w:id="230"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z912" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок назначения и осуществления пенсионных выплат за выслугу лет сотрудникам, проходившим службу в системе органов прокуратуры (за исключением органов военной прокуратуры);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z913" w:id="231"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z913" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок оказания государственных услуг, оказываемых органами прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z914" w:id="232"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z914" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       формы отчетов правовой статистики и инструкции по их формированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z915" w:id="233"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z915" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок ведения, использования и хранения сведений специальных учетов, за исключением оперативных и ведомственных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z916" w:id="234"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z916" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       формы актов государственного контроля, о результатах профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки и предписаний об устранении выявленных нарушений, предусмотренные Предпринимательским кодексом Республики Казахстан, за исключением акта (уведомлений) о назначении, результатах проверок, осуществляемых органами государственных доходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z917" w:id="235"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z917" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       порядок приема и регистрации заявления, сообщения или рапорта об уголовных правонарушениях, а также порядок ведения Единого реестра досудебных расследований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z918" w:id="236"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z918" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок ведения Единого реестра административных производств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z919" w:id="237"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z919" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок регистрации актов о назначении, дополнительных актов о продлении сроков профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки, отказа в их регистрации и отмены, уведомлений о приостановлении, возобновлении, продлении сроков профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки, изменении состава участников и представлении информационных учетных документов о профилактическом контроле с посещением субъекта (объекта) контроля и надзора и (или) проверки и их результатах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z920" w:id="238"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z920" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок регистрации, учета обращений, поступающих в государственные органы, органы местного самоуправления, юридические лица со стопроцентным участием государства, а также ведения информационной аналитической системы "Электронные обращения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z921" w:id="239"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z921" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок формирования, использования, хранения, защиты и уничтожения сведений из системы информационного обмена правоохранительных, специальных государственных и иных органов, доступа к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z922" w:id="240"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z922" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок и основания получения правоохранительными, специальными государственными органами Республики Казахстан и органами военной разведки Министерства обороны Республики Казахстан информации, необходимой для проведения негласных следственных действий и оперативно-розыскной деятельности, а также для решения иных возложенных на них задач, из системы информационного обмена правоохранительных, специальных государственных и иных органов, определенных совместными нормативными правовыми актами Генерального Прокурора, Министра обороны Республики Казахстан и первых руководителей правоохранительных, специальных государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z923" w:id="241"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z923" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок и основания получения иными органами информации, необходимой для решения возложенных на них задач, из системы информационного обмена правоохранительных, специальных государственных и иных органов, определенных совместными нормативными правовыми актами Генерального Прокурора и первых руководителей иных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z924" w:id="242"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z924" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       инструкцию по приему, выдаче, ознакомлению, хранению и уничтожению прекращенных уголовных дел подразделениями архивной работы Комитета по правовой статистике и специальным учетам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z925" w:id="243"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z925" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень персональных данных, необходимых и достаточных для выполнения осуществляемых органами прокуратуры задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z926" w:id="244"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z926" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инструкцию по информационно-справочному обслуживанию физических и юридических лиц органами правовой статистики и специальных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z927" w:id="245"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z927" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок подготовки ежегодной информации по противодействию незаконному приобретению и выводу активов, а также принятым системным мерам и ее опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z928" w:id="246"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z928" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       правила проведения мониторинга и анализа информации для противодействия незаконному приобретению, выводу активов и их возврата; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z929" w:id="247"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z929" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила назначения и проведения проверки законности источников приобретения (происхождения) актива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z773" w:id="248"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z773" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) дает поручения о проведении проверки соблюдения законности, анализа состояния законности, оценки актов, вступивших в силу, либо рассмотрения обращений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z774" w:id="249"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z774" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) выступает с обращением к должностным лицам, государственным органам, физическим и юридическим лицам в целях обеспечения законности и общественной безопасности, предупреждения правонарушений, а также защиты прав и свобод человека и гражданина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z775" w:id="250"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z775" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) в установленном законодательством Республики Казахстан порядке присваивает классные чины и воинские звания прокурорам системы органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z776" w:id="251"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z776" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) в пределах своей компетенции и в порядке, установленном законодательством Республики Казахстан, назначает на должности и освобождает от должностей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z777" w:id="252"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z777" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заместителей руководителей ведомств, организации образования, главных военного и транспортного прокуроров, прокуроров областей и приравненных к ним прокуроров, их заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z778" w:id="253"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z778" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прокуроров районов и приравненных к ним прокуроров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z779" w:id="254"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z779" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       руководителей учреждений, находящихся в ведении Генеральной прокуратуры, их заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z780" w:id="255"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z780" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотрудников Генеральной прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z781" w:id="256"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z781" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) в соответствии с законодательством Республики Казахстан принимает решение об отнесении сведений к государственным секретам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z782" w:id="257"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z782" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) устанавливает порядок пропускного и внутриобъектового режимов в административных зданиях системы органов прокуратуры Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z783" w:id="258"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z783" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) определяет порядок ведения специального учета военнообязанных и призывников в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z784" w:id="259"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z784" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) определяет порядок организации огневой подготовки в системе органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z785" w:id="260"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z785" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) создает мобилизационное подразделение либо назначает отдельного прокурора по мобилизационной работе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z786" w:id="261"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z786" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) осуществляет иные полномочия, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z787" w:id="262"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z787" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Генерального Прокурора в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6423,244 +7517,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z788" w:id="263"/>
+    <w:bookmarkStart w:name="z788" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Генеральный Прокурор определяет полномочия своих заместителей в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z789" w:id="264"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z789" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Генерального Прокурора возглавляется руководителем Аппарата Генерального Прокурора, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z790" w:id="265"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z790" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Генеральной прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z791" w:id="266"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z791" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Генеральная прокуратура может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z792" w:id="267"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z792" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Генеральной прокуратуры формируется за счет имущества, переданного ей собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z793" w:id="268"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z793" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Генеральной прокуратурой, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z794" w:id="269"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z794" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Генеральная прокуратура не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ней имуществом и имуществом, приобретенным за счет средств, выданных ей по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z795" w:id="270"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z795" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и ликвидация Генеральной прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z796" w:id="271"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z796" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и ликвидация Генеральной прокуратуры осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z797" w:id="272"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z797" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Генеральной прокуратуры и ее ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции Указа Президента РК от 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6693,1100 +7787,1100 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными Указом Президента РК от 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z798" w:id="273"/>
+    <w:bookmarkStart w:name="z798" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Генеральная прокуратура</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z799" w:id="274"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z799" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственное учреждение "Комитет по правовой статистике и специальным учетам Генеральной прокуратуры";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z930" w:id="275"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z930" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) Республиканское государственное учреждение "Комитет по возврату активов Генеральной прокуратуры";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z800" w:id="276"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z800" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственное учреждение "Академия правоохранительных органов при Генеральной прокуратуре Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z801" w:id="277"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z801" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственное учреждение "Главная военная прокуратура";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z802" w:id="278"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z802" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственное учреждение "Главная транспортная прокуратура";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z803" w:id="279"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z803" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) государственное учреждение "Прокуратура города Астаны";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z804" w:id="280"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z804" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) государственное учреждение "Прокуратура города Алматы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z805" w:id="281"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z805" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) государственное учреждение "Прокуратура города Шымкента";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z806" w:id="282"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z806" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) государственное учреждение "Прокуратура области Абай";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z807" w:id="283"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z807" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) государственное учреждение "Прокуратура Акмолинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z808" w:id="284"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z808" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) государственное учреждение "Прокуратура Актюбинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z809" w:id="285"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z809" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) государственное учреждение "Прокуратура Алматинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z810" w:id="286"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z810" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) государственное учреждение "Прокуратура Атырауской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z811" w:id="287"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z811" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) государственное учреждение "Прокуратура Западно-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z812" w:id="288"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z812" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) государственное учреждение "Прокуратура Жамбылской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z813" w:id="289"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z813" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) государственное учреждение "Прокуратура области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z814" w:id="290"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z814" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) государственное учреждение "Прокуратура Карагандинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z815" w:id="291"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z815" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) государственное учреждение "Прокуратура Костанайской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z816" w:id="292"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z816" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) государственное учреждение "Прокуратура Кызылординской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z817" w:id="293"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z817" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) государственное учреждение "Прокуратура Мангистауской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z818" w:id="294"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z818" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) государственное учреждение "Прокуратура Павлодарской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z819" w:id="295"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z819" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) государственное учреждение "Прокуратура Северо-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z820" w:id="296"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z820" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) государственное учреждение "Прокуратура Туркестанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z821" w:id="297"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z821" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) государственное учреждение "Прокуратура области Ұлытау";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z822" w:id="298"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z822" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) государственное учреждение "Прокуратура Восточно-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z823" w:id="299"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z823" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) государственное учреждение "Управление материально-технического обеспечения при Генеральной прокуратуре Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z824" w:id="300"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z824" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) государственное учреждение "Хозяйственное управление при Генеральной прокуратуре Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z825" w:id="301"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z825" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитет по правовой статистике и специальным учетам Генеральной прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z826" w:id="302"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z826" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по городу Астане";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z827" w:id="303"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z827" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по городу Алматы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z828" w:id="304"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z828" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по городу Шымкенту";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z829" w:id="305"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z829" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по области Абай";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z830" w:id="306"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z830" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Акмолинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z831" w:id="307"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z831" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Актюбинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z832" w:id="308"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z832" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Алматинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z833" w:id="309"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z833" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Атырауской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z834" w:id="310"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z834" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Западно-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z835" w:id="311"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z835" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Жамбылской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z836" w:id="312"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z836" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z837" w:id="313"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z837" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Карагандинской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z838" w:id="314"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z838" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Костанайской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z839" w:id="315"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z839" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Кызылординской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z840" w:id="316"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z840" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Мангистауской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z841" w:id="317"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z841" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Павлодарской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z842" w:id="318"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z842" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Северо-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z843" w:id="319"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z843" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Туркестанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z844" w:id="320"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z844" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по области Ұлытау";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z845" w:id="321"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z845" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан по Восточно-Казахстанской области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z846" w:id="322"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z846" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) государственное учреждение "Военный департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z847" w:id="323"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z847" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) государственное учреждение "Департамент Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан на транспорте".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -7910,458 +9004,498 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 октября 2017 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="324"/>
+    <w:bookmarkStart w:name="z195" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СТРУКТУРА </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Генеральной прокуратуры Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Структура - в редакции Указа Президента РК от 23.05.2023 </w:t>
+      Сноска. Структура - в редакции Указа Президента РК от 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 227</w:t>
+        <w:t>№ 1125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z539" w:id="325"/>
+    <w:bookmarkStart w:name="z985" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z19" w:id="326"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z986" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аппарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z987" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба по надзору за законностью досудебного расследования и уголовного преследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z988" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба по надзору за законностью приговоров, вступивших в законную силу, и их исполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z989" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба по защите общественных интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z990" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба досудебного расследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z991" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служба международно-правового сотрудничества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z992" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Аппарат </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="327"/>
+      Служба по возврату активов </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z993" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент кадровой работы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z994" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент собственной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z995" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент стратегического развития</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z996" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент по надзору за законностью оперативно-розыскной, контрразведывательной деятельности и негласных следственных действий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z997" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент координации нормотворческой деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z998" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент по работе с обращениями и делопроизводству</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z999" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Служба по надзору за законностью досудебного расследования и уголовного преследования </w:t>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="339"/>
+      Департамент финансов </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1000" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление по защите государственных секретов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z33" w:id="340"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1001" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление внутреннего аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1002" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Управление информационной безопасности.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z1003" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень должностей системы органов прокуратуры, которым присваиваются классные чины, а также соответствующие им предельные классные чины (с пометкой "Для служебного пользования"), утвержденный вышеназванным Указом, изложить в редакции согласно приложению 2 к настоящим изменениям и дополнениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8737,90 +9871,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>которые вносятся в некоторые указы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="342"/>
+    <w:bookmarkStart w:name="z215" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 22 января 1999 года № 29 "О мерах по дальнейшей оптимизации системы государственных органов Республики Казахстан" (САПП Республики Казахстан, 1999 г., № 1, ст.2): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkEnd w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8925,190 +10059,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="343"/>
+    <w:bookmarkStart w:name="z223" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 28 марта 2003 года № 1050 "Об образовании Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан" (САПП Республики Казахстан, 2003г., № 12, ст.130):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z224" w:id="344"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z224" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z225" w:id="345"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z225" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Утвердить прилагаемое Положение о Комитете.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z226" w:id="346"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z226" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Комитете по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан, утвержденном вышеназванным Указом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkEnd w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9177,70 +10311,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 13 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="347"/>
+    <w:bookmarkStart w:name="z229" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) сбор, накопление, ведение и обработка правовой статистической информации;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkEnd w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9253,130 +10387,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 13 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="348"/>
+    <w:bookmarkStart w:name="z231" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5) осуществление надзора за законностью в сфере государственной правовой статистики и специальных учетов;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z232" w:id="349"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z232" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>структуру</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан, утвержденную вышеназванным Указом, исключить. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z233" w:id="350"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z233" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В Указ Президента Республики Казахстан от 17 января 2004 года № 1283 "Об утверждении реестров должностей военнослужащих, сотрудников специальных государственных органов, правоохранительных органов, государственной фельдъегерской службы и органов прокуратуры Республики Казахстан по категориям" (САПП Республики Казахстан, 2004 г., № 19, ст. 234) (с грифом "Для служебного пользования").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9405,231 +10539,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="351"/>
+    <w:bookmarkStart w:name="z240" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 5 мая 2017 года № 470 "О перечне должностей Вооруженных Сил, других войск и воинских формирований, специальных государственных и правоохранительных органов Республики Казахстан, замещаемых лицами высшего офицерского и начальствующего состава":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z241" w:id="352"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z241" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> должностей Вооруженных Сил, других войск и воинских формирований, специальных государственных и правоохранительных органов Республики Казахстан, замещаемых лицами высшего офицерского и начальствующего состава, утвержденном вышеназванным Указом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z242" w:id="353"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z242" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "4. Генеральная прокуратура Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z243" w:id="354"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z243" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Генеральная прокуратура Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkEnd w:id="400"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z244" w:id="355"/>
+          <w:bookmarkStart w:name="z244" w:id="401"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="355"/>
+          <w:bookmarkEnd w:id="401"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9681,70 +10815,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="356"/>
+          <w:bookmarkStart w:name="z245" w:id="402"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="356"/>
+          <w:bookmarkEnd w:id="402"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9796,70 +10930,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z246" w:id="357"/>
+          <w:bookmarkStart w:name="z246" w:id="403"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="357"/>
+          <w:bookmarkEnd w:id="403"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9911,70 +11045,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z247" w:id="358"/>
+          <w:bookmarkStart w:name="z247" w:id="404"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="358"/>
+          <w:bookmarkEnd w:id="404"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10026,70 +11160,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z248" w:id="359"/>
+          <w:bookmarkStart w:name="z248" w:id="405"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="359"/>
+          <w:bookmarkEnd w:id="405"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10141,70 +11275,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z249" w:id="360"/>
+          <w:bookmarkStart w:name="z249" w:id="406"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="360"/>
+          <w:bookmarkEnd w:id="406"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10256,70 +11390,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z250" w:id="361"/>
+          <w:bookmarkStart w:name="z250" w:id="407"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="361"/>
+          <w:bookmarkEnd w:id="407"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10371,70 +11505,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="362"/>
+          <w:bookmarkStart w:name="z251" w:id="408"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 8. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="362"/>
+          <w:bookmarkEnd w:id="408"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10554,70 +11688,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z252" w:id="363"/>
+          <w:bookmarkStart w:name="z252" w:id="409"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="363"/>
+          <w:bookmarkEnd w:id="409"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10950,140 +12084,140 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 января 1999 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="364"/>
+    <w:bookmarkStart w:name="z255" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ОБЩАЯ ШТАТНАЯ ЧИСЛЕННОСТЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>прокуратуры Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkEnd w:id="410"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z256" w:id="365"/>
+          <w:bookmarkStart w:name="z256" w:id="411"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прокуратура Республики Казахстан, в том числе: Генеральная прокуратура, Академия правоохранительных органов, органы прокуратуры, Комитет по правовой статистике и специальным учетам, территориальные органы Комитета по правовой статистике и специальным учетам</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="365"/>
+          <w:bookmarkEnd w:id="411"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11820,181 +12954,181 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 октября 2017 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="366"/>
+    <w:bookmarkStart w:name="z258" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых указов Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z259" w:id="367"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z259" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 18 февраля 2011 года № 1159 "О символе органов прокуратуры Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 20, ст. 235).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z260" w:id="368"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z260" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Указ Президента Республики Казахстан от 10 сентября 2012 года № 376 дсп "Об утверждении перечня должностей органов прокуратуры Республики Казахстан, которым присваиваются классные чины, и соответствующих им предельных классных чинов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z261" w:id="369"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z261" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые указы Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 4 мая 2015 года № 15 (САПП Республики Казахстан, 2015 г., № 29-30, ст. 184).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z262" w:id="370"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z262" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12009,91 +13143,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые указы Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 29 декабря 2015 года № 158 (САПП Республики Казахстан, 2015 г., № 77-78-79, ст. 575).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z263" w:id="371"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z263" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые указы Президента Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 5 мая 2017 года № 470 (САПП Республики Казахстан, 2017 г., № 17, ст. 116).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkEnd w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>