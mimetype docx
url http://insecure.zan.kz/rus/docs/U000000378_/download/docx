--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4771423" w14:textId="4771423">
+    <w:p w14:paraId="8457e89" w14:textId="8457e89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1855,54 +1855,74 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) материально-техническое, социально-бытовое, транспортное и медицинское обеспечение деятельности Первого Президента Республики Казахстан – Елбасы и членов его семьи, проживающих совместно с ним, а также экс-Президентов Республики Казахстан, относящихся к обслуживаемым лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) организация медицинского обслуживания отдельных категорий государственных служащих и граждан по перечню, утверждаемому Управлением Делами Президента Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан.</w:t>
+      7) организация медицинского обслуживания отдельных категорий государственных служащих и граждан по перечню, утверждаемому Управлением Делами Президента Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z191" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17-1) обеспечение функционирования личной библиотеки Президента Республики Казахстан, личных библиотек и архивов экс-президентов Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1984,1267 +2004,1267 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 14.08.2023 № 303дсп.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) функции Управления Делами Президента Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решает вопросы физкультурно-оздоровительного и социально-бытового обеспечения обслуживаемых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу по обеспечению жильем обслуживаемых лиц, а также работников государственных органов и иных лиц по согласованию с Президентом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует проектирование, строительство и реконструкцию объектов административного, производственного назначения, жилья и объектов социально-бытового назначения, в том числе объектов подведомственных предприятий, учреждений и организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и утверждает текущие и перспективные программы капитального строительства и ремонта, проектно-сметную документацию, организует технический и авторский надзор за строительством, а также участвует в приемке завершенных объектов строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решает вопросы обеспечения государственных органов административными зданиями, размещает аппараты государственных органов и иных организаций в административных зданиях, осуществляет эксплуатацию и содержание зданий, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет транспортное обеспечение обслуживаемых лиц и органов в соответствии с единой транспортной политикой, включая воздушные перевозки Президента Республики Казахстан и членов его семьи, Первого Президента Республики Казахстан – Елбасы и совместно проживающих с ним членов его семьи, экс-Президентов Республики Казахстан, Премьер-Министра, председателей Палат Парламента, Руководителя Администрации Президента, заместителей Премьер-Министра, Управляющего Делами, членов Правительства Республики Казахстан и официальных делегаций, железнодорожные перевозки Президента Республики Казахстан и членов его семьи, Первого Президента Республики Казахстан – Елбасы и совместно проживающих с ним членов его семьи, экс-Президентов Республики Казахстан, Премьер-Министра Республики Казахстан, автомобильные перевозки Президента Республики Казахстан и членов его семьи, Премьер-Министра, председателей Палат Парламента Республики Казахстан, а также иных обслуживаемых лиц и органов, разрабатывает и утверждает программу транспортного обеспечения обслуживаемых лиц и органов, организует приобретение и ремонт автотранспорта и иной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует эксплуатацию объектов, находящихся на балансе и в ведении Управления Делами Президента Республики Казахстан, в том числе гостевых резиденций, а также содержание закрепленных за ним помещений, оборудования, иного имущества и прилегающей территории в надлежащем состоянии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует и обеспечивает функционирование особо охраняемой природной территории, находящейся в его ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за организацией общественного питания, организует проведение физкультурно-оздоровительных, культурных и социальных мероприятий, а также оказание услуг в зданиях, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет руководство, координацию и контроль деятельности ведомств и подведомственных организаций, выполняет права субъекта права республиканской собственности в отношении имущества подведомственных республиканских юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за финансовой деятельностью ведомств, подведомственных организаций и иных организаций, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в установленном законодательством порядке размещает государственный заказ и осуществляет контроль за целевым использованием средств, выделенных на государственный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает планы развития подведомственных организаций и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет мониторинг, комплексный анализ и сопровождение процессов информатизации в обслуживаемых органах, а также информационно-техническое обеспечение, в том числе предоставление находящихся в ведении информационно-коммуникационных инфраструктур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует обслуживание, в том числе медицинское, официальных мероприятий с участием Президента Республики Казахстан внутри республики и за ее пределами, Первого Президента Республики Казахстан – Елбасы, Премьер-Министра, председателей Палат Парламента Республики Казахстан и делегаций, разрабатывает и утверждает нормы по представительским затратам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует производство на подведомственных и иных предприятиях необходимой продукции и оказание услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает изготовление полиграфической продукции, координирует развитие полиграфической базы Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает годовую финансовую отчетность подведомственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует и контролирует договорно-правовую работу в подведомственных предприятиях и других организациях, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях повышения эффективности использования основных фондов и производственных мощностей привлекает инвесторов для реконструкции, строительства и развития объектов, находящихся в его ведении, а также в ведении подведомственных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает методическое руководство по ведению бухгалтерского учета и контролирует состояние учета и отчетности в ведомствах и подведомственных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и принимает нормативные правовые акты по вопросам, входящим в компетенцию Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z62" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает уполномоченным органом соответствующей отрасли республиканских государственных предприятий и учредителем государственных учреждений, фондов, утверждает их уставы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координирует деятельность некоммерческих организаций (фондов), находящихся в его ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z64" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       владеет, пользуется и управляет государственными долями и пакетами акций юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контролирует использование по назначению и сохранность государственного имущества, закрепленного за подведомственными предприятиями, организациями и учреждениями, а также переданного в установленном порядке иным лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет взаимодействие с государственными органами и другими организациями по вопросам, входящим в компетенцию Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные функции, возложенные на него законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z68" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) функции Управления материально-технического обеспечения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z69" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет финансирование, организацию материально-технического обеспечения и обслуживания совещаний, конференций и других официальных мероприятий, проводимых Парламентом Республики Казахстан, Общественной палатой и фракциями политических партий при Мажилисе Парламента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z70" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу по обеспечению жильем депутатов и сотрудников аппаратов Палат Парламента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит работу по созданию для депутатов Парламента Республики Казахстан надлежащих бытовых и рабочих условий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в установленном порядке организует транспортное обеспечение обслуживаемых лиц, приобретение и ремонт автотранспорта и иной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z73" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решает в установленном порядке вопросы физкультурно-оздоровительного и социально-бытового обеспечения обслуживаемых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и утверждает текущие и перспективные программы строительства, реконструкции, капитального ремонта и проектно-сметную документацию, организует строительство, реконструкцию и капитальный ремонт объектов подведомственных предприятий Управления материально-технического обеспечения, организует проектирование и строительство жилья, объектов социально-бытового и производственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет мониторинг, комплексный анализ, разработку и сопровождение процессов информатизации в Парламенте Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует общественное питание в зданиях, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует эксплуатацию объектов, находящихся на балансе Управления материально-технического обеспечения, а также содержание закрепленных за ними помещений, оборудования и иного имущества, а также прилегающей территории в надлежащем состоянии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет руководство, координацию и контроль работы подведомственных предприятий Управления материально-технического обеспечения, в том числе по повышению эффективности использования закрепленного за ними имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и утверждает нормы по представительским затратам, сметы расходов по проведению официальных мероприятий Парламента Республики Казахстан за счет средств республиканского бюджета, осуществляет финансирование этих расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за финансовой деятельностью подведомственных организаций Управления материально-технического обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z81" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает изготовление полиграфической продукции, координирует развитие полиграфической базы Парламента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z82" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает финансовое содействие осуществлению международного сотрудничества Парламента Республики Казахстан с другими странами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z83" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные функции, возложенные на него законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z84" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) функции Медицинского центра Управления Делами Президента Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z85" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует диагностическую, лечебно-профилактическую, реабилитационную и консультативную медицинскую помощь обслуживаемым лицам (прикрепленному контингенту) в подведомственных медицинских организациях, в том числе с привлечением зарубежных специалистов, а также направляет прикрепленный контингент на лечение за рубеж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z86" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует своевременную и качественную медицинскую помощь Президенту Республики Казахстан и членам его семьи, Первому Президенту Республики Казахстан – Елбасы и совместно проживающим с ним членам его семьи, экс-Президентам Республики Казахстан с применением необходимых видов и объемов медицинской помощи и координацией вопросов питания, профилактики, восстановительного лечения и медицинской реабилитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z87" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет руководство и координацию работы, а также финансирование подведомственных организаций Медицинского центра Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z88" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет взаимодействие с организациями здравоохранения - поставщиками медицинских услуг, в том числе посредством заключения договоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z89" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует обеспечение лекарственными средствами и изделиями медицинского назначения прикрепленного контингента и лечебно-профилактических организаций Медицинского центра Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z90" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует направление прикрепленного контингента на объекты санаторно-курортного назначения подведомственных организаций Медицинского центра Управления Делами Президента Республики Казахстан для реабилитационного лечения, оздоровления и отдыха;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z91" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет государственный санитарно-эпидемиологический надзор объектов, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z92" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет эпидемиологический надзор за инфекционными заболеваниями, организацией и проведением профилактических прививок прикрепленному контингенту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z93" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает санитарно-эпидемиологическую безопасность прикрепленного контингента и санитарно-эпидемиологическое благополучие на объектах, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z94" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет экспертизу и контроль за оказанием медицинских услуг, рекламой медицинских услуг, а также методами профилактики, диагностики, лечения и медицинской реабилитации в подведомственных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координирует и организовывает финансирование образовательной деятельности подведомственных организаций, в том числе дошкольных образовательных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z96" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует внедрение современных достижений медицинской науки, информационных и инновационных технологий в работу подведомственных организаций Медицинского центра Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные функции, возложенные на него законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3303,410 +3323,410 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с момента прекращения президентских полномочий Первого Президента Республики Казахстан – Елбасы).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:bookmarkStart w:name="z98" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности Управления Делами Президента Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) запрашивать у государственных органов, юридических и физических лиц всю необходимую информацию, справочные данные по всем вопросам, входящим в компетенцию Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z100" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направлять средства подведомственных предприятий на подготовку и реализацию инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z101" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вносить предложения по вопросам создания, реорганизации и</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z102" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ликвидации подведомственных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z103" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утверждать номенклатуру работников ведомств и подведомственных организаций, назначаемых по согласованию с Управлением Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z104" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заключать с подведомственными организациями договоры об условиях использования закрепленного за ними государственного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z105" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) планировать деятельность подведомственных организаций и осуществлять контроль за выполнением утвержденных планов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z106" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) привлекать инвесторов для реконструкции и строительства объектов, находящихся в его ведении, а также для других целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимать все необходимые меры по повышению эффективности деятельности подведомственных организаций с целью достижения их прибыльности, в том числе утверждать перечень оказываемых ими платных услуг, анализировать результаты их предпринимательской деятельности, проводить проверки и документальные ревизии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заключать соглашения и договоры с международными организациями и иностранными юридическими лицами по направлениям деятельности Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) организовывать мероприятия по информационно-технической защите в компьютерных системах обслуживаемых органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) организовывать культурные и концертные мероприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z111" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) изучать и прогнозировать перспективы развития информационных технологий с учетом их применения в обслуживаемых органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z112" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) создавать, а также выступать учредителем (участником) другого юридического лица в случае, когда ему в установленном порядке переданы права владения, пользования, управления государственной собственностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществлять внутренний аудит по направлениям деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) принимать меры по выявлению, пресечению и недопущению нарушений при использовании средств республиканского бюджета в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществлять иные права, возложенные на него законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3725,160 +3745,160 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности Управления Делами Президента</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z117" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство Управлением Делами Президента Республики Казахстан осуществляется Управляющим Делами, который несет персональную ответственность за выполнение возложенных на Управление Делами Президента Республики Казахстан задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z118" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Управляющий Делами назначается на должность и освобождается от должности Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z119" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Управляющий Делами имеет заместителей, в том числе одного первого, в компетенцию которого входит исполнение задач, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый заместитель Управляющего Делами назначается на должность и освобождается от должности Первым Президентом Республики Казахстан – Елбасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3933,91 +3953,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с момента прекращения президентских полномочий Первого Президента Республики Казахстан – Елбасы).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:bookmarkStart w:name="z120" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Полномочия Управляющего Делами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z121" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z121" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет полномочия своих заместителей, руководителя аппарата и руководителей ведомств Управления Делами Президента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z122" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) представляет на утверждение Главе государства </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4052,287 +4072,287 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>штатной численности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z123" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядке по согласованию с Президентом Республики Казахстан назначает на должность и освобождает от должности руководителя аппарата, руководителей ведомств Управления Делами Президента Республики Казахстан и их заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z124" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) назначает руководителей подведомственных предприятий и их заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) назначает на должности и освобождает от должностей работников Управления Делами Президента Республики Казахстан, за исключением случаев, предусмотренных законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в установленном законодательством порядке налагает дисциплинарные взыскания на работников Управления Делами Президента Республики Казахстан, руководителей ведомств и подведомственных предприятий Управления Делами Президента Республики Казахстан, за исключением случаев, предусмотренных законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkStart w:name="z129" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) издает приказы, парафирует проекты нормативных правовых актов, разрабатываемых Управлением Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z130" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) визирует в соответствии со своими полномочиями проекты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z131" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормативных правовых актов, вносимые на согласование соответствующими</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z132" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z133" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) утверждает штатное расписание Управления Делами Президента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z134" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республики Казахстан, вносит в него изменения в пределах утвержденной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z135" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       штатной численности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4361,250 +4381,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) утверждает в установленном порядке уставы подведомственных предприятий Управления Делами Президента Республики Казахстан, фонд оплаты труда и должностные оклады руководителей подведомственных предприятий, учреждений и организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) утверждает планы развития подведомственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) утверждает в установленном порядке сметы, проекты, титульные списки на капитальное строительство, реконструкцию и капитальный ремонт объектов, находящихся в ведении Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) утверждает перечень услуг, оказываемых подведомственными</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предприятиями и цены на них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) согласовывает штатные расписания ведомств и подведомственных предприятий Управления Делами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) представляет Управление Делами Президента Республики Казахстан в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) утверждает планы работы Управления Делами Президента Республики Казахстан и подведомственных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) осуществляет иные полномочия в соответствии с законами, актами Президента Республики Казахстан и иным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Управляющего Делами в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4623,268 +4643,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управляющий Делами определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Аппарат Управления Делами Президента Республики Казахстан возглавляет руководитель аппарата, назначаемый на должность и освобождаемый от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество Управления Делами Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Управление Делами Президента Республики Казахстан имеет на праве оперативного управления обособленное имущество.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления Делами Президента Республики Казахстан формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Имущество, закрепленное за Управлением Делами Президента Республики Казахстан, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Управление Делами Президента Республики Казахстан не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение Управления Делами Президента</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Реорганизация и упразднение Управления Делами Президента Республики Казахстан осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Управления Делами</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Президента Республики Казахстан и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными указами Президента РК от 18.02.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4919,674 +4939,758 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 19.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с момента прекращения президентских полномочий Первого Президента Республики Казахстан – Елбасы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное учреждение "Управление Делами Президента Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Государственная авиакомпания "Беркут";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Дирекция государственных резиденций";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Автохозяйство Управления Делами Президента Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Караоткел";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Дирекция административных зданий Администрации Президента и Правительства Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Дирекция административных зданий Управления Делами Президента Республики Казахстан в городе Алматы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товарищество с ограниченной ответственностью "Казстройсистема";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Инженерно-технический центр Управления Делами Президента Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Астана-Өнім";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Отель "Алатау";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческое акционерное общество "Телерадиокомплекс Президента Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z189" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z189" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственный фонд "Астана-20";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z190" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z190" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товарищество с ограниченной ответственностью "Бурабай даму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z172" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное учреждение "Управление материально-технического обеспечения":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z2" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z2" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие "Дирекция административных зданий Управления материально-технического обеспечения" на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z125" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z125" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Инженерный центр Управления материально-технического обеспечения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z126" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z126" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Автохозяйство Управления материально-технического обеспечения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z178" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное учреждение "Медицинский центр Управления Делами Президента Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z179" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие "Больница Медицинского центра Управления Делами Президента Республики Казахстан" на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z180" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Центральная клиническая больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z181" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие "Центр санитарно-эпидемиологической экспертизы" Медицинского центра Управления Делами Президента Республики Казахстан" на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z182" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Детский сад "Қарлығаш" Медицинского центра Управления делами Президента Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z184" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Лечебно-оздоровительный комплекс "Ок-Жетпес";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Центр медицинских технологий и информационных систем";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z186" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       санаторий "Казахстан" (Кыргызская Республика).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z187" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z187" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Управления Делами Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Перечень с изменением, внесенным Указом Президента РК от 14.08.2023 № 303дсп.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное учреждение "Государственный национальный природный парк "Бурабай";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z192" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканское государственное учреждение "Президентский центр Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5912,31 +6016,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>