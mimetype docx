--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="461c534" w14:textId="461c534">
+    <w:p w14:paraId="e00073a" w14:textId="e00073a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -565,208 +565,290 @@
         <w:t>
       3. Координационный совет осуществляет свою деятельность в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан и иными нормативными правовыми актами Республики Казахстан, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Рабочим органом Координационного совета является Министерство национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z59" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агентство по стратегическому планированию и реформам Республики Казахстан (по согласованию) обеспечивает отбор и координацию проектов по содействию устойчивому развитию и росту Республики Казахстан, а также разработку и утверждение методической рекомендации по реализации Программы совместных экономических исследований, осуществляемых совместно с международными финансовыми организациями в рамках рамочных соглашений о партнерстве между Правительством Республики Казахстан и международными финансовыми организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным распоряжением Правительства РК от 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заседания Координационного совета проводятся не менее одного раза в месяц при наличии соответствующих заявок государственных органов, а также при необходимости рассмотрения вопросов реализации действующих проектов. По решению председателя Координационного совета и предложениям рабочего органа могут созываться внеочередные заседания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи Координационного совета </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В рамках поставленной цели на Координационный совет возлагаются следующие задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) рассмотрение вопросов по реализации проектов, финансируемых за счет правительственных внешних займов и под государственную гарантию, перераспределению средств по категориям займа, продлению даты закрытия займа, аннулированию средств займа, досрочному закрытию проекта, реструктуризации проектов и иных вопросов, возникающих в ходе реализации проектов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассмотрение и выработка предложений по рекомендациям рабочей группы по отбору проектов в рамках сотрудничества Правительства Республики Казахстан с международными финансовыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подготовка рекомендаций по совершенствованию законодательства по вопросам сотрудничества с международными финансовыми организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Глава 3. Организация деятельности Координационного совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Организация и порядок деятельности Координационного совета осуществляются в соответствии с Правилами образования, деятельности и упразднения консультативно-совещательных органов при Правительстве Республики Казахстан, утвержденными постановлением Правительства Республики Казахстан от 16 марта 1999 года № 247.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -907,950 +989,904 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от " " 2022 года  № </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Состав Координационного совета по сотрудничеству Правительства Республики Казахстан с международными финансовыми организациями </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+        <w:t xml:space="preserve"> Состав </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координационного совета по сотрудничеству Правительства Республики Казахстан с международными финансовыми организациями </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Состав с изменениями, внесенными распоряжениями Правительства РК от 17.03.2023 </w:t>
+      Сноска. Состав в редакции распоряжения Правительства РК от 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 165-р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.08.2023 </w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С казахстанской стороны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      вице-министр национальной экономики Республики Казахстан, заместитель председателя </w:t>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Премьер-Министр Республики Казахстан, председатель</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      директор Департамента международного экономического сотрудничества Министерства национальной экономики Республики Казахстан, секретарь</w:t>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заместитель Премьер-Министра − Министр национальной экономики Республики Казахстан, заместитель председателя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вице-министр национальной экономики Республики Казахстан, секретарь</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Национального Банка Республики Казахстан (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый заместитель Премьер-Министра Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместитель Руководителя Администрации Президента Республики Казахстан (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заместители Премьер-Министра Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...50 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заместитель Премьер-Министра − Министр искусственного интеллекта и цифрового развития Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр иностранных дел Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Агентства по стратегическому планированию и реформам Республики Казахстан (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Агентства Республики Казахстан по регулированию и развитию финансового рынка (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель Агентства Республики Казахстан по финансовому мониторингу (по согласованию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...98 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z56" w:id="32"/>
-[...15 lines deleted...]
-      Министр труда и социальной защиты населения Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z57" w:id="33"/>
-[...15 lines deleted...]
-      Министр транспорта Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z58" w:id="34"/>
-[...15 lines deleted...]
-      Министр промышленности и строительства Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z59" w:id="35"/>
-[...15 lines deleted...]
-      Министр торговли и интеграции Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z60" w:id="36"/>
-[...15 lines deleted...]
-      Министр водных ресурсов и ирригации Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...25 lines deleted...]
-        <w:t>Министр цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
-[...15 lines deleted...]
-      Министр экологии и природных ресурсов Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
-[...15 lines deleted...]
-      Министр энергетики Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
-[...15 lines deleted...]
-      заместитель Председателя Агентства Республики Казахстан по регулированию и развитию финансового рынка (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
-[...15 lines deleted...]
-      заместитель Председателя Национального Банка Республики Казахстан (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр водных ресурсов и ирригации Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
-[...15 lines deleted...]
-      председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр экологии и природных ресурсов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
-[...25 lines deleted...]
-        <w:t>со стороны международных финансовых организаций:</w:t>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Министр энергетики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
-[...15 lines deleted...]
-      директор представительства Азиатского Банка Развития в Казахстане (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       со стороны международных финансовых организаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       директор представительства Азиатского Банка Развития в Казахстане (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генеральный директор Департамента инфраструктурных инвестиций Азиатского Банка Инфраструктурных Инвестиций (по согласованию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       постоянный представитель Всемирного Банка в Республике Казахстан (по согласованию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
-[...15 lines deleted...]
-      главный советник Европейского Инвестиционного Банка по кредитованию восточных соседей и стран Центральной Азии (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       директор Европейского Банка Реконструкции и Развития по Казахстану (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
-[...15 lines deleted...]
-      директор регионального представительства Исламского Банка Развития в Республике Казахстан (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       заместитель председателя правления Евразийского Банка Развития (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       главный советник Европейского Инвестиционного Банка по кредитованию восточных соседей и стран Центральной Азии (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       директор регионального представительства Исламского Банка Развития в Республике Казахстан (по согласованию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2176,31 +2212,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>