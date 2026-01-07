--- v0 (2025-10-02)
+++ v1 (2026-01-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1e0ecea" w14:textId="1e0ecea">
+    <w:p w14:paraId="027a70d" w14:textId="027a70d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12343,50 +12343,190 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 03.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 714</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 878</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1084</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14858,78 +14998,80 @@
         <w:t>
       205-39. Товарищество с ограниченной ответственностью "Аналитический центр экономической политики в агропромышленном комплексе".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z506" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205-40. Товарищество с ограниченной ответственностью "Научно-производственный центр рыбного хозяйства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z522" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерству финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       206-214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15567,51 +15709,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-14-1. АО "Фонд проблемных кредитов".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      217-14-1. АО "Центр электронных финансов".</w:t>
+      217-14-2. АО "Центр электронных финансов".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-14-3. АО "Финансовый центр".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -15898,70 +16058,70 @@
         </w:rPr>
         <w:t>
       217-15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 16.11.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 766</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z434" w:id="8"/>
+    <w:bookmarkStart w:name="z434" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-19. Товарищество с ограниченной ответственностью "Digital Silk Road Company".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16496,280 +16656,280 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z462" w:id="9"/>
+    <w:bookmarkStart w:name="z462" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерству туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 04.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 865</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z515" w:id="10"/>
+    <w:bookmarkStart w:name="z515" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитету по регулированию игорного бизнеса и лотереи Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень дополнен подразделом в соответствии с постановлением Правительства РК от 20.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1087</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z516" w:id="11"/>
+    <w:bookmarkStart w:name="z516" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      405. Товарищество с ограниченной ответственностью "Оператор единой системы учета".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z463" w:id="12"/>
+      405. Товарищество с ограниченной ответственностью "Центр мониторинга и анализа азартных игр".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z463" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитету индустрии туризма Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z464" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z464" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408. Некоммерческое акционерное общество "Международный университет туризма и гостеприимства"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z465" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z465" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408-1. Акционерное общество "Национальная компания "Kazakh Tourism"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z466" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z466" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z467" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z467" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408-2. Акционерное общество "Казспортинвест".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17206,80 +17366,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="17"/>
+    <w:bookmarkStart w:name="z6" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитету культуры Министерства культуры и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18530,70 +18690,70 @@
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-25. Некоммерческое акционерное общество "Turar Healthcare".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="18"/>
+    <w:bookmarkStart w:name="z423" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-26. Акционерное общество "Национальный холдинг "QazBioPharm"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-27. Некоммерческое акционерное общество "Национальный центр детской реабилитации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -18660,110 +18820,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z441" w:id="19"/>
+    <w:bookmarkStart w:name="z441" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-29. Товарищество с ограниченной ответственностью "Национальный научный онкологический центр</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z498" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z498" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-30. Некоммерческое акционерное общество "Карагандинский медицинский университет"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z499" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z499" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227-31. Некоммерческое акционерное общество "Национальный центр гигиены труда и профессиональных заболеваний".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20258,74 +20418,74 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z33" w:id="22"/>
+      <w:bookmarkStart w:name="z33" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитету по делам строительства и жилищно-коммунального хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства по инвестициям и развитию Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -21032,500 +21192,500 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="23"/>
+    <w:bookmarkStart w:name="z94" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 07.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 505</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z95" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z95" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z96" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z96" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z97" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z97" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z98" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z98" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z99" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z99" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z100" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z100" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z101" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z101" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключен постановлением Правительства РК от 23.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z102" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z102" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21578,150 +21738,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="32"/>
+    <w:bookmarkStart w:name="z104" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z105" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z105" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-23.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 701</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-24.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22970,61 +23130,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Министерству по чр</w:t>
-[...9 lines deleted...]
-        <w:t>езвычайным ситуациям Республики Казахстан</w:t>
+        <w:t>Министерству по чрезвычайным ситуациям Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293. - 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -23485,70 +23635,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z419" w:id="34"/>
+    <w:bookmarkStart w:name="z419" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295-11. ТОО "Национальный научный центр сейсмологических наблюдений и исследований".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23577,70 +23727,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z507" w:id="35"/>
+    <w:bookmarkStart w:name="z507" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295-13. Акционерное общество "Теңіз жасағы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26123,50 +26273,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363-2. Акционерное общество "Национальный управляющий холдинг "Байтерек".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      363-2. Акционерное общество "Национальный инвестиционный холдинг "Байтерек".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерству информации и коммуникаций Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -26205,4939 +26373,5225 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; исключен постановлением Правительства РК от 26.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="36"/>
+    <w:bookmarkStart w:name="z326" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерству информации и общественного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Раздел - в редакции постановления Правительства РК от 04.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="37"/>
+    <w:bookmarkStart w:name="z446" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерству культуры и информации Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z447" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z447" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-1. Акционерное общество "Агентство "Хабар".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z448" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z448" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-2. Акционерное общество "Республиканская телерадиокорпорация "Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z449" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z449" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-3. Некоммерческое акционерное общество "Государственный театр оперы и балета "Астана Опера".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z450" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z450" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-4. Акционерное общество "Национальная киностудия "Казахфильм" имени Шакена Айманова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z451" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z451" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-5. Акционерное общество "Қазақ әуендері".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z452" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z452" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-6. Товарищество с ограниченной ответственностью "Управляющая компания "Қазмедиа орталығы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z453" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z453" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-7. Товарищество с ограниченной ответственностью "Театр "Астана Балет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z454" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z454" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-8. Товарищество с ограниченной ответственностью "Қазақ газеттері".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z455" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z455" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9. Акционерное общество "Qazcontent".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z456" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z456" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-1. Некоммерческое акционерное общество "Казахстанский институт общественного развития".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z457" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z457" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      375-9-2. Некоммерческое акционерное общество "Центр Н. Назарбаева по развитию межконфессионального и межцивилизационного диалога".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z458" w:id="49"/>
+      375-9-2. Некоммерческое акционерное общество "Международный центр межконфессионального и межрелигиозного диалога".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z458" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-3. Некоммерческое акционерное общество "Государственный центр поддержки национального кино".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z459" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z459" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-4. Некоммерческое акционерное общество "Центр поддержки гражданских инициатив".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z460" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z460" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-5. Акционерное общество "Казтелерадио".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-6. Товарищество с ограниченной ответственностью "Институт прикладных этнополитических исследований".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z496" w:id="52"/>
+    <w:bookmarkStart w:name="z496" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-9-7. Товарищество с ограниченной ответственностью "Научно-исследовательский центр "Молодежь".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z349" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z349" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитету по делам молодежи и семьи Министерства информации и общественного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z350" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z350" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 23.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z351" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z351" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитету по делам религий Министерства информации и общественного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z352" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z352" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375-11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 554</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z353" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z353" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитету по делам гражданского общества Министерства информации и общественного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z354" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z354" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       375-12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Исключена постановлением Правительства РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 554</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству искусственного интеллекта и цифрового развития Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Наименование раздела - в редакции постановления Правительства РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 15.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 704</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; в редакции постановления Правительства РК от 26.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 12.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 349</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z355" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375-13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 12.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z356" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 12.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z357" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376-1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 12.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z358" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376-2. Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">376-3. Исключена постановлением Правительства РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z425" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376-4. Акционерное общество "Национальные информационные технологии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">376-5. Исключена постановлением Правительства РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376-6. Акционерное общество "Национальная компания "QazExpoCongress".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z360" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аэрокосмическому комитету Министерства искусственного интеллекта и цифрового развития Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Наименование подраздела - в редакции постановления Правительства РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z361" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      377. Акционерное общество "Совместное Казахстанско-Российское предприятие "Байтерек".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z362" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378. Акционерное общество "Республиканский центр космической связи".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z363" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379. Акционерное общество "Национальная компания "Қазақстан Ғарыш Сапары".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z364" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380. Акционерное общество "Национальный центр космических исследований и технологий".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z365" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381. Товарищество с ограниченной ответственностью "Ғалам".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z427" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381-1. Товарищество с ограниченной ответственностью "Астрофизический институт имени В.Г. Фесенкова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z429" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381-2. Товарищество с ограниченной ответственностью "Институт ионосферы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z430" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381-3. Товарищество с ограниченной ответственностью "Институт космической техники и технологий".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству труда и социальной защиты населения Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    </w:p>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 18.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 81</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382. АО "Государственный фонд социального страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z310" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      383. АО "Компания по страхованию жизни "Государственная аннуитетная компания"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">384. Исключена постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      385. АО "Центр развития трудовых ресурсов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z337" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...21 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерству индустрии и инфраструктурного развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 29.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 936</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; исключен постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z471" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству экологии и природных ресурсов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 05.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; в редакции постановления Правительства РК от 31.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 955</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внеченным постановлением Правительства РК от 18.01.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 20.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1031</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z509" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      400. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключена постановлением Правительства РК от 15.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z510" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      400-1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исключена постановлением Правительства РК от 09.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 15.11.2016 </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">400-2. Исключена постановлением Правительства РК от 20.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="59"/>
+    <w:bookmarkStart w:name="z512" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      375-13.</w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+      401. Некоммерческое акционерное общество "Международный центр зеленых технологий и инвестиционных проектов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z513" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401-2. Акционерное общество "Жасыл даму".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z500" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401-3. Частная компания "Climate Action Company Limited".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z514" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401-4. Некоммерческое акционерное общество "Казахский научно-исследовательский институт Каспийского моря".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комитету геологии Министерства экологии, геологии и природных ресурсов Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Подраздел исключен постановлением Правительства РК от 20.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z356" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Подраздел исключен постановлением Правительства РК от 05.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z437" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету по водным ресурсам Министерства экологии и природных ресурсов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен подразделом в соответствии с постановлением Правительства РК от 20.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; исключен постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 863</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комитету лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен подразделом в соответствии с постановлением Правительства РК от 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 610</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z505" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      376.</w:t>
-[...33 lines deleted...]
-    <w:bookmarkStart w:name="z357" w:id="61"/>
+      404-2. Товарищество с ограниченной ответственностью "Казахский научно-исследовательский институт лесного хозяйства и агролесомелиорации имени А.Н. Букейхана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z369" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству торговли и интеграции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 10.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 497</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 12.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 02.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 349</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      376-1.</w:t>
-[...52 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+      400. Акционерное общество "Центр развития торговой политики "QazTrade".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">      400-1. Исключен постановлением Правительства РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 349</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      400-2. Исключен постановлением Правительства РК от 02.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      376-4. Акционерное общество "Национальные информационные технологии".</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z360" w:id="66"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Перечень дополнен подразделом в соответствии с постановлением Правительства РК от 10.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 497</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Подраздел исключен постановлением Правительства РК от 28.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству просвещения Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделами в соответствии с постановлением Правительства РК от 19.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 581</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      405. Исключен постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z370" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405-1. Некоммерческое акционерное общество "Talap".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z371" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405-2. Акционерное общество "Национальный центр исследований и оценки образования "Талдау" имени Ахмет Байтұрсынұлы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z372" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405-3. Акционерное общество "Национальный центр повышения квалификации "Өрлеу".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z373" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405-4. Некоммерческое акционерное общество "Республиканская физико-математическая школа".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z374" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405-5. Некоммерческое акционерное общество "Национальный научно-практический институт благополучия детей "Өркен".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z375" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      405-6. Товарищество с ограниченной ответственностью "Хозяйственное управление Министерства образования и науки Республики Казахстан". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z376" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству науки и высшего образования Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z377" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Подраздел с изменением, внесенным постановлением Правительства РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 846</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...19 lines deleted...]
-          <w:i/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">406. Исключен постановлением Правительства РК от 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z361" w:id="67"/>
+    <w:bookmarkStart w:name="z378" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      377. Акционерное общество "Совместное Казахстанско-Российское предприятие "Байтерек".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z362" w:id="68"/>
+      406-1. Акционерное общество "Казахстанский институт менеджмента, экономики и прогнозирования".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z379" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      378. Акционерное общество "Республиканский центр космической связи".</w:t>
-[...620 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      406-2. Акционерное общество "Центр международных программ".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">400-2. Исключена постановлением Правительства РК от 20.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 28</w:t>
+        <w:t xml:space="preserve">406-2-1. Исключен постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...133 lines deleted...]
-        <w:t>№ 28</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">406-3. Исключен постановлением Правительства РК от 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...344 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-4. Некоммерческое акционерное общество "Атырауский университет нефти и газа имени Сафи Утебаева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z382" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-5. Некоммерческое акционерное общество "Актюбинский региональный университет имени К. Жубанова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z383" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-6. Некоммерческое акционерное общество "Восточно-Казахстанский университет имени Сарсена Аманжолова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z384" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-7. Некоммерческое акционерное общество "Жетысуский университет имени Ильяса Жансугурова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      400-2. Исключена постановлением Правительства РК от 02.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 345</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">406-8. Исключена постановлением Правительства РК от 16.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...62 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-9. Некоммерческое акционерное общество "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z387" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-10. Некоммерческое акционерное общество "Северо-Казахстанский университет имени Манаша Козыбаева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z388" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-11. Некоммерческое акционерное общество "Кызылординский университет имени Коркыт Ата".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z389" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-12. Некоммерческое акционерное общество "Западно–Казахстанский университет имени Махамбета Утемисова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z390" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-13. Некоммерческое акционерное общество "Атырауский университет имени Халела Досмухамедова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z391" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-14. Некоммерческое акционерное общество "Шәкәрім университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z392" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-15. Некоммерческое акционерное общество "Торайгыров университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z393" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-16. Некоммерческое акционерное общество "Карагандинский индустриальный университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z394" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-17. Некоммерческое акционерное общество "Костанайский региональный университет имени Ахмет Байтұрсынұлы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z395" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-18. Некоммерческое акционерное общество "Карагандинский национальный исследовательский университет имени академика Е.А. Букетова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z396" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-19. Некоммерческое акционерное общество "Карагандинский технический университет имени Абылкаса Сагинова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z397" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-20. Некоммерческое акционерное общество "Южно-Казахстанский университет имени М. Ауэзова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z398" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-21. Некоммерческое акционерное общество "Рудненский индустриальный университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z399" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-22. Некоммерческое акционерное общество "Каспийский университет технологий и инжиниринга имени Ш. Есенова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z400" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-23. Некоммерческое акционерное общество "Кокшетауский университет имени Ш. Уалиханова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z401" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-24. Некоммерческое акционерное общество "Казахский национальный университет имени аль-Фараби".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z402" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-25. Некоммерческое акционерное общество "Восточно-Казахстанский технический университет имени Д. Серикбаева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z403" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-26. Некоммерческое акционерное общество "Казахский национальный исследовательский технический университет имени К.И. Сатпаева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z404" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-27. Некоммерческое акционерное общество "Южно-Казахстанский педагогический университет имени Өзбекәлі Жәнібеков".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z405" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-28. Некоммерческое акционерное общество "Аркалыкский педагогический университет имени Ыбырай Алтынсарин".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z406" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-29. Некоммерческое акционерное общество "Павлодарский педагогический университет имени Әлкея Марғұлана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z407" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-30. Некоммерческое акционерное общество "Казахский национальный женский педагогический университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z408" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-31. Некоммерческое акционерное общество "Казахский национальный педагогический университет имени Абая".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z409" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32. Акционерное общество "Академия гражданской авиации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Подраздел исключен постановлением Правительства РК от 28.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 439</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">406-32-1.  Исключен постановлением Правительства РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z502" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32-2. Некоммерческое акционерное общество "Таразский университет имени М.Х. Дулати".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z503" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32-3. Некоммерческое акционерное общество "Казахский национальный университет водного хозяйства и ирригации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z521" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-32-4. Акционерное общество "Национальное агентство по развитию инноваций "QazInnovations".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z410" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министерству просвещения Республики Казахстан</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Комитету науки Министерства науки и высшего образования Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z411" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-33. Акционерное общество "Фонд науки".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z412" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-34. Акционерное общество "Национальный центр государственной научно-технической экспертизы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z413" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-35. Акционерное общество "Институт географии и водной безопасности".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-36. Товарищество с ограниченной ответственностью "Центрально–Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-37. Товарищество с ограниченной ответственностью "Институт Евразийской интеграции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z494" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-37-1. Акционерное общество "Научно-производственный центр "Фитохимия".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету языковой политики Министерства науки и высшего образования Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406-38. Некоммерческое акционерное общество "Национальный научно-практический центр "Тіл-Қазына" имени Шайсултана Шаяхметова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z439" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Агентству Республики Казахстан по финансовому мониторингу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z440" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407. Акционерное общество "Академия финансового мониторинга "AML ACADEMY".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z468" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству водных ресурсов и ирригации Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z469" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень дополнен разделами в соответствии с постановлением Правительства РК от 19.08.2022 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 1121</w:t>
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 863</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 10.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 541</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z470" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      405. Акционерное общество "Финансовый центр" 50 (пятьдесят) процентов.</w:t>
-[...239 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+      408. Товарищество с ограниченной ответственностью "Казахский научно-исследовательский институт водного хозяйства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">406-3. Исключен постановлением Правительства РК от 26.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 367</w:t>
+        <w:t xml:space="preserve">408-1. Исключен постановлением Правительства РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="100"/>
+    <w:bookmarkStart w:name="z497" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-4. Некоммерческое акционерное общество "Атырауский университет нефти и газа имени Сафи Утебаева".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z382" w:id="101"/>
+      408-2. Некоммерческое акционерное общество "Национальная гидрогеологическая служба "Казгидрогеология".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z501" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-5. Некоммерческое акционерное общество "Актюбинский региональный университет имени К. Жубанова".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="102"/>
+      408-3. Некоммерческое акционерное общество "Информационно-аналитический центр водных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z508" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-6. Некоммерческое акционерное общество "Восточно-Казахстанский университет имени Сарсена Аманжолова".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z384" w:id="103"/>
+      408-4. Товарищество с ограниченной ответственностью "SK Water Solutions".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z472" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству транспорта Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z473" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z474" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-7. Некоммерческое акционерное общество "Жетысуский университет имени Ильяса Жансугурова".</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="103"/>
+      409. Акционерное общество "Международный аэропорт Нурсултан Назарбаев".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z475" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету автомобильных дорог Министерства транспорта Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z476" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409-1. Акционерное общество "Национальная компания "КазАвтоЖол".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z477" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409-2. Акционерное общество "Казахстанский дорожный научно-исследовательский институт</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z478" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету гражданской авиации Министерства транспорта Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z479" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409-3. Акционерное общество "Авиационная администрация Казахстана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z519" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету железнодорожного и водного транспорта Министерства транспорта Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z520" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409-4. Товарищество с ограниченной ответственностью "Объединенная вагонно-лизинговая компания".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z480" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерству промышленности и строительства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z481" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z482" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410. Акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z483" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-1. Акционерное общество "Национальная компания "Казахстан инжиниринг" (KazakhstanEngineering)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z484" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-2. Акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z493" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-2-1. Акционерное общество "Фонд развития оборонно-промышленного комплекса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z485" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету промышленности Министерства промышленности и строительства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z486" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-3. Акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z487" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-4. Товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z488" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z489" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-5. Акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z490" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-6. Акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z491" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитету геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z492" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410-7. Акционерное общество "Национальная геологическая служба".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...38 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z386" w:id="104"/>
+    <w:bookmarkStart w:name="z523" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Агентству Республики Казахстан по атомной энергии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен разделом в соответствии с постановлением Правительства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z524" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      406-9. Некоммерческое акционерное общество "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
-[...462 lines deleted...]
-    <w:bookmarkEnd w:id="127"/>
+      411. Товарищество с ограниченной ответственностью "Казахстанские атомные электрические станции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...38 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z502" w:id="128"/>
-[...1018 lines deleted...]
-    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>