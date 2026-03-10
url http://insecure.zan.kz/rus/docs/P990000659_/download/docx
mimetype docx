--- v1 (2026-01-07)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="027a70d" w14:textId="027a70d">
+    <w:p w14:paraId="fe02bb6" w14:textId="fe02bb6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12483,50 +12483,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -31254,51 +31274,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-3. Акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z487" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      410-4. Товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии".</w:t>
+      410-4. Товарищество с ограниченной ответственностью "Научно-производственный центр машиностроения".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:bookmarkStart w:name="z488" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z489" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>