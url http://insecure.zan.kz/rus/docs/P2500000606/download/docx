--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ec9e22" w14:textId="9ec9e22">
+    <w:p w14:paraId="50cf4c1" w14:textId="50cf4c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил формирования и установления сроков предоставления инвестиционного тарифа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 12 августа 2025 года № 606</w:t>
+        <w:t>Постановление Правительства Республики Казахстан от 12 августа 2025 года № 606.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -848,51 +849,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="825500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="825500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
@@ -1039,51 +1074,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="444500" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="444500" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фактические затраты единого закупщика электрической энергии на услуги по организации балансирования производства-потребления электрической энергии за соответствующий расчетный период (календарный месяц), в тенге без НДС (округляется до сотых), определяемые по следующей формуле:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1100,51 +1169,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3327400" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3327400" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
@@ -1191,51 +1294,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="444500" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="444500" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фактические затраты единого закупщика электрической энергии, понесенные на балансирующем рынке электрической энергии (за вычетом доходов), за соответствующий расчетный период (календарный месяц), в тенге без НДС (округляется до сотых);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1252,51 +1389,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="469900" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="469900" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фактические затраты единого закупщика электрической энергии, связанные с осуществлением его деятельности, за соответствующий расчетный период (календарный месяц), в тенге без НДС;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1313,51 +1484,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3657600" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3657600" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
@@ -1404,51 +1609,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="609600" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="609600" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – объем электрической энергии, купленный за соответствующий расчетный период (календарный месяц) у единого закупщика электрической энергии i-м субъектом оптового рынка электрической энергии, за исключением субъектов оптового рынка электрической энергии, осуществляющих деятельность по цифровому майнингу, субъектов оптового рынка электрической энергии, включенных в список получателей адресной поддержки;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1465,51 +1704,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="457200" cy="254000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="254000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – суммы по i;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1566,51 +1839,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="800100" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="800100" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – плановые затраты единого закупщика электрической энергии на формирование резервного фонда за соответствующий расчетный период за покупку электрической энергии от энергопроизводящих организаций, использующих возобновляемые источники энергии и имеющих заключенный с расчетно-финансовым центром и (или) единым закупщиком электрической энергии долгосрочный договор купли–продажи электрической энергии, определяемые в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1707,51 +2014,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="558800" cy="266700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="558800" cy="266700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – объем электрической энергии, купленный на данный час суток у единого закупщика электрической энергии i-м потребителем "зеленой" энергии, включенный в соответствующий суточный график производства-потребления электрической энергии, утвержденный системным оператором (с учетом корректировок), в кВт*ч (округляется до целых);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1868,51 +2209,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4013200" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4013200" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
@@ -2437,51 +2812,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2692400" cy="495300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2692400" cy="495300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
@@ -2728,51 +3137,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2908300" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2908300" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
@@ -2859,51 +3302,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2006600" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2006600" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
@@ -5546,35 +6023,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>