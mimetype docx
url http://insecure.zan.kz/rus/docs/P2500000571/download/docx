--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b52c2ed" w14:textId="b52c2ed">
+    <w:p w14:paraId="d8b8926" w14:textId="d8b8926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -655,71 +655,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Правила </w:t>
+        <w:t xml:space="preserve">      Правила вводятся в действие с 01.07.2026 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вводится</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие с 01.07.2026 в соответствии с пунктом 3 настоящего приказа.</w:t>
+        <w:t xml:space="preserve"> настоящего приказа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила составления и представления годового отчета об исполнении республиканского бюджета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -4464,70 +4464,334 @@
         <w:t>
       36. Годовой отчет об исполнении республиканского бюджета за отчетный финансовый год представляется Правительством Республики Казахстан ежегодно не позднее 20 апреля текущего года в Парламент Республики Казахстан, Высшую аудиторскую палату Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:bookmarkStart w:name="z187" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Центральный уполномоченный орган по исполнению бюджета обеспечивает координацию работы администраторов бюджетных программ при рассмотрении годового отчета об исполнении республиканского бюджета, а также акимов областей, городов республиканского значения, столицы по полученным из республиканского бюджета целевым трансфертам и бюджетным кредитам за отчетный финансовый год в Парламенте Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:bookmarkStart w:name="z297" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Центральный уполномоченный орган по исполнению бюджета разрабатывает проект Дорожной карты по исполнению рекомендаций Высшей аудиторской палаты Республики Казахстан к отчету Правительства Республики Казахстан об исполнении республиканского бюджета за соответствующий отчетный год (далее – проект Дорожной карты) и направляет его на согласование в Высшую аудиторскую палату Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z298" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Высшая аудиторская палата Республики Казахстан в течение десяти рабочих дней со дня поступления проекта Дорожной карты согласовывает его либо представляет в центральный уполномоченный орган по исполнению бюджета рекомендации и (или) предложения к проекту Дорожной карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z299" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по исполнению бюджета определяет сроки реализации проекта Дорожной карты по согласованию с государственными органами, ответственными за исполнение его мероприятий, на долгосрочный, среднесрочный и краткосрочный периоды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z304" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После согласования проекта Дорожной карты с Высшей аудиторской палатой Республики Казахстан центральный уполномоченный орган по исполнению бюджета направляет его на утверждение в Аппарат Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 38 в соответствии с постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1035</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Государственные органы, ответственные за исполнение пунктов Дорожной карты, ежеквартально, не позднее 5 числа месяца, следующего за отчетным периодом, представляют в центральный уполномоченный орган по исполнению бюджета информацию о ходе реализации пунктов Дорожной карты, срок исполнения которых приходится на отчетный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z302" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по исполнению бюджета осуществляет сбор и аналитику информации об исполнении пунктов Дорожной карты, ежеквартально, не позднее 10 числа месяца, следующего за отчетным периодом, направляет в Высшую аудиторскую палату Республики Казахстан для принятия решения о снятии с контроля пунктов Дорожной карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z305" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по исполнению бюджета после получения позиции Высшей аудиторской палаты Республики Казахстан направляет в Аппарат Правительства Республики Казахстан информацию о ходе реализации пунктов Дорожной карты и информацию Высшей аудиторской палаты Республики Казахстан о результатах мониторинга по исполнению Дорожной карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 39 в соответствии с постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1035</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4606,230 +4870,230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>годового отчета об исполнении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: центральному уполномоченному органу по исполнению бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z191" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование формы: отчет о реализации проектов, финансируемых за счет средств правительственных внешних займов, с оценкой достигнутого социально-экономического эффекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z192" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы: 10-РБПВЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z193" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежегодно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z194" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: на ______ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z195" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму: администраторы республиканских бюджетных программ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z196" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы: не позднее 15 февраля года, следующего за отчетным финансовым годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z197" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z198" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единица измерения: миллион тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5344,70 +5608,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5922,284 +6186,284 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z200" w:id="192"/>
+    <w:bookmarkStart w:name="z200" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z201" w:id="193"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z201" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z202" w:id="194"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z202" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z203" w:id="195"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z203" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес электронной почты: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z204" w:id="196"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z204" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель администратора республиканских бюджетных программ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z205" w:id="197"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z205" w:id="204"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________ _________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="198"/>
+    <w:bookmarkStart w:name="z206" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Главный бухгалтер администратора республиканских бюджетных программ: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z207" w:id="199"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z207" w:id="206"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________ _________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="200"/>
+    <w:bookmarkStart w:name="z208" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется согласно приложению к форме "Отчет о реализации проектов, финансируемых за счет средств правительственных внешних займов, с оценкой достигнутого социально-экономического эффекта"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z209" w:id="201"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z209" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6304,364 +6568,364 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займов, с оценкой достигнутого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>социально-экономического эффекта"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="202"/>
+    <w:bookmarkStart w:name="z211" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет о реализации проектов, финансируемых за счет средств правительственных внешних займов, с оценкой достигнутого социально-экономического эффекта" (10-РБПВЗ, ежегодно)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z212" w:id="203"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z212" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z213" w:id="204"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z213" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы "Отчет о реализации проектов, финансируемых за счет средств правительственных внешних займов, с оценкой достигнутого социально-экономического эффекта" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z214" w:id="205"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z214" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма подписывается руководителем администратора республиканских бюджетных программ с указанием его фамилии и инициалов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z215" w:id="206"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z215" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z216" w:id="207"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z216" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В графе 1 указывается порядковый номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z217" w:id="208"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z217" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В графе 2 указывается наименование проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z218" w:id="209"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z218" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 3 указывается название международной финансовой организации или иностранного кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z219" w:id="210"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z219" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 4 указывается общая стоимость проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z220" w:id="211"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z220" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 5 указывается объҰм привлечҰнного займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z221" w:id="212"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z221" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 6 указывается статус реализации проекта (планируется, в процессе, завершҰн, приостановлен).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z222" w:id="213"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z222" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 7 указываются сроки реализации проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z223" w:id="214"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z223" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 8 указываются конкретные количественные достижения (построенные объекты, охваченные населҰнные пункты, закупленное оборудование и тому подобное).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z224" w:id="215"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z224" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 9 указывается краткий анализ результатов в контексте: занятости, уровня жизни, производительности, развития инфраструктуры, экологической и социальной устойчивости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z225" w:id="216"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z225" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 10 в случае необходимости указывается иная информация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z226" w:id="217"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z226" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6740,230 +7004,230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>годового отчета об исполнении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="218"/>
+    <w:bookmarkStart w:name="z228" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: администраторам бюджетных программ, уполномоченному органу по государственному имуществу, центральному уполномоченному органу по исполнению бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z229" w:id="219"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z229" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование формы: отчет о расходовании денег, полученных из бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z230" w:id="220"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z230" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы: 9-РДПБ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z231" w:id="221"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z231" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежегодно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z232" w:id="222"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z232" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: на _________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z233" w:id="223"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z233" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Круг лиц, представляющих форму: субъекты квазигосударственного сектора и иные получатели бюджетных средств, администратор бюджетных программ, уполномоченный орган по государственному имуществу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z234" w:id="224"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z234" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы: для субъектов квазигосударственного сектора и иных получателей бюджетных средств – не позднее 5 февраля года, следующего за отчетным финансовым годом; для администраторов бюджетных программ – не позднее 10 февраля года, следующего за отчетным финансовым годом; для уполномоченного органа по государственному имуществу – не позднее 15 февраля года, следующего за отчетным финансовым годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z235" w:id="225"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z235" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z236" w:id="226"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z236" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единица измерения: тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8322,280 +8586,280 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="227"/>
+    <w:bookmarkStart w:name="z237" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z238" w:id="228"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z238" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z239" w:id="229"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z239" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z240" w:id="230"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z240" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес электронной почты: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z241" w:id="231"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z241" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнитель субъекта квазигосударственного сектора и иные получатели бюджетных  средств/администратора бюджетных программ/уполномоченного органа по государственному имуществу: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________ _______  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="232"/>
+    <w:bookmarkStart w:name="z242" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель субъекта квазигосударственного сектора и иные получатели бюджетных  средств/администратора бюджетных программ/уполномоченного органа по государственному имуществу: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________ ________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="233"/>
+    <w:bookmarkStart w:name="z243" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется согласно приложению к форме "Отчет о расходовании денег, полученных из бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z244" w:id="234"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z244" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8661,264 +8925,264 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Отчет о расходовании денег,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>полученных из бюджета"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="235"/>
+    <w:bookmarkStart w:name="z246" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет о расходовании денег, полученных из бюджета" (9-РДПБ, ежегодно)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z247" w:id="236"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z247" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z248" w:id="237"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z248" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы "Отчет о расходовании денег, полученных из бюджета" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z249" w:id="238"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z249" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма подписывается руководителем субъекта квазигосударственного сектора и иных получателей бюджетных средств/администраторами бюджетных программ/руководителем уполномоченного органа по государственному имуществу, с указанием его фамилии и инициалов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z250" w:id="239"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z250" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z251" w:id="240"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z251" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Раздел I "Доходы субъектов квазигосударственного сектора и иных получателей бюджетных средств – поступления, всего" отражает суммы поступлений из республиканского и местного бюджета субъектам квазигосударственного сектора и иным получателям бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z252" w:id="241"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z252" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Раздел II "Расходы субъектов квазигосударственного сектора и иных получателей бюджетных средств, всего" отражает суммы произведенных выплат или выбытий по средствам из республиканского и местного бюджета субъектами квазигосударственного сектора и иными получателями бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z253" w:id="242"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z253" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Раздел III "Сальдо доходов и расходов" отражает сумму разницы между разделами I "Доходы субъектов квазигосударственного сектора и иных получателей бюджетных средств – поступления, всего" и II "Расходы субъектов квазигосударственного сектора и иных получателей бюджетных средств, всего".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z254" w:id="243"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z254" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Раздел IV "Остаток денег на контрольном счете наличности субъектов квазигосударственного сектора и иных получателей бюджетных средств на начало финансового года" отражает сумму остатка денег на контрольном счете наличности субъектов квазигосударственного сектора и иных получателей бюджетных средств на начало финансового года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z255" w:id="244"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z255" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Раздел V "Остаток денег на контрольном счете наличности субъектов квазигосударственного сектора и иных получателей бюджетных средств на конец отчетного периода" отражает итоговую сумму разделов III "Сальдо доходов и расходов" и IV "Остаток денег на контрольном счете наличности субъектов квазигосударственного сектора и иных получателей бюджетных средств на начало финансового года".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z256" w:id="245"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z256" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8997,250 +9261,250 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>годового отчета об исполнении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="246"/>
+    <w:bookmarkStart w:name="z258" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: администраторам бюджетных программ, центральному уполномоченному органу по исполнению бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z259" w:id="247"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z259" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование формы: отчет об использовании трансфертов юридическим лицам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z260" w:id="248"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z260" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы: 10-ТЮЛ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z261" w:id="249"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z261" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежегодно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z262" w:id="250"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z262" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: на _________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z263" w:id="251"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z263" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму: автономные организации образования, администрация Международного финансового центра "Астана", администратор бюджетных программ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z264" w:id="252"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z264" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы: для автономных организаций образования, администрации Международного финансового центра "Астана" – не позднее 1 марта года, следующего за отчетным финансовым годом; для администраторов бюджетных программ – не позднее 10 марта года, следующего за отчетным финансовым годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z265" w:id="253"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z265" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: на бумажном носителе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z266" w:id="254"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z266" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Наименование организации: _____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z267" w:id="255"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z267" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единица измерения: тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9610,70 +9874,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z268" w:id="256"/>
+          <w:bookmarkStart w:name="z268" w:id="263"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего расходы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="256"/>
+          <w:bookmarkEnd w:id="263"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9799,70 +10063,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z269" w:id="257"/>
+          <w:bookmarkStart w:name="z269" w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по информатизации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="257"/>
+          <w:bookmarkEnd w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 администрации Международного финансового центра "Астана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11489,300 +11753,300 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:bookmarkStart w:name="z270" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z271" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z272" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z273" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес электронной почты: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z274" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнитель автономных организаций образования/администрации Международного финансового центра "Астана"/администратора бюджетных программ:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________ _________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:bookmarkStart w:name="z275" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель автономной организации образования/администрации Международного финансового центра "Астана"/администратора бюджетных программ:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________________________________________ _________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:bookmarkStart w:name="z276" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место для печати (за исключением лиц, являющихся субъектами частного предпринимательства) ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z277" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: форма заполняется согласно приложению к форме "Отчет об использовании трансфертов юридическим лицам". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z278" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11848,204 +12112,204 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Отчет об использовании</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>трансфертов юридическим лицам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="267"/>
+    <w:bookmarkStart w:name="z280" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет об использовании трансфертов юридическим лицам" (10-ТЮЛ, ежегодно)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z281" w:id="268"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z281" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z282" w:id="269"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z282" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы "Отчет о расходовании денег, полученных из бюджета" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z283" w:id="270"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z283" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма подписывается руководителем автономных организаций образования, администрации Международного финансового центра "Астана", администратора бюджетных программ с указанием его фамилии и инициалов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z284" w:id="271"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z284" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z285" w:id="272"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z285" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Автономные организации образования, администрация Международного финансового центра "Астана" в графах указывают план за финансовый год, фактическое исполнение за финансовый год и остаток за финансовый год по целевым перечислениям из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z286" w:id="273"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z286" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае необходимости указывается иная информация в примечании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z287" w:id="274"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z287" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12124,382 +12388,382 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 июля 2025 года № 571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z289" w:id="275"/>
+    <w:bookmarkStart w:name="z289" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z290" w:id="276"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z290" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 августа 2017 года № 503 "Об утверждении Правил составления и представления годового отчета об исполнении республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z291" w:id="277"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z291" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2017 года № 926 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 24 августа 2017 года № 503 "Об утверждении Правил составления и представления годового отчета об исполнении республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z292" w:id="278"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z292" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 февраля 2021 года № 87 "О внесении изменения в постановление Правительства Республики Казахстан от 24 августа 2017 года № 503 "Об утверждении Правил составления и представления годового отчета об исполнении республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z293" w:id="279"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z293" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 18 марта 2022 года № 140 "О внесении изменений в постановление Правительства Республики Казахстан от 24 августа 2017 года № 503 "Об утверждении Правил составления и представления годового отчета об исполнении республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z294" w:id="280"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z294" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 13 февраля 2023 года № 121 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z295" w:id="281"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z295" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 января 2024 года № 29 "О внесении изменений в постановления Правительства Республики Казахстан от 25 апреля 2015 года № 325 "Об утверждении Правил использования резервов Правительства Республики Казахстан и местных исполнительных органов и признании утратившими силу некоторых решений Правительства Республики Казахстан" и от 24 августа 2017 года № 503 "Об утверждении Правил составления и представления годового отчета об исполнении республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z296" w:id="282"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z296" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>