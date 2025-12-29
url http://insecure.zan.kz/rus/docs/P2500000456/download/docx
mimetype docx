--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e3d9b2" w14:textId="6e3d9b2">
+    <w:p w14:paraId="8d37f6a" w14:textId="8d37f6a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,230 +94,193 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 17 июня 2025 года № 456</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление Правительства Республики Казахстан от 17 июня 2025 года № 456.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 139 Бюджетного кодекса Республики Казахстан Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 апреля 2022 года № 215 "Об утверждении Правил представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -565,625 +528,508 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 июня 2025 года № 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 139 Бюджетного кодекса Республики Казахстан и определяют порядок представления отчетности по государственным внешним займам и софинансированию из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Центральные исполнительные органы и иные государственные органы Республики Казахстан (по согласованию), ответственные за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета, представляют отчетность с приложением аналитической записки, содержащей информацию по вопросам освоения средств государственных внешних займов и софинансирования из республиканского бюджета, а также при неосвоении средств государственных внешних займов, предложения и рекомендации по дальнейшему принятию мер по своевременному освоению средств государственных внешних займов, в центральный уполномоченный орган по исполнению бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежемесячно, к 5-му числу месяца, следующего за отчетным периодом, в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" (далее – ИС "е-Минфин") и (или) на бумажном носителе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) данные об освоении средств государственного внешнего займа, направленного на реализацию проекта согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) информацию о поступлении и расходовании средств государственного внешнего займа согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) информацию о расходовании средств государственного внешнего займа согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="4"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально, к 10-му числу месяца, следующего за отчетным периодом, в электронном формате посредством ИС "е-Минфин" и (или) на бумажном носителе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) план-график на ____ год подготовки и реализации проекта ________ согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) отчет по мониторингу выполнения плана-графика за ___ квартал ___ года по проекту ________ согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения о проекте, финансируемом из средств государственного внешнего займа, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отчет о финансировании проекта _______ согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="5"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Центральный уполномоченный орган по исполнению бюджета ежеквартально, к 1-му числу второго месяца, следующего за отчетным периодом, представляет отчетность в Правительство Республики Казахстан по мониторингу освоения средств государственных внешних займов и софинансирования из республиканского бюджета, согласно приложениям 8 (сводный отчет об освоении средств государственных внешних займов) и 9 (сводный отчет об освоении средств софинансирования из республиканского бюджета государственных внешних займов) к настоящим Правилам с приложением аналитической записки, содержащей сводную информацию об освоении средств государственных внешних займов и софинансирования из республиканского бюджета, а также при неосвоении средств государственных внешних займов, предложения и рекомендации по дальнейшему принятию мер по своевременному освоению средств государственных внешних займов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z23" w:id="6"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Центральные исполнительные органы и иные государственные органы Республики Казахстан (по согласованию), ответственные за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета, обеспечивают достоверность и правильность оформления вышеуказанных форм, своевременность их представления в центральный уполномоченный орган по исполнению бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z24" w:id="7"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1437,64 +1283,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование, № займа, сумма, валюта)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z28" w:id="8"/>
+      <w:bookmarkStart w:name="z28" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 01-ОЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежемесячная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2241,70 +2087,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="9"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -3084,64 +2930,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z30" w:id="10"/>
+      <w:bookmarkStart w:name="z30" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3319,70 +3165,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3474,476 +3320,476 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внешнего займа, направленного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на реализацию проекта"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="12"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Данные об освоении средств государственного внешнего займа, направленного на реализацию проекта _______________________________________"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование, № займа, сумма, валюта)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z34" w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Данные об освоении средств государственного внешнего займа, направленного на реализацию проекта ____________" (далее – пояснение) определяет единые требования по заполнению формы "Данные об освоении средств государственного внешнего займа, направленного на реализацию инвестиционного проекта ____________" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z36" w:id="15"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежемесячно центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z37" w:id="16"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z39" w:id="18"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z40" w:id="19"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 1 указывается порядковый номер контракта в рамках государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z41" w:id="20"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 2 указываются наименования категорий в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z42" w:id="21"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 3 указываются суммы категорий в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z43" w:id="22"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 4 указывается ответственная за реализацию проекта организация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z44" w:id="23"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 5 указывается фирма поставщик товаров, услуг (работ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z45" w:id="24"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 6 указывается дата подписания контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z46" w:id="25"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 7 указывается сумма контракта по курсу на дату подписания контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z47" w:id="26"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 8 указывается общая сумма израсходованных средств в долларах СШA за весь период реализации государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z48" w:id="27"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 9 указываются израсходованные средства за текущий год по курсу на дату реконвертации иностранной валюты со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 10 указываются израсходованные средства за текущий год по курсу на дату снятия средств со счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 11 указываются израсходованные средства за месяц по курсу на дату реконвертации иностранной валюты со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В графе 12 указываются израсходованные средства за месяц по курсу на дату снятия средств со счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В графе 13 указывается примечание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4113,88 +3959,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="33"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о поступлении и расходовании средств государственного внешнего займа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z57" w:id="34"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z57" w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 02-ПРЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежемесячная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5257,70 +5103,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="35"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6137,64 +5983,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z59" w:id="36"/>
+      <w:bookmarkStart w:name="z59" w:id="47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Курсовая разница на специальном счете за отчетный период в тысячах тенге ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Чистый остаток на специальном счете внешнего займа на "__" ________ 20__года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7047,70 +6893,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="37"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7927,64 +7773,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z61" w:id="38"/>
+      <w:bookmarkStart w:name="z61" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8145,70 +7991,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="39"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8300,684 +8146,684 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>средств государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внешнего займа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="40"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Информация о поступлении и расходовании средств государственного внешнего займа"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z65" w:id="41"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z66" w:id="42"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Информация о поступлении и расходовании средств государственного внешнего займа" (далее – пояснение) определяет единые требования по заполнению формы "Информация о поступлении и расходовании средств государственного внешнего займа" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z67" w:id="43"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежемесячно центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z68" w:id="44"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z69" w:id="45"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z70" w:id="46"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z71" w:id="47"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перед первой таблицей указываются информация по наименованию заимодателя, номер государственного внешнего займа, наименование финансового учреждения, обслуживающего специальный счет, номер специальных счетов и счетов к специальным счетам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По первой таблице:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 1 указывается фактическая дата поступления средств на специальный счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z74" w:id="50"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 2 указывается сумма поступления средств в долларах СШA за отчетный месяц на специальный счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 3 указывается сумма поступления средств в долларах СШA с начала года на специальный счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z76" w:id="52"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 4 указывается сумма поступления средств в тенге за отчетный месяц на специальный счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z77" w:id="53"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 5 указывается сумма поступления средств в тенге с начала года на специальный счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 6 указывается номер администратора бюджетной программы, программы, подпрограммы и специфики согласно коду бюджетной классификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z79" w:id="55"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 7 указывается сумма по расходованию средств в долларах СШA за отчетный месяц со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z80" w:id="56"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 8 указывается сумма по расходованию средств в долларах СШA с начала года со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z81" w:id="57"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 9 указывается сумма по расходованию средств в тенге за отчетный месяц со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z82" w:id="58"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 10 указывается сумма по расходованию средств в тенге с начала года со специального счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z83" w:id="59"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Остаток на специальном счете государственного внешнего займа должен быть указан без учета вознаграждений по курсу на 1-ое число месяца, следующего за отчетным периодом. Остаток на специальном счете государственного внешнего займа подтверждается выпиской финансового учреждения по счету, открытому в финансовом учреждении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z84" w:id="60"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По второй таблице:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z85" w:id="61"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В графе 1 указывается фактическая дата поступления средств с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В графе 2 указывается сумма поступления средств в долларах СШA за отчетный месяц с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z87" w:id="63"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В графе 3 указывается сумма поступления средств в долларах СШA с начала года с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z88" w:id="64"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. В графе 4 указывается сумма поступления средств в тенге за отчетный месяц с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z89" w:id="65"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В графе 5 указывается сумма поступления средств в тенге с начала года с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z90" w:id="66"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В графе 6 указывается номер администратора бюджетной программы, программы, подпрограммы и специфики согласно коду бюджетной классификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z91" w:id="67"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В графе 7 указывается сумма по расходованию средств в долларах СШA за отчетный месяц с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z92" w:id="68"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В графе 8 указывается сумма по расходованию средств в долларах СШA с начала года с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z93" w:id="69"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. В графе 9 указывается сумма по расходованию средств в тенге за отчетный месяц с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z94" w:id="70"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. В графе 10 указывается сумма по расходованию средств в тенге с начала года с ссудного счета заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z95" w:id="71"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9170,64 +9016,64 @@
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Информация о расходовании средств государственного внешнего займа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z99" w:id="72"/>
+      <w:bookmarkStart w:name="z99" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 03-РЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежемесячная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10396,64 +10242,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z100" w:id="73"/>
+      <w:bookmarkStart w:name="z100" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10614,70 +10460,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="74"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10769,324 +10615,324 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного внешнего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="75"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Информация о расходовании средств государственного внешнего займа"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z104" w:id="76"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z105" w:id="77"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Информация о расходовании средств государственного внешнего займа" (далее – пояснение) определяет единые требования по заполнению формы "Информация о расходовании средств государственного внешнего займа" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z106" w:id="78"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежемесячно центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z107" w:id="79"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z108" w:id="80"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z109" w:id="81"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z110" w:id="82"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 1 указывается номер администратора бюджетной программы, программы, подпрограммы и специфики согласно коду бюджетной классификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z111" w:id="83"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 2 указывается сумма плана финансирования по обязательствам и платежам на год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z112" w:id="84"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 3 указывается сумма плана финансирования по платежам на отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z113" w:id="85"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 4 указывается сумма плана финансирования по обязательствам за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z114" w:id="86"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 5 указывается сумма по расходованию средств займа, включая прямые платежи за отчетный месяц в тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z115" w:id="87"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 6 указывается сумма по расходованию средств займа, включая прямые платежи с начала года в тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11296,64 +11142,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         проекта ____________ (наименование)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z120" w:id="89"/>
+      <w:bookmarkStart w:name="z120" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 04-ПГ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13616,70 +13462,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="90"/>
+    <w:bookmarkStart w:name="z121" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -15407,64 +15253,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z122" w:id="91"/>
+      <w:bookmarkStart w:name="z122" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15625,70 +15471,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="92"/>
+    <w:bookmarkStart w:name="z123" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15780,304 +15626,304 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализации проекта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________ (наименование)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="93"/>
+    <w:bookmarkStart w:name="z125" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "План-график на ____ год подготовки и реализации проекта ____________" (наименование)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z126" w:id="94"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z127" w:id="95"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "План-график на ____ год подготовки и реализации проекта ____________" (далее – пояснение) определяет единые требования по заполнению формы "План-график на ____ год подготовки и реализации проекта ___________________" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z128" w:id="96"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z128" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета, содержит плановые мероприятия и план финансирования согласно утвержденному технико-экономическому обоснованию или финансово-экономической документации проекта на весь период реализации проекта, на планируемый год и в разбивке по кварталам планируемого года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z129" w:id="97"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z129" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z130" w:id="98"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z130" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z131" w:id="99"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z132" w:id="100"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 2 указываются мероприятия (виды товаров, работ и услуг) по компонентам в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z133" w:id="101"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графах 3 и 4 указывается план финансирования мероприятий, указанных в графе 2, за счет средств займа на весь период реализации проекта в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. При этом сумма в иностранной валюте указывается в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. Если в утвержденном технико-экономическом обосновании проекта или финансово-экономической документации проекта отсутствует сумма в иностранной валюте, сумма в тенге переводится по курсу, одобренному при утверждении прогноза социально-экономического развития Республики Казахстан на пятилетний период, разрабатываемого в соответствии со статьей 61 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z134" w:id="102"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z134" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графах 5 и 6 указывается план финансирования мероприятий, указанных в графе 2, за счет средств софинансирования из республиканского бюджета на весь период реализации проекта в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. При этом сумма в иностранной валюте указывается в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. Если в утвержденном технико-экономическом обосновании проекта или финансово-экономической документации проекта отсутствует сумма в иностранной валюте, сумма в тенге переводится по курсу, одобренному при утверждении прогноза социально-экономического развития Республики Казахстан на пятилетний период, разрабатываемого в соответствии со статьей 61 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z135" w:id="103"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z135" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графах 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21 и 22 указывается разбивка плана финансирования за счет средств займа и за счет средств софинансирования из республиканского бюджета по кварталам планируемого года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z136" w:id="104"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z136" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графах 23, 24, 25 и 26 указывается план финансирования за счет средств займа и за счет средств софинансирования из республиканского бюджета на планируемый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z137" w:id="105"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z137" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16287,64 +16133,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             по проекту ___________________________ (наименование)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z141" w:id="106"/>
+      <w:bookmarkStart w:name="z141" w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 05-ОПГ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18607,70 +18453,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="107"/>
+    <w:bookmarkStart w:name="z142" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -20556,64 +20402,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z143" w:id="108"/>
+      <w:bookmarkStart w:name="z143" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20774,70 +20620,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="109"/>
+    <w:bookmarkStart w:name="z144" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20942,324 +20788,324 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>квартал ___ года по проекту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________ (наименование)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="110"/>
+    <w:bookmarkStart w:name="z146" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет по мониторингу выполнения план-графика за __ квартал ___ года по проекту ____________" (наименование)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z147" w:id="111"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z147" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z148" w:id="112"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z148" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Отчет по мониторингу выполнения план-графика за __ квартал ___ года по проекту ____________" (далее – пояснение) определяет единые требования по заполнению формы "Отчет по мониторингу выполнения плана-графика за __ квартал ___ года по проекту ____________" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z149" w:id="113"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z149" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета, содержит фактически выполненные мероприятия и объем выполнения/финансирования с начала периода реализации проекта, за отчетный год и в разбивке по кварталам отчетного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z150" w:id="114"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z150" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z151" w:id="115"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z151" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z152" w:id="116"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z152" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z153" w:id="117"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z153" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 2 указываются фактически выполненные мероприятия (виды товаров, работ и услуг) по компонентам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z154" w:id="118"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z154" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графах 3 и 4 указывается фактический объем выполнения/финансирования мероприятий, указанных в графе 2, за счет средств займа с начала периода реализации проекта. При этом сумма в иностранной валюте указывается по курсу на отчетную дату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z155" w:id="119"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z155" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графах 5 и 6 указывается фактический объем выполнения/финансирования мероприятий, указанных в графе 2, за счет средств софинансирования из республиканского бюджета с начала периода реализации проекта. При этом сумма в иностранной валюте указывается по курсу на отчетную дату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z156" w:id="120"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z156" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графах 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21 и 22 указывается разбивка фактического объема выполнения/финансирования за счет средств займа и за счет софинансирования из республиканского бюджета по кварталам отчетного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z157" w:id="121"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z157" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графах 23, 24, 25 и 26 указывается фактический объем выполнения/финансирования за счет средств займа и за счет софинансирования из республиканского бюджета за отчетный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z158" w:id="122"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z158" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 27 указываются причины отклонения фактически выполненных мероприятий от запланированных в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта, а также фактического объема финансирования от плана финансирования в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z159" w:id="123"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z159" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21469,64 +21315,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               внешнего займа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z163" w:id="124"/>
+      <w:bookmarkStart w:name="z163" w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 06-СП</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23249,64 +23095,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z164" w:id="125"/>
+      <w:bookmarkStart w:name="z164" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23484,70 +23330,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="126"/>
+    <w:bookmarkStart w:name="z165" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23639,484 +23485,484 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного внешнего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z167" w:id="127"/>
+    <w:bookmarkStart w:name="z167" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о проекте, финансируемом из средств государственного внешнего займа"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z168" w:id="128"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z168" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z169" w:id="129"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z169" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Сведения о проекте, финансируемом из средств государственного внешнего займа" (далее – пояснение) определяет единые требования по заполнению формы "Сведения о проекте, финансируемом из средств государственного внешнего займа" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z170" w:id="130"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z170" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z171" w:id="131"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z171" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z172" w:id="132"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z172" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z173" w:id="133"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z173" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z174" w:id="134"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z174" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В первой строке указывается наименование проекта, финансируемого из средств государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z175" w:id="135"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z175" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Во второй строке указывается стоимость проекта, финансируемого за счет внешнего займа, в тысячах долларов СШA в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z176" w:id="136"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z176" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В третьей строке указывается сумма займа по проекту, финансируемому за счет внешнего займа, в тысячах долларов СШA в соответствии с соглашением о займе и утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z177" w:id="137"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z177" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В четвертой строке указывается сумма софинансирования из республиканского бюджета по проекту, финансируемому за счет внешнего займа, в тысячах долларов СШA в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z178" w:id="138"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z178" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В пятой строке указывается наименование заимодателя в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z179" w:id="139"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z179" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В шестой строке указывается дата подписания соглашения о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z180" w:id="140"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z180" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В седьмой строке указывается дата ратификации соглашения о займе в соответствии с законом Республики Казахстан о ратификации соглашения о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z181" w:id="141"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z181" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В восьмой строке указывается дата вступления в силу соглашения о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z182" w:id="142"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z182" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В девятой строке указывается первоначальная дата закрытия снятия средств займа в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z183" w:id="143"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z183" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В десятой строке указывается продление даты закрытия снятия средств займа. Каждая дата продления указывается в хронологическом порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z184" w:id="144"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z184" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В одиннадцатой строке указываются принятые нормативные правовые акты по проекту, финансируемому за счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z185" w:id="145"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z185" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В двенадцатой строке указывается наименование исполнительного агентства, ответственного за реализацию проекта, финансируемого за счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z186" w:id="146"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z186" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В тринадцатой строке указываются цели и задачи проекта, финансируемого за счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z187" w:id="147"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z187" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В четырнадцатой строке указываются предложения по улучшению реализации проекта и устранению возникших проблем в ходе реализации проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z188" w:id="148"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z188" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24309,64 +24155,64 @@
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             Отчет о финансировании проекта__________ (наименование)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z192" w:id="149"/>
+      <w:bookmarkStart w:name="z192" w:id="160"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 07-ОФП</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25749,70 +25595,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="150"/>
+    <w:bookmarkStart w:name="z193" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -27763,64 +27609,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z194" w:id="151"/>
+      <w:bookmarkStart w:name="z194" w:id="162"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального исполнительного органа (заместитель руководителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>центрального исполнительного органа)/руководитель аппарата центрального</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27981,70 +27827,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="152"/>
+    <w:bookmarkStart w:name="z195" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28123,404 +27969,404 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансировании проекта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________ (наименование)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="153"/>
+    <w:bookmarkStart w:name="z197" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет о финансировании проекта _______________" (наименование)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z198" w:id="154"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z198" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z199" w:id="155"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z199" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Отчет о финансировании проекта _______________" (далее – пояснение) определяет единые требования по заполнению формы "Отчет о финансировании проекта ___________" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z200" w:id="156"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z200" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z201" w:id="157"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z201" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывают руководитель центрального исполнительного органа (заместитель руководителя центрального исполнительного органа) или руководитель аппарата центрального исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z202" w:id="158"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z202" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z203" w:id="159"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z203" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z204" w:id="160"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z204" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 1 указывается год реализации проекта, финансируемого за счет государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z205" w:id="161"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z205" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графах 2 и 3 указывается сумма займа в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. Если в утвержденном технико-экономическом обосновании проекта или финансово-экономической документации проекта отсутствует сумма в иностранной валюте, сумма в тенге переводится по курсу, одобренному при утверждении прогноза социально-экономического развития Республики Казахстан на пятилетний период, разрабатываемого в соответствии со статьей 61 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z206" w:id="162"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z206" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графах 4 и 5 указывается сумма софинансирования из республиканского бюджета в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта. Если в утвержденном технико-экономическом обосновании проекта или финансово-экономической документации проекта отсутствует сумма софинансирования из республиканского бюджета в иностранной валюте, сумма в тенге переводится по курсу, одобренному при утверждении прогноза социально-экономического развития Республики Казахстан на пятилетний период, разрабатываемого в соответствии со статьей 61 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z207" w:id="163"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z207" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графах 6 и 7 указывается общий план финансирования в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z208" w:id="164"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z208" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графах 8 и 9 указываются фактически освоенные средства займа за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z209" w:id="165"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z209" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графах 10 и 11 указываются фактически освоенные средства софинансирования из республиканского бюджета за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z210" w:id="166"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z210" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графах 12 и 13 указывается общее фактическое освоение средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z211" w:id="167"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z211" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графах 14 и 15 указывается отклонение фактически освоенных средств займа от запланированных в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z212" w:id="168"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z212" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графах 16 и 17 указывается отклонение фактически освоенных средств софинансирования из республиканского бюджета от запланированных в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z213" w:id="169"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z213" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графах 18 и 19 указывается отклонение общего объема освоенных средств от общего объема запланированных средств в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z214" w:id="170"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z214" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28713,64 +28559,64 @@
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             Сводный отчет об освоении средств государственных внешних займов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z218" w:id="171"/>
+      <w:bookmarkStart w:name="z218" w:id="182"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 08-СОЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29755,70 +29601,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z219" w:id="172"/>
+    <w:bookmarkStart w:name="z219" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30398,64 +30244,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z220" w:id="173"/>
+      <w:bookmarkStart w:name="z220" w:id="184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального уполномоченного органа по исполнению бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30599,70 +30445,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="174"/>
+    <w:bookmarkStart w:name="z221" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32045,70 +31891,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z224" w:id="175"/>
+    <w:bookmarkStart w:name="z224" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32200,604 +32046,604 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных внешних</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="176"/>
+    <w:bookmarkStart w:name="z226" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сводный отчет об освоении средств государственных внешних займов"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z227" w:id="177"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z227" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z228" w:id="178"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z228" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Сводный отчет об освоении средств государственных внешних займов" (далее – пояснение) определяет единые требования по заполнению формы "Сводный отчет об освоении средств государственных внешних займов" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z229" w:id="179"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z229" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральным государственным органом по исполнению бюджета на основании выписок по счетам и форм отчетностей, представленных центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z230" w:id="180"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z230" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывает руководитель центрального уполномоченного органа по исполнению бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z231" w:id="181"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z231" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z232" w:id="182"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z232" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z233" w:id="183"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z233" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 2 указывается наименование заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z234" w:id="184"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z234" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 3 указывается наименование проекта, финансируемого из средств государственного внешнего займа и софинансируемого из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z235" w:id="185"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z235" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 4 указывается номер займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z236" w:id="186"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z236" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 5 указывается валюта займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z237" w:id="187"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z237" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 6 указывается сумма займа в миллионах долларов СШA в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z238" w:id="188"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z238" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 7 указывается освоение средств займа с начала действия займа в тысячах долларов СШA.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z239" w:id="189"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z239" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 8 указывается освоение средств займа с начала действия займа в тыс. тенге по курсу на дату снятия средств со счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z240" w:id="190"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z240" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 9 указывается освоение средств займа за текущий год в тысячах долларов СШA.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z241" w:id="191"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z241" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 10 указывается освоение средств займа за текущий год в тыс. тенге по курсу на дату снятия средств со счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z242" w:id="192"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z242" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 11 указывается освоение средств займа за отчетный квартал в тысячах долларов СШA.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z243" w:id="193"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z243" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 12 указывается освоение средств займа за отчетный квартал в тенге по курсу на дату снятия средств со счета государственного внешнего займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z244" w:id="194"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z244" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В графе 13 указывается организация, ответственная за освоение средств займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z245" w:id="195"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z245" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По приложению к форме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z246" w:id="196"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z246" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В графе 2 указывается наименование компонента в соответствии с соглашением о займе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z247" w:id="197"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z247" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В графе 3 указывается сумма компонента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z248" w:id="198"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z248" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. В графе 4 указывается ответственная за реализацию проекта организация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z249" w:id="199"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z249" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В графе 5 указывается фирма-поставщик товаров, услуг, работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z250" w:id="200"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z250" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В графе 6 указывается дата подписания контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z251" w:id="201"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z251" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В графе 7 указывается сумма контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z252" w:id="202"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z252" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В графе 8 указывается объем израсходованных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z253" w:id="203"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z253" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33007,64 +32853,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             из республиканского бюджета государственных внешних займов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z257" w:id="204"/>
+      <w:bookmarkStart w:name="z257" w:id="215"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Индекс: 09-СОС</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Периодичность: ежеквартальная.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33962,70 +33808,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="205"/>
+    <w:bookmarkStart w:name="z258" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -34605,64 +34451,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z259" w:id="206"/>
+      <w:bookmarkStart w:name="z259" w:id="217"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Руководитель центрального уполномоченного органа по исполнению бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34789,70 +34635,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="207"/>
+    <w:bookmarkStart w:name="z260" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34970,478 +34816,478 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных внешних</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>займов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z262" w:id="208"/>
+    <w:bookmarkStart w:name="z262" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сводный отчет об освоении средств софинансирования из республиканского бюджета государственных внешних займов"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z263" w:id="209"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z263" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z264" w:id="210"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z264" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы "Сводный отчет об освоении средств софинансирования из республиканского бюджета государственных внешних займов" (далее – пояснение) определяет единые требования по заполнению формы "Сводный отчет об освоении средств софинансирования из республиканского бюджета государственных внешних займов" (далее – форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z265" w:id="211"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z265" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма составляется ежеквартально центральным уполномоченным органом по исполнению бюджета на основании форм отчетности, представленной центральными исполнительными органами и иными государственными органами Республики Казахстан (по согласованию), ответственными за реализацию проектов, финансируемых из средств государственных внешних займов и софинансируемых из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z266" w:id="212"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z266" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форму подписывает руководитель центрального уполномоченного органа по исполнению бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z267" w:id="213"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z267" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подписанная форма представляется в электронном формате посредством интегрированной автоматизированной информационной системы "е-Минфин" и (или) на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z268" w:id="214"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z268" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z269" w:id="215"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z269" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 2 указывается наименование заимодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z270" w:id="216"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z270" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 3 указывается наименование проекта, финансируемого из средств государственного внешнего займа и софинансируемого из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z271" w:id="217"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z271" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 4 указывается номер займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z272" w:id="218"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z272" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 5 указывается сумма софинансирования из республиканского бюджета в миллионах долларов СШA в соответствии с утвержденным технико-экономическим обоснованием проекта или финансово-экономической документацией проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z273" w:id="219"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z273" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 6 указывается освоение средств софинансирования из республиканского бюджета на начало отчетного периода в тысячах долларов СШA по курсу на дату проведения платежа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z274" w:id="220"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z274" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 7 указывается освоение средств софинансирования из республиканского бюджета на начало отчетного периода в тысячах тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z275" w:id="221"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z275" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 8 указывается освоение средств софинансирования из республиканского бюджета за текущий год в тысячах долларов СШA по курсу на дату проведения платежа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z276" w:id="222"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z276" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 9 указывается освоение средств софинансирования из республиканского бюджета за текущий год в тысячах тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z277" w:id="223"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z277" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 10 указывается освоение средств софинансирования из республиканского бюджета за отчетный квартал в тысячах долларов СШA по курсу на дату проведения платежа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z278" w:id="224"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z278" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 11 указывается освоение средств софинансирования из республиканского бюджета за отчетный квартал в тысячах тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z279" w:id="225"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z279" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 13 указывается организация, ответственная за освоение средств софинансирования из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z280" w:id="226"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z280" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35767,31 +35613,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>