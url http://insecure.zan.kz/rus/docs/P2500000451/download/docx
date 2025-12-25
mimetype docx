--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e614e2d" w14:textId="e614e2d">
+    <w:p w14:paraId="409a62a" w14:textId="409a62a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,192 +93,153 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в постановление Правительства Республики Казахстан от 2 сентября 2021 года № 604 "Об утверждении Правил финансирования оператором расширенных обязательств производителей (импортеров) организации, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которой прямо или косвенно принадлежат государству и (или) национальному управляющему холдингу, для дальнейшего финансирования проектов в обрабатывающей отрасли, направленных на улучшение состояния окружающей среды"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 17 июня 2025 года № 451</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление Правительства Республики Казахстан от 17 июня 2025 года № 451.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 сентября 2021 года № 604 "Об утверждении Правил финансирования оператором расширенных обязательств производителей (импортеров) организации, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которой прямо или косвенно принадлежат государству и (или) национальному управляющему холдингу, для дальнейшего финансирования проектов в обрабатывающей отрасли, направленных на улучшение состояния окружающей среды" следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> финансирования оператором расширенных обязательств производителей (импортеров) организации, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которой прямо или косвенно принадлежат государству и (или) национальному управляющему холдингу, для дальнейшего финансирования проектов в обрабатывающей отрасли, направленных на улучшение состояния окружающей среды, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -291,210 +252,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5) проект в обрабатывающей отрасли – проект в сфере обрабатывающей промышленности, направленный на улучшение состояния окружающей среды, по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обновлению транспортных средств, самоходной сельскохозяйственной техники путем стимулирования потребительского спроса в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации прорывных, технологических и инновационных решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке и последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       развитию государственной наблюдательной сети в целях осуществления мониторинга состояния окружающей среды, метеорологического и гидрологического мониторинга для принятия адаптационных мер;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -507,1182 +468,1150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4. Финансированию за счет средств оператора подлежат проекты в обрабатывающей отрасли, направленные на улучшение состояния окружающей среды, в том числе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке, последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       приобретению техники (в том числе, пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров, их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению техники и (или) оборудования отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       развитию государственной наблюдательной сети в целях осуществления мониторинга состояния окружающей среды, метеорологического и гидрологического мониторинга для принятия адаптационных мер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проекты, финансируемые за счет средств оператора, отбираются в соответствии с настоящими Правилами и внутренними актами организации на следующих условиях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) итоговый объем финансирования оператором:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в 2024 – 2026 годы общий объем финансирования проектов в обрабатывающей отрасли по строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке, последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов, приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира, приобретению дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами – 368888353560 (триста шестьдесят восемь миллиардов восемьсот восемьдесят восемь миллионов триста пятьдесят три тысячи пятьсот шестьдесят) тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на приобретение пожарной техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) отечественного производства у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения лесными учреждениями и природоохранными организациями – 63965000000 (шестьдесят три миллиарда девятьсот шестьдесят пять миллионов) тенге, в том числе на системы раннего обнаружения пожаров – 28965000000 (двадцать восемь миллиардов девятьсот шестьдесят пять миллионов) тенге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на создание лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями – 21274246548 (двадцать один миллиард двести семьдесят четыре миллиона двести сорок шесть тысяч пятьсот сорок восемь) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на приобретение техники и (или) оборудования отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями – 5000000000 (пять миллиардов) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира – 2674712012 (два миллиарда шестьсот семьдесят четыре миллиона семьсот двенадцать тысяч двенадцать) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на приобретение автобусов отечественного производства, соответствующих экологическим требованиям, определенным техническим регламентом, у производителей транспортных средств, заключивших соглашение о промышленной сборке транспортных средств, – 15000000000 (пятнадцать миллиардов) тенге в 2024 году, в том числе использование средств на погашение обязательств, за счет которых были профинансированы аналогичные проекты (замещение) или произведено авансирование отечественных производителей автобусов до заключения договора финансового лизинга с лизингополучателями автобусов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на приобретение техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для обновления технической базы территориальных органов, учреждений Министерства по чрезвычайным ситуациям Республики Казахстан и организаций Министерства водных ресурсов и ирригации Республики Казахстан – 50000000000 (пятьдесят миллиардов) тенге в 2024 году;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на приобретение дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами – 17000150000 (семнадцать миллиардов сто пятьдесят тысяч) тенге в 2024 году, в том числе использование средств на погашение обязательств, за счет которых были профинансированы аналогичные проекты (замещение);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на реализацию проектов на развитие и модернизацию национальной гидрометеорологической службы для усиления ее возможностей в целях снижения социально-экономических рисков, связанных с погодными, климатическими и гидрологическими явлениями, лесными пожарами, – 8974245000 (восемь миллиардов девятьсот семьдесят четыре миллиона двести сорок пять тысяч) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организация осуществляет заимствование у оператора на следующих основных условиях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке, последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 15 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) отечественного производства у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению техники и (или) оборудования отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли, направленные на улучшение состояния окружающей среды путем стимулирования потребительского спроса и обновления транспортных средств в Республике Казахстан, в рамках обусловленного финансирования лизингополучателей, приобретающих у отечественных производителей автобусы экологического класса и транспортные средства, заключивших соглашение о промышленной сборке транспортных средств, по ставке вознаграждения 0,01 % единовременным платежом за весь срок займа, со сроком займа 30 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению техники отечественного производства экологического класса у производителей указанных средств для обновления технической базы территориальных органов, учреждений Министерства по чрезвычайным ситуациям Республики Казахстан и организаций Министерства водных ресурсов и ирригации Республики Казахстан по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 15 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение основного долга – 1 раз в год, с льготным периодом по погашению основного долга не менее 2 лет с правом досрочного погашения по инициативе организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заимствование осуществляется организацией у оператора без предоставления обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на проекты в обрабатывающей отрасли по приобретению оборудования для мониторинга окружающей среды по ставке вознаграждения 0,1 % единовременным платежом за весь срок займа, со сроком займа не более 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация заключает договоры финансового лизинга/займа с лизингополучателями (в том числе лизингополучателями автобусов)/заемщиками на следующих основных условиях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ставка вознаграждения – не более 3 % годовых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ставка вознаграждения на проекты в обрабатывающей отрасли по приобретению техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей указанных средств для обновления технической базы территориальных органов, учреждений Министерства по чрезвычайным ситуациям Республики Казахстан и организаций Министерства водных ресурсов и ирригации Республики Казахстан – не более 9,0 % годовых, при этом указанный размер ставки вознаграждения может устанавливаться за счет микширования средств оператора с иными средствами организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга/займа на проекты в обрабатывающей отрасли по строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке, последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов – от 3 до 15 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга на проекты в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями – до 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга на проекты в обрабатывающей отрасли по приобретению техники и (или) оборудования отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями – до 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга на проекты в обрабатывающей отрасли по приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира – до 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга на проекты в обрабатывающей отрасли по приобретению техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей указанных средств для обновления технической базы территориальных органов, учреждений Министерства по чрезвычайным ситуациям Республики Казахстан и организаций Министерства водных ресурсов и ирригации Республики Казахстан – до 10 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок лизинга на проекты в обрабатывающей отрасли по приобретению дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами – до 7 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       льготный период по погашению основного долга и вознаграждения, за исключением проектов в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного производства, соответствующих экологическим требованиям, определенным техническим регламентом (за исключением систем раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов, заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, а также обновления технической базы специализированных организаций по охране, воспроизводству и использованию животного мира – до 2 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       льготный период по погашению основного долга и вознаграждения, за исключением проектов в обрабатывающей отрасли по приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира – до 2 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       собственное участие лизингополучателя/заемщика – не менее 20 % от стоимости проекта в обрабатывающей отрасли по строительству заводов (производств) по подготовке к повторному использованию, обработке, переработке, сортировке, последующей переработке и (или) утилизации отходов, совершенствованию материально-технической базы организаций, осуществляющих сбор, транспортировку, подготовку к повторному использованию, сортировку, обработку, переработку и (или) утилизацию отходов, организации энергетической утилизации отходов, из которых не менее 10 % денежные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальный взнос (аванс) по лизингу на проекты в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для организации предупреждения возникновения лесных пожаров и их тушения лесными учреждениями и природоохранными организациями при погашении лизинговых платежей за счет средств республиканского бюджета – 0 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальный взнос (аванс) по лизингу на проекты в обрабатывающей отрасли по приобретению техники и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями при погашении лизинговых платежей за счет средств республиканского бюджета – 0 %, за счет собственных средств природоохранной организации – не менее 20 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальный взнос (аванс) по лизингу на проекты в обрабатывающей отрасли по приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира при погашении лизинговых платежей за счет средств республиканского бюджета – 0 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальный взнос (аванс) по лизингу на проекты в обрабатывающей отрасли по приобретению техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей указанных средств для обновления технической базы территориальных органов, учреждений Министерства по чрезвычайным ситуациям Республики Казахстан и организаций Министерства водных ресурсов и ирригации Республики Казахстан при погашении лизинговых платежей за счет средств республиканского бюджета – 0 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальный взнос (аванс) по лизингу на проекты в обрабатывающей отрасли по приобретению дорожно-эксплуатационной техники отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств на основе лицензионных прав на производство транспортного средства от владельца товарного знака и (или) конструкции транспортного средства или документа, подтверждающего право владения товарным знаком и (или) конструкцией транспортного средства, для содержания автомобильных дорог республиканского и международного значения Национальным оператором по управлению автомобильными дорогами – 0 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечение – в соответствии с требованиями организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       валюта займа – тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнительные расходы (страхование) – в соответствии с внутренними актами организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       основные условия финансирования для лизингополучателей автобусов аналогичны указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные условия договора финансового лизинга/займа устанавливаются в соответствии с требованиями организации и по соглашению сторон.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфа 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Параграф 3. Порядок финансирования проектов в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) отечественного производства у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств, и оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1695,184 +1624,151 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11. Финансирование проектов в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) отечественного производства у производителей, заключивших соответствующее соглашение о промышленной сборке транспортных средств, и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира осуществляется в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация до 1 июля соответствующего года направляет заявку на рассмотрение в уполномоченный орган в области охраны окружающей среды с приложением информации о направленности проекта в обрабатывающей отрасли по приобретению техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также создания лесных питомников с закрытой корневой системой с целью воспроизводства лесов лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира на улучшение состояния окружающей среды и соответствии техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования отечественного и (или) зарубежного производства для организации предупреждения возникновения лесных пожаров и их тушения, заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира экологическим требованиям, определенным техническим регламентом, включая копии сертификатов соответствия, выданных органом по подтверждению соответствия согласно законодательству Республики Казахстан в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) уполномоченный орган в области охраны окружающей среды в течение пяти рабочих дней направляет в уполномоченный орган информацию, указанную в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уполномоченный орган в течение пяти рабочих дней рассматривает и направляет в уполномоченный орган в области охраны окружающей среды письмо о необходимости реализации соответствующего проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) уполномоченный орган в области охраны окружающей среды в течение десяти рабочих дней после получения от уполномоченного органа информации, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1887,352 +1783,271 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, рассматривает проект в обрабатывающей отрасли, представленный согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, на соответствие техническому регламенту, согласовывает представленную заявку либо предоставляет мотивированный отказ.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае получения отказа уполномоченного органа в области охраны окружающей среды организация дорабатывает заявку и повторно направляет ее для согласования в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организация в срок до 31 августа соответствующего года направляет оператору письмо уполномоченного органа в области охраны окружающей среды, предусмотренное в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, и информацию о прогнозных объемах финансирования проектов в обрабатывающей отрасли по приобретению техники и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными и природоохранными учреждениями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира на соответствующий финансовый год с приложением информации о направленности проекта на улучшение состояния окружающей среды и соответствии техники (в том числе пожарный транспорт, малый лесопожарный комплекс, трактор) и (или) оборудования отечественного и (или) зарубежного производства для организации предупреждения возникновения лесных пожаров и их тушения, заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, а также техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства для обновления технической базы специализированной организации по охране, воспроизводству и использованию животного мира экологическим требованиям, определенным техническим регламентом, на соответствующий финансовый год;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) оператор после рассмотрения информации, указанной в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, в течение семи рабочих дней включает прогнозные объемы финансирования в соответствующий раздел своей инвестиционной политики и направляет ее на согласование уполномоченному органу в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уполномоченный орган в области охраны окружающей среды в течение десяти рабочих дней после получения инвестиционной политики согласовывает ее либо направляет оператору мотивированный отказ в согласовании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае направления уполномоченным органом в области охраны окружающей среды мотивированного отказа оператор в течение трех рабочих дней устраняет причину мотивированного отказа и направляет инвестиционную политику на повторное согласование уполномоченному органу в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) оператор после получения согласования уполномоченного органа в области охраны окружающей среды, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, в порядке, предусмотренном законодательством Республики Казахстан, заключает договор займа с организацией на сумму одобренного объема финансирования проектов в обрабатывающей отрасли по приобретению техники и (или) оборудования (в том числе системы раннего обнаружения пожаров) отечественного и (или) зарубежного производства (в случае отсутствия аналогов отечественного производства по согласованию с уполномоченным органом в области государственного стимулирования промышленности), соответствующих экологическим требованиям, определенным техническим регламентом (за исключением системы раннего обнаружения пожаров), для организации предупреждения возникновения лесных пожаров и их тушения, а также созданию лесных питомников с закрытой корневой системой с целью воспроизводства лесов для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники и (или) оборудования отечественного и (или) зарубежного производства, соответствующих экологическим требованиям, определенным техническим регламентом, для заготовки, переработки древесины и другой продукции леса при проведении сплошных санитарных рубок лесозаготовительными организациями, лесными учреждениями и природоохранными организациями, приобретению техники (в том числе легковой автомобиль (полноприводный внедорожник), грузовой автомобиль повышенной проходимости (рефрижератор-тушевоз), трактор колесный с навесным оборудованием) отечественного производства, соответствующей экологическим требованиям, определенным техническим регламентом, для обновления технической базы специализированный организации по охране, воспроизводству и использованию животного мира в соответствующем году для дальнейшего финансирования.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2248,58 +2063,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Премьер-Министр</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министр</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2390,55 +2222,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2764,31 +2596,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>