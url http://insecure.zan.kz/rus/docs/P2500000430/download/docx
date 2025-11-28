--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="69343f5" w14:textId="69343f5">
+    <w:p w14:paraId="0cdf2ce" w14:textId="0cdf2ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,196 +93,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в постановления Правительства Республики Казахстан от 17 июля 2008 года № 693 "О создании специализированной организации по вопросам концессии" и от 26 декабря 2017 года № 875 "Об утверждении перечня проектов государственно-частного партнерства особой значимости"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 12 июня 2025 года № 430</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление Правительства Республики Казахстан от 12 июня 2025 года № 430.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Внести в некоторые решения Правительства Республики Казахстан следующие изменения и дополнение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 17 июля 2008 года № 693 "О создании специализированной организации по вопросам концессии":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "О создании специализированной организации по вопросам государственно-частного партнерства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -295,68 +272,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -371,50 +331,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О государственном имуществе" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -427,446 +388,430 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Определить общество центром развития государственно-частного партнерства, основным предметом деятельности которого является осуществление:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экономической экспертизы республиканских бюджетных инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) экономической экспертизы инвестиционных проектов для предоставления государственных гарантий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) экономической экспертизы бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) экономической экспертизы бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оценки реализации бюджетных инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оценки реализации бюджетных инвестиций посредством участия государства в уставном капитале юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) исследований в области бюджетных инвестиций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) исследований и выработка рекомендаций по вопросам государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) экспертизы бизнес-планов к республиканским проектам государственно-частного партнерства при прямых переговорах по определению частного партнера, в том числе при внесении в них соответствующих изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) экспертизы конкурсной (аукционной) документации республиканских проектов государственно-частного партнерства, в том числе при внесении в них соответствующих изменений и (или) дополнений, за исключением проектов государственно-частного партнерства, планирование и реализация которых осуществляются в соответствии с соглашениями о сотрудничестве между Правительством Республики Казахстан и международными финансовыми институтами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) координации разработки проектов государственно-частного партнерства особой значимости с участием международных финансовых институтов и выдача заключений в порядке, определяемом центральным уполномоченным органом по бюджетной политике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) оценки реализации проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обучения специалистов в области государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) ведения перечня проектов государственно-частного партнерства, планируемых к реализации.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить пунктом 2-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2-1. Для реализации концессионных проектов, конкурсная (аукционная) документация которых утверждена до 1 января 2025 года в соответствии с Законом Республики Казахстан "О концессиях", общество осуществляет экспертизу конкурсной документации, в том числе при внесении в нее изменений и дополнений, а также экспертизу концессионных заявок, представленных участниками конкурса при проведении конкурса по выбору концессионера.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 декабря 2017 года № 875 "Об утверждении перечня проектов государственно-частного партнерства особой значимости":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -899,144 +844,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проектов государственно-частного партнерства особой значимости, утвержденный указанным постановлением, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Правительства Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1052,58 +963,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Премьер-Министр</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министр</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1145,68 +1073,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О. Бектенов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1284,86 +1194,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 июня 2025 года № 430</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -1425,68 +1299,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2017 года № 875</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень проектов государственно-частного партнерства особой значимости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1962,88 +1836,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строительство и эксплуатация многопрофильной университетской больницы на 300 коек в городе Караганде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2122,355 +1978,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 июня 2025 года № 430</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 октября 2014 года № 1060 "Об утверждении перечня концессионных проектов особой значимости".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 февраля 2015 года № 75 "О внесении изменений в постановление Правительства Республики Казахстан от 7 октября 2014 года № 1060 "Об утверждении перечня и критериев отнесения концессионных проектов к категории особой значимости".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 февраля 2019 года № 82 "О внесении изменения в постановление Правительства Республики Казахстан от 7 октября 2014 года № 1060 "Об утверждении перечня концессионных проектов особой значимости".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 ноября 2019 года № 828 "О внесении изменения в постановление Правительства Республики Казахстан от 7 октября 2014 года № 1060 "Об утверждении перечня концессионных проектов особой значимости".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2796,31 +2599,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>