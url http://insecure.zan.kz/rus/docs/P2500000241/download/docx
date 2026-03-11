--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="17e388b" w14:textId="17e388b">
+    <w:p w14:paraId="dc78879" w14:textId="dc78879">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,1302 +136,1184 @@
         <w:t>
       Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Внести в некоторые решения Правительства Республики Казахстан следующие изменения и дополнение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Утратил силу постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) в </w:t>
+      2) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 ноября 2014 года № 1222 "Об утверждении Правил предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации":</w:t>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 2014 года № 1358 "Об утверждении Правил возмещения вреда (ущерба), причиненного пострадавшим, вследствие чрезвычайных ситуаций природного характера":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В соответствии с подпунктом 62) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации, утвержденных указанным постановлением:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve"> возмещения вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 4)</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Настоящие Правила возмещения вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера (далее – Правила), разработаны в соответствии с подпунктом 62) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите" и определяют порядок возмещения вреда (ущерба), причиненного здоровью и имуществу физического лица вследствие чрезвычайной ситуации природного характера.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z19" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "В отдельных случаях, при чрезвычайных ситуациях природного характера к жилищу относится строение, предназначенное для временного (сезонного) проживания, разрушенное или ставшее непригодным для проживания собственников и их семей, находящееся не менее двух лет в собственности пострадавшего, не имеющего другого жилища в собственности на момент объявления чрезвычайной ситуации на территории административно-территориальной единицы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 5)</w:t>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+        <w:t>пункт 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-1. Возмещению подлежит следующее имущество, необходимое для удовлетворения минимальных потребностей пострадавших:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жилой дом, квартира или строение, предназначенное для временного (сезонного) проживания, предусмотренные пунктом 2 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сельскохозяйственные животные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предметы для хранения и приготовления пищи – холодильник, газовая плита (электроплита) и шкаф для посуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предметы мебели для приема пищи – стол и стул;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предметы мебели для сна – кровать (диван);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предметы средств информирования граждан – телевизор (радио);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предметы для ухода за одеждой – стиральная машина;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предметы средств водоснабжения и отопления (в случае отсутствия централизованного водоснабжения и отопления) – насос для подачи воды, водонагреватель и отопительный котел (переносная печь);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      9) запасы бытового топлива, предназначенные для теплогенерирующих устройств жилых домов, квартир или строений, предназначенных для временного (сезонного) проживания, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кресло-коляска – специальное средство, обеспечивающее передвижение лица с инвалидностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возмещение вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, согласно подпункту 2) настоящего пункта осуществляется в порядке, определяемом уполномоченным органом в области агропромышленного комплекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возмещение вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, согласно подпунктам 3) – 10) настоящего пункта осуществляется в соответствии с оценкой размера причиненного ущерба, но не более 150 месячных расчетных показателей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 4-2 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4-2. В случае невозможности проведения Комиссией оценки и определения размера причиненного вреда (ущерба) в связи с затоплением жилища в результате чрезвычайной ситуации, связанной с весенними паводковыми явлениями, возмещение вреда (ущерба) осуществляется согласно розничным ценам, установленным в официальной статистической информации, формируемой Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом общая сумма возмещения вреда (ущерба) не должна превышать 150 месячных расчетных показателей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>преамбулу</w:t>
+        <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В соответствии с подпунктом 62) </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      "5. Пострадавшие, понесшие материальный ущерб, в течение тридцати календарных дней со дня возникновения чрезвычайной ситуации представляют в местный исполнительный орган заявление о возмещении материального ущерба, заполненное по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо в электронном виде посредством мобильного приложения веб-портала "электронное правительство" в форме электронного документа, удостоверенного электронной цифровой подписью.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
-[...444 lines deleted...]
-      Возмещение вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, согласно подпунктам 3) – 10) настоящего пункта осуществляется в соответствии с оценкой размера причиненного ущерба, но не более 150 месячных расчетных показателей.";</w:t>
+        <w:t>подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 7 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) копия документа, удостоверяющего личность пострадавшего лица (в случаях утраты или уничтожения такого документа вследствие чрезвычайной ситуации природного характера или в период ликвидации чрезвычайной ситуации – временное удостоверение личности, выданное органами внутренних дел), либо в электронной форме, определенной законодательством Республики Казахстан;".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
-[...231 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. После вынесения заключения Комиссией в течение трех рабочих дней местным исполнительным органом принимается решение о выделении средств, согласованное с уполномоченным органом по исполнению бюджета области, города республиканского значения, столицы, района и города областного значения.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1606,55 +1488,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>