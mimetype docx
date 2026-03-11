--- v0 (2025-11-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc66c72" w14:textId="bc66c72">
+    <w:p w14:paraId="665c4e7" w14:textId="665c4e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -142,110 +142,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О науке и технологической политике" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 98</w:t>
+        <w:t>статьи 241-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1155</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -811,90 +811,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Высшая научно-техническая комиссия при Правительстве Республики Казахстан (далее – ВНТК) является консультативно-совещательным органом при Правительстве Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. ВНТК возглавляет Премьер-Министр Республики Казахстан (далее – председатель), который имеет заместителей в лице первых руководителей уполномоченных органов в области науки и в области государственной поддержки инновационной деятельности.</w:t>
+      2. ВНТК возглавляет Премьер-Министр Республики Казахстан (далее –председатель), который имеет заместителя в лице первого руководителя уполномоченного органа в области науки и инновационной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления Правительства РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1155</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -913,90 +913,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Состав ВНТК формируется из числа членов Правительства Республики Казахстан, депутатов Парламента Республики Казахстан, руководителей государственных органов, Национальной академии наук, ведущих ученых, экспертов различных отраслей знаний, представителей национальных управляющих холдингов, национальных институтов развития, национальных холдингов, национальных компаний, субъектов частного предпринимательства и республиканских научных общественных объединений и утверждается постановлением Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рабочими органами ВНТК являются уполномоченные органы в области науки и в области государственной поддержки инновационной деятельности.</w:t>
+      Рабочим органом ВНТК является уполномоченный орган в области науки и инновационной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным постановлением Правительства РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменениями, внесенными постановлениями Правительства РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1395,150 +1415,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) рассмотрение вырабатываемой государственной технологической политики по отраслевым направлениям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z163" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) рассмотрение инициатив государственных органов по определению отраслевых центров технологических компетенций, целевых технологических программ и организации технологических платформ в отраслях, а также внедрению искусственного интеллекта;</w:t>
+      15) рассмотрение инициатив государственных органов по утверждению целевых технологических программ и организации технологических платформ в отраслях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z164" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О науке и технологической политике" и настоящим Положением.</w:t>
+        <w:t>
+      16) иные задачи в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции постановления Правительства РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1715,51 +1715,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) председатель;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) заместители председателя;</w:t>
+      2) заместитель председателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) секретарь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
@@ -1784,61 +1784,81 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным постановлением Правительства РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными постановлениями Правительства РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3499,61 +3519,81 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции постановления Правительства РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; с изменениями, внесенными постановлением Правительства РК от 19.03.2025 </w:t>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z165" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -3562,990 +3602,1218 @@
         <w:t>
       1. Премьер-Министр Республики Казахстан, председатель.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z166" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Министр науки и высшего образования Республики Казахстан, заместитель председателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z167" w:id="73"/>
-[...15 lines deleted...]
-      3. Министр цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, заместитель председателя.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен постановлением Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Председатель Комитета науки Министерства науки и высшего образования Республики Казахстан, секретарь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z168" w:id="74"/>
-[...15 lines deleted...]
-      4. Председатель Комитета науки Министерства науки и высшего образования Республики Казахстан, секретарь.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен постановлением Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Первый заместитель Премьер-Министра Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z169" w:id="75"/>
-[...15 lines deleted...]
-      5. Председатель Комитета искусственного интеллекта и развития инноваций Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, секретарь.</w:t>
+    <w:bookmarkStart w:name="z171" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Заместитель Премьер-Министра – Министр искусственного интеллекта и цифрового развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z170" w:id="76"/>
-[...15 lines deleted...]
-      6. Первый заместитель Премьер-Министра Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Заместитель Премьер-Министра – Министр национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z171" w:id="77"/>
-[...15 lines deleted...]
-      7. Заместитель Премьер-Министра – Министр иностранных дел Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заместитель Премьер-Министра – Министр культуры и информации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z172" w:id="78"/>
-[...15 lines deleted...]
-      8. Заместитель Премьер-Министра – Министр национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Советник Президента Республики Казахстан по вопросам науки и инноваций (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z173" w:id="79"/>
-[...15 lines deleted...]
-      9. Заместитель Премьер-Министра Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Министр сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z174" w:id="80"/>
-[...15 lines deleted...]
-      10. Советник Президента Республики Казахстан по вопросам науки и инноваций (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z176" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Министр здравоохранения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z175" w:id="81"/>
-[...15 lines deleted...]
-      11. Министр сельского хозяйства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Министр труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z176" w:id="82"/>
-[...15 lines deleted...]
-      12. Министр здравоохранения Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Министр транспорта Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z177" w:id="83"/>
-[...15 lines deleted...]
-      13. Министр труда и социальной защиты населения Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Министр финансов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z178" w:id="84"/>
-[...15 lines deleted...]
-      14. Министр транспорта Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министр обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z179" w:id="85"/>
-[...15 lines deleted...]
-      15. Министр финансов Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Исключен постановлением Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Министр просвещения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z180" w:id="86"/>
-[...15 lines deleted...]
-      16. Министр обороны Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Министр промышленности и строительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z181" w:id="87"/>
-[...15 lines deleted...]
-      17. Министр культуры и информации Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Министр торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z182" w:id="88"/>
-[...15 lines deleted...]
-      18. Министр просвещения Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Министр водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z183" w:id="89"/>
-[...15 lines deleted...]
-      19. Министр промышленности и строительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министр туризма и спорта Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z184" w:id="90"/>
-[...15 lines deleted...]
-      20. Министр торговли и интеграции Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Министр по чрезвычайным ситуациям Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z185" w:id="91"/>
-[...15 lines deleted...]
-      21. Министр водных ресурсов и ирригации Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министр экологии и природных ресурсов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z186" w:id="92"/>
-[...15 lines deleted...]
-      22. Министр туризма и спорта Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Министр энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z187" w:id="93"/>
-[...15 lines deleted...]
-      23. Министр по чрезвычайным ситуациям Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Заместитель Председателя Комитета национальной безопасности Республики Казахстан (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z188" w:id="94"/>
-[...15 lines deleted...]
-      24. Министр экологии и природных ресурсов Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z214" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-1. Председатель Агентства Республики Казахстан по атомной энергии (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z189" w:id="95"/>
-[...15 lines deleted...]
-      25. Министр энергетики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Депутат Сената Парламента Республики Казахстан (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z190" w:id="96"/>
-[...15 lines deleted...]
-      26. Заместитель Председателя Комитета национальной безопасности Республики Казахстан (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z192" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Депутат Мажилиса Парламента Республики Казахстан (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z191" w:id="97"/>
-[...15 lines deleted...]
-      27. Депутат Сената Парламента Республики Казахстан (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z193" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Заведующий Отделом социального развития Аппарата Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z192" w:id="98"/>
-[...15 lines deleted...]
-      28. Депутат Мажилиса Парламента Республики Казахстан (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z194" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Председатель правления акционерного общества "Фонд национального благосостояния "Самрук-Қазына" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z193" w:id="99"/>
-[...15 lines deleted...]
-      29. Заведующий Отделом социального развития Аппарата Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z194" w:id="100"/>
-[...15 lines deleted...]
-      30. Председатель правления акционерного общества "Фонд национального благосостояния "Самрук-Қазына" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z196" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Президент высшей научной организации "Национальная академия наук Республики Казахстан" при Президенте Республики Казахстан (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z195" w:id="101"/>
-[...15 lines deleted...]
-      31. Председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z197" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Председатель правления акционерного общества "Национальный центр государственной научно-технической экспертизы" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z196" w:id="102"/>
-[...15 lines deleted...]
-      32. Президент высшей научной организации "Национальная академия наук Республики Казахстан" при Президенте Республики Казахстан (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z198" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Акшулаков Серик Куандыкович – председатель правления акционерного общества "Национальный центр нейрохирургии", доктор медицинских наук (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z197" w:id="103"/>
-[...15 lines deleted...]
-      33. Председатель правления акционерного общества "Национальный центр государственной научно-технической экспертизы" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z199" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Абсаметов Малис Кудысович – директор товарищества с ограниченной ответственностью "Институт гидрогеологии и геоэкологии имени У.М. Ахмедсафина", доктор геолого-минералогических наук (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z198" w:id="104"/>
-[...15 lines deleted...]
-      34. Акшулаков Серик Куандыкович – председатель правления акционерного общества "Национальный центр нейрохирургии", доктор медицинских наук (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z200" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жумагулов Бакытжан Турсынович – президент республиканского общественного объединения "Национальная инженерная академия Республики Казахстан" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z199" w:id="105"/>
-[...15 lines deleted...]
-      35. Абсаметов Малис Кудысович – директор товарищества с ограниченной ответственностью "Институт гидрогеологии и геоэкологии имени У.М. Ахмедсафина", доктор геолого-минералогических наук (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z201" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Кабульдинов Зиябек Ермуханович – генеральный директор республиканского государственного предприятия на праве хозяйственного ведения "Институт истории и этнологии имени Ч.Ч. Валиханова" Комитета науки Министерства науки и высшего образования Республики Казахстан, доктор исторических наук (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z200" w:id="106"/>
-[...15 lines deleted...]
-      36. Жумагулов Бакытжан Турсынович – президент республиканского общественного объединения "Национальная инженерная академия Республики Казахстан" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z202" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Наметов Аскар Мырзахметович – председатель правления – ректор некоммерческого акционерного общества "Западно-Казахстанский аграрно-технический университет имени Жангир хана", доктор ветеринарных наук (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z201" w:id="107"/>
-[...15 lines deleted...]
-      37. Кабульдинов Зиябек Ермуханович – генеральный директор республиканского государственного предприятия на праве хозяйственного ведения "Институт истории и этнологии имени Ч.Ч. Валиханова" Комитета науки Министерства науки и высшего образования Республики Казахстан, доктор исторических наук (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z203" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Сахиев Саябек Куанышбекович – генеральный директор республиканского государственного предприятия на праве хозяйственного ведения "Институт ядерной физики" Агентства Республики Казахстан по атомной энергии, доктор физико-математических наук (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z202" w:id="108"/>
-[...15 lines deleted...]
-      38. Наметов Аскар Мырзахметович – председатель правления – ректор некоммерческого акционерного общества "Западно-Казахстанский аграрно-технический университет имени Жангир хана", доктор ветеринарных наук (по согласованию).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. Исключен постановлением Правительства РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Председатель правления товарищества с ограниченной ответственностью "Корпорация Казахмыс" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z203" w:id="109"/>
-[...15 lines deleted...]
-      39. Сахиев Саябек Куанышбекович – генеральный директор республиканского государственного предприятия на праве хозяйственного ведения "Институт ядерной физики" Министерства энергетики Республики Казахстан, доктор физико-математических наук (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z206" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Генеральный директор товарищества с ограниченной ответственностью "Евразийская группа" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z204" w:id="110"/>
-[...15 lines deleted...]
-      40. Хикметов Аскар Кусупбекович – председатель правления – ректор товарищества с ограниченной ответственностью "Astana IT University", кандидат физико-математических наук (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z207" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Генеральный директор акционерного общества "Qarмet" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z205" w:id="111"/>
-[...15 lines deleted...]
-      41. Председатель правления товарищества с ограниченной ответственностью "Корпорация Казахмыс" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z208" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Председатель правления акционерного общества "Национальная атомная компания "Казатомпром" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z206" w:id="112"/>
-[...15 lines deleted...]
-      42. Генеральный директор товарищества с ограниченной ответственностью "Евразийская группа" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z209" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Председатель правления акционерного общества "Национальная компания "КазМунайГаз" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z207" w:id="113"/>
-[...15 lines deleted...]
-      43. Генеральный директор акционерного общества "Qarмet" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z210" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Председатель правления акционерного общества "Казахстанская компания по управлению электрическими сетями (Kazakhstan Electricity Grid Operating Company) "KEGOC" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z208" w:id="114"/>
-[...15 lines deleted...]
-      44. Председатель правления акционерного общества "Национальная атомная компания "Казатомпром" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z211" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Председатель правления акционерного общества "Национальная компания "QazaqGaz" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z209" w:id="115"/>
-[...15 lines deleted...]
-      45. Председатель правления акционерного общества "Национальная компания "КазМунайГаз" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z212" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Председатель правления товарищества с ограниченной ответственностью "KAZ Minerals Management" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z210" w:id="116"/>
-[...15 lines deleted...]
-      46. Председатель правления акционерного общества "Казахстанская компания по управлению электрическими сетями (Kazakhstan Electricity Grid Operating Company) "KEGOC" (по согласованию).</w:t>
+    <w:bookmarkStart w:name="z213" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Ахмад Вакар – президент автономной организации образования "Назарбаев Университет" (по согласованию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z211" w:id="117"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4624,1008 +4892,1008 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 7 октября 2024 года № 826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 января 2012 года № 47 "О внесении изменения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжение Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 13 ноября 2012 года № 1445 "О внесении изменений в некоторые решения Правительства Республики Казахстан и распоряжение Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 ноября 2012 года № 1489 "О внесении изменения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 апреля 2013 года № 358 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 апреля 2014 года № 329 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 сентября 2014 года № 970 "О внесении изменений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан и признании утратившими силу некоторых решений Правительства Республики Казахстан и распоряжений Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 4 июля 2016 года № 394 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 декабря 2016 года № 885 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 июня 2018 года № 341 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 апреля 2019 года № 214 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z136" w:id="132"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 18 сентября 2019 года № 697 "О внесении изменений в постановления Правительства Республики Казахстан от 25 мая 2013 года № 516 "О мерах по реализации Указа Президента Республики Казахстан от 22 мая 2013 года № 571 "О некоторых мерах по оптимизации системы управления институтами развития, финансовыми организациями и развития национальной экономики" и от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z137" w:id="133"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 июня 2020 года № 386 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z138" w:id="134"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 октября 2020 года № 624 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z139" w:id="135"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 сентября 2021 года № 603 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z140" w:id="136"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 января 2022 года № 34 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z141" w:id="137"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 апреля 2022 года № 268 "О некоторых вопросах консультативно-совещательных органов при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z142" w:id="138"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 25 мая 2022 года № 329 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z143" w:id="139"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 октября 2022 года № 846 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z144" w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 марта 2023 года № 236 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z145" w:id="141"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 августа 2023 года № 635 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 ноября 2023 года № 1005 "О внесении изменений в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z147" w:id="143"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 марта 2024 года № 218 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 апреля 2011 года № 429 "О создании Высшей научно-технической комиссии при Правительстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z148" w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>