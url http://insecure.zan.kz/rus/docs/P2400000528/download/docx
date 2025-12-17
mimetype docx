--- v0 (2025-11-07)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c25f8b3" w14:textId="c25f8b3">
+    <w:p w14:paraId="3d3f07f" w14:textId="3d3f07f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -248,156 +248,137 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> главы 3 настоящих Правил гарантирования, которые вводятся в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министр </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3617,234 +3598,420 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Комиссия за риски при предоставлении гарантии оплачивается банком в пользу Банка Развития не реже одного раза в календарный год согласно договору о предоставлении банковской гарантии путем перечисления средств от банка на счет Банка Развития.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z165" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. АО "НУХ "Байтерек" привлекает бюджетные кредиты в соответствии с условиями и критериями, определенными бюджетным законодательством Республики Казахстан.</w:t>
+      31. АО "НИХ "Байтерек" привлекает бюджетные кредиты в соответствии с условиями и критериями, определенными бюджетным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 – в редакции постановления Правительства РК от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z166" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. После исполнения положений, предусмотренных пунктом 31 настоящих Правил гарантирования, Банк Развития в пределах своих лимитов определяет перечень банков с целью распределения бюджетных средств и предоставления гарантий в соответствии с настоящими Правилами гарантирования. АО "НУХ "Байтерек" размещает на отдельном банковском счете Банка Развития сумму средств в соответствии с условиями заключенного между АО "НУХ "Байтерек" и Банком Развития договора займа.</w:t>
+      32. После исполнения положений, предусмотренных пунктом 31 настоящих Правил гарантирования, Банк Развития в пределах своих лимитов определяет перечень банков с целью распределения бюджетных средств и предоставления гарантий в соответствии с настоящими Правилами гарантирования. АО "НИХ "Байтерек" размещает на отдельном банковском счете Банка Развития сумму средств в соответствии с условиями заключенного между АО "НИХ "Байтерек" и Банком Развития договора займа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 – в редакции постановления Правительства РК от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z167" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. По мере получения Банком Развития бюджетного кредита от АО "НУХ "Байтерек" согласно договору займа либо при досрочном погашении банком бюджетного кредита, Банк Развития распределяет бюджетные средства в банки путем заключения договора межбанковского кредитования на следующих условиях:</w:t>
+      33. По мере получения Банком Развития бюджетного кредита от АО "НИХ "Байтерек" согласно договору займа либо при досрочном погашении банком бюджетного кредита Банк Развития распределяет бюджетные средства в банки путем заключения договора межбанковского кредитования на следующих условиях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z168" w:id="156"/>
+    <w:bookmarkStart w:name="z243" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) целевое назначение – финансирование банком инвестиционных проектов субъектов предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z169" w:id="157"/>
-[...15 lines deleted...]
-      2) ставка вознаграждения - не более 2,5 (два целых пять десятых) процентов годовых;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ставка вознаграждения – не более 2,5 (два целых пять десятых) процента годовых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z170" w:id="158"/>
-[...15 lines deleted...]
-      3) срок кредитования - до двадцати лет;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) срок кредитования – до двадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z171" w:id="159"/>
-[...15 lines deleted...]
-      4) срок освоения банком кредитных средств - восемнадцать месяцев с даты заключения договора межбанковского кредитования;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) срок освоения банком кредитных средств – восемнадцать месяцев с даты заключения договора межбанковского кредитования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z172" w:id="160"/>
-[...15 lines deleted...]
-      5) валюта кредитования - тенге;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) валюта кредитования – тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z173" w:id="161"/>
+    <w:bookmarkStart w:name="z248" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при погашении субъектом предпринимательства кредита перед банком разрешается повторное финансирование банком субъектов предпринимательства за счет возвращенных средств на условиях, определенных настоящими Правилами гарантирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z174" w:id="162"/>
-[...15 lines deleted...]
-      7) ставка вознаграждения по кредиту для субъекта предпринимательства в банке - не более 11,5 (одиннадцать целых пять десятых) процента годовых с учетом комиссии за риски при предоставлении гарантии Банком Развития.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ставка вознаграждения по кредиту для субъекта предпринимательства в банке – не более 11,5 (одиннадцать целых пять десятых) процента годовых с учетом комиссии за риски при предоставлении гарантии Банком Развития.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 – в редакции постановления Правительства РК от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z175" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Источниками финансирования по кредиту субъекта предпринимательства в банке являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:bookmarkStart w:name="z176" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4597,110 +4764,109 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение средств из республиканского бюджета для оплаты комиссии за риски при предоставлении гарантий АО "Банк Развития Казахстана"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="1400"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="1232"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="1767"/>
+        <w:gridCol w:w="1219"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4729,416 +4895,416 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование инвестиционного проекта/экспортной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОКЭД инвестиционного проекта/ экспортной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость инвестиционного проекта/ экспортной операции, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Запрашиваемая сумма кредита, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок предполагаемого кредита, мес.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк, планирующий финансирование инвестиционного проекта/ экспортной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма гарантии, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость комиссии за риски гарантии Банка Развития, % годовых</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма комиссии за риски гарантии Банк Развития, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5167,339 +5333,339 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5538,1219 +5704,1457 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Перечень инвестиционных проектов, экспортных операций субъектов предпринимательства, предлагаемых к гарантированию в соответствии с Правилами частичного гарантирования по кредитам субъектов частного предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6771,349 +7175,419 @@
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...297 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7121,3098 +7595,3420 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Перечень заключенных договоров о предоставлении банковских гарантий субъектам предпринимательства, подлежащих гарантированию в соответствии с Правилами частичного гарантирования по кредитам субъектов частного предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование субъекта предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование инвестиционного проекта/экспортной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты договора о предоставлении банковской гарантии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОКЭД инвестиционного проекта/ экспортной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость инвестиционного проекта/ экспортной операции, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма кредита, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок кредита, мес.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк-кредитор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма гарантии, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость комиссии за риски гарантии Банка Развития, % годовых</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма комиссии за риски гарантии Банка Развития, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z208" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должность, фамилия, имя, отчество (при его наличии) руководителя, ответственного за предоставление заявки на субсидирование комиссии при предоставлении гарантии акционерного общества "Банк Развития Казахстана"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z209" w:id="191"/>
@@ -10876,221 +11672,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ставка вознаграждения по кредиту:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="408"/>
+        <w:gridCol w:w="906"/>
+        <w:gridCol w:w="1309"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="1383"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="3981"/>
+        <w:gridCol w:w="613"/>
+        <w:gridCol w:w="1068"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="408" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="906" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитный договор (№ и дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Статья расходов по смете расходов по проекту (согласно кредитному договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11227,704 +12022,704 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма платежа в валюте кредитного договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма платежа в валюте контракта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование, дата и реквизиты документов, на основании которых осуществлен платеж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назначение платежа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="3981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование, дата и реквизиты документов, подтверждающих целевое использование (акты приема-передачи, счета-фактуры, накладные, акты выполненных работ (оказанных услуг), акт приемки объекта в эксплуатацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма по подтверждающим документам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отметка о соответствии/не соответствии целевому использованию заемных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="3981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11960,1278 +12755,1476 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="7511"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="1021"/>
+        <w:gridCol w:w="122"/>
+        <w:gridCol w:w="122"/>
+        <w:gridCol w:w="122"/>
+        <w:gridCol w:w="122"/>
+        <w:gridCol w:w="122"/>
+        <w:gridCol w:w="123"/>
+        <w:gridCol w:w="123"/>
+        <w:gridCol w:w="560"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="7511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Договор банковского займа №___ от _____ года в рамках Соглашения об открытии кредитной линии №___ от ____ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование статьи в соответствии с утвержденной сметой расходов по кредитному договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий размер статьи в валюте займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z233" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...223 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует/</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не соответствует.</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="208"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z234" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *Договор, финансируемый за счет кредитных средств банка второго уровня</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z235" w:id="210"/>
@@ -13391,55 +14384,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>