--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7357507" w14:textId="7357507">
+    <w:p w14:paraId="ceec67c" w14:textId="ceec67c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,650 +136,464 @@
         <w:t>
       Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Внести в некоторые решения Правительства Республики Казахстан следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Утратил силу постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) в </w:t>
+      2) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 ноября 2014 года № 1222 "Об утверждении Правил предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации":</w:t>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 2014 года № 1358 "Об утверждении Правил возмещения вреда (ущерба), причиненного пострадавшим, вследствие чрезвычайных ситуаций природного характера":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z19" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации, утвержденных указанным постановлением:</w:t>
+        <w:t xml:space="preserve"> возмещения вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z21" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "В отдельных случаях, при чрезвычайных ситуациях природного характера к жилищу относится строение, предназначенное для временного (сезонного) проживания, разрушенное или ставшее непригодным для проживания собственников и их семей, не имеющих другого жилища на праве собственности на момент объявления чрезвычайной ситуации на территории административно-территориальной единицы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить пунктом 3-2 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z23" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3-2. При наличии у собственника, его супруга (-и) и несовершеннолетних детей нескольких строений, предназначенных для временного (сезонного) проживания, предусмотренных частью второй пункта 2 настоящих Правил, возмещению подлежит только одно из строений.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункт 9-1 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9-1. В случаях частичного повреждения жилища в результате чрезвычайной ситуации природного характера местный исполнительный орган на основании технического обследования и сметной документации определяет один из механизмов его восстановления путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) привлечения подрядной организации для проведения ремонтных работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выплаты расходов гражданам, принявшим решение о самостоятельном осуществлении ремонтных работ.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее постановление вводится в действие со дня его подписания и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>