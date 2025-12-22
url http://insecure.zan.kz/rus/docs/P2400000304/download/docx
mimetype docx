--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1175f10" w14:textId="1175f10">
+    <w:p w14:paraId="8f1f02d" w14:textId="8f1f02d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -476,1476 +476,508 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В </w:t>
+      1. Утратил силу постановлением Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z46" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 ноября 2014 года № 1222 "Об утверждении Правил предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации":</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 2014 года № 1358 "Об утверждении Правил возмещения вреда (ущерба), причиненного пострадавшим, вследствие чрезвычайных ситуаций природного характера":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z47" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> предоставления жилищ гражданам, оставшимся без жилища в результате чрезвычайной ситуации, утвержденных указанным постановлением:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+        <w:t xml:space="preserve"> возмещения вреда (ущерба), причиненного пострадавшим вследствие чрезвычайных ситуаций природного характера, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
+        <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
-[...111 lines deleted...]
-      "3. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z49" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Требования настоящих Правил не распространяются на временные строения, хозяйственно-бытовые и иные постройки, не относящиеся в соответствии с законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности к объектам недвижимости, а также незаконно построенные объекты, ценную одежду, предметы роскоши либо изготовленные из драгоценных металлов, предметы, имеющие художественную ценность, а также имущество, которое в момент возникновения чрезвычайных ситуаций являлось объектом страхования, подлежит возмещению в порядке, определенном гражданским законодательством Республики Казахстан, за счет средств страховщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
-[...15 lines deleted...]
-      4) жилище – отдельная жилая единица (индивидуальный жилой дом, квартира, комната в общежитии, модульный (мобильный) жилой дом), предназначенная и используемая для постоянного проживания, а также строение, предназначенное для временного (сезонного) проживания, разрушенное или ставшее непригодным для проживания собственников, не имеющих другого жилища на праве собственности на территории Республики Казахстан;";</w:t>
+    <w:bookmarkStart w:name="z50" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отдельных случаях, при чрезвычайных ситуациях природного и техногенного характера к жилищу относится строение, предназначенное для временного (сезонного) проживания, разрушенное или ставшее непригодным для проживания для собственников, не имеющих другого жилища на праве собственности на момент объявления чрезвычайной ситуации на территории административно-территориальной единицы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...127 lines deleted...]
-      "4. Граждане, оставшиеся без жилища в результате чрезвычайной ситуации, после возникновения чрезвычайной ситуации обращаются в местный исполнительный орган, на территории которого произошла чрезвычайная ситуация, с предоставлением следующих документов:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 9-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
-[...15 lines deleted...]
-      1) копия документа, удостоверяющего личность пострадавшего гражданина;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9-1. В случаях частичного повреждения жилища в результате чрезвычайной ситуации, природного и техногенного характера, местный исполнительный орган на основании технического обследования и сметной документации определяет один из механизмов его восстановления путем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z25" w:id="11"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) привлечения подрядной организации для проведения ремонтных работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
-[...15 lines deleted...]
-      3) кадастрового паспорта объекта недвижимости (жилища);</w:t>
+    <w:bookmarkStart w:name="z54" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выплаты расходов гражданам, принявшим решение о самостоятельном осуществлении ремонтных работ.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
-[...15 lines deleted...]
-      4) идентификационного документа на земельный участок (акт на право частной собственности на земельный участок);</w:t>
+    <w:bookmarkStart w:name="z55" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 14-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z28" w:id="14"/>
-[...15 lines deleted...]
-      5) справки об отсутствии (наличии) недвижимого имущества, выданной Государственной корпорацией "Правительство для граждан".</w:t>
+    <w:bookmarkStart w:name="z56" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14-1. После принятия решения о выделении средств местный исполнительный орган в течение 5 рабочих дней заключает соглашение с собственником жилища на осуществление подрядной организацией ремонтных работ или выплаты средств для самостоятельного осуществления ремонтных работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z29" w:id="15"/>
-[...15 lines deleted...]
-      В случае отсутствия у пострадавших граждан правоустанавливающих документов на жилище подтверждением владения указанным жилищем являются сведения из АО НК "Қазақстан ғарыш сапары", а также одни из сведений: органов социальной защиты; внутренних дел, государственной корпорации "Правительство для граждан"; учреждений здравоохранения и образования; об оплате коммунальных платежей.";</w:t>
+    <w:bookmarkStart w:name="z57" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соглашении при самостоятельном осуществлении ремонтных работ содержится информация о предоставлении собственником жилища, получившим выплаты, отчета о выполненных восстановительных работах с фото фиксацией в течение шести месяцев со дня выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...71 lines deleted...]
-      "5. Списки граждан, оставшихся без жилища и нуждающихся в его получении, формируются на основании обращений. Обращения от пострадавших граждан принимаются в течение двух месяцев со дня объявления чрезвычайной ситуации.";</w:t>
+    <w:bookmarkStart w:name="z58" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления соответствующего отчета местный исполнительный орган вправе обратиться в судебные органы о понуждении возврата выделенных средств.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z32" w:id="17"/>
-[...15 lines deleted...]
-      дополнить пунктом 7-2 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 15-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z33" w:id="18"/>
-[...15 lines deleted...]
-      "7-2. При подтверждении организациями сведений, предусмотренных пунктом 4 настоящих Правил, комиссией по обеспечению жильем принимается решение о предоставлении жилища из государственного жилищного фонда.";</w:t>
+    <w:bookmarkStart w:name="z60" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15-1. Перечисление средств при самостоятельном осуществлении ремонтных работ гражданами осуществляется на лицевой или карты-счета граждан, открытые в банках второго уровня, Национальном операторе почты или иных организациях, имеющих лицензию на проведение отдельных видов банковских операций.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
-[...722 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>