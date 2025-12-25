--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ecfab4b" w14:textId="ecfab4b">
+    <w:p w14:paraId="53c8de4" w14:textId="53c8de4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,89 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правительства Республики Казахстан от 24 ноября 2023 года № 1039.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок постановления вносится изменение на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 937</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
@@ -166,50 +204,112 @@
         <w:t xml:space="preserve">
       1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Концепцию</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> военно-патриотического воспитания молодежи до 2030 года (далее – Концепция).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 1 вносится изменение на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 937</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Центральным, местным исполнительным органам и иным государственным органам (по согласованию), ответственным за реализацию Концепции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -607,68 +707,104 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Концепция</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>военно-патриотического воспитания молодежи до 2030 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Концепция – в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 937</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Содержание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
@@ -825,61 +961,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Раздел 4</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. Видение развития военно-патриотического воспитания молодежи </w:t>
+        <w:t>Раздел 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Видение дальнейшего развития военно-патриотического воспитания молодежи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -891,97 +1027,97 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Раздел 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. Основные принципы и подходы развития</w:t>
+        <w:t xml:space="preserve">. Основные принципы и подходы развития </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Направление 1</w:t>
+        <w:t>Направление 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Совершенствование структуры органов военно-патриотической работы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -993,51 +1129,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Направление 2</w:t>
+        <w:t>Направление 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Повышение уровня профессиональной подготовки организаторов и специалистов военно-патриотического воспитания, совершенствование форм и методов работы по военно-патриотическому воспитанию молодежи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1049,51 +1185,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Направление 3</w:t>
+        <w:t>Направление 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Формирование и развитие патриотических качеств у молодежи, воспитание их на основе традиций Вооруженных Сил Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1161,51 +1297,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Направление 5</w:t>
+        <w:t>Направление 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Информационное обеспечение военно-патриотического воспитания молодежи </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1283,54 +1419,94 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. План действий по реализации Концепции военно-патриотического воспитания молодежи до 2030 года</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="9"/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>План</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действий по реализации Концепции военно-патриотического воспитания молодежи до 2030 года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z27" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 1. Паспорт</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -1353,67 +1529,67 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1. Наименование </w:t>
+1. Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="10"/>
+          <w:bookmarkStart w:name="z28" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Концепция военно-патриотического воспитания молодежи до 2030 года</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1440,51 +1616,51 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Основание для разработки</w:t>
+2. Основание для разработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1507,2566 +1683,2774 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Государственные органы, ответственные за разработку и реализацию Концепции</w:t>
+3. Государственные органы, ответственные за разработку и реализацию Концепции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="11"/>
-[...15 lines deleted...]
-Министерство обороны Республики Казахстан,</w:t>
+          <w:bookmarkStart w:name="z29" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министерство обороны Республики Казахстан, Министерство культуры и информации Республики Казахстан, Министерство просвещения Республики Казахстан, Министерство по чрезвычайным ситуациям Республики Казахстан, Служба государственной охраны Республики Казахстан, Комитет национальной безопасности Республики Казахстан, Министерство внутренних дел Республики Казахстан, местные исполнительные органы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство культуры и информации Республики Казахстан, Министерство просвещения Республики Казахстан, Министерство по чрезвычайным ситуациям Республики Казахстан, Служба государственной охраны Республики Казахстан, Комитет национальной безопасности Республики Казахстан, Министерство внутренних дел Республики Казахстан, местные исполнительные органы</w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-4. Сроки реализации</w:t>
+          <w:bookmarkStart w:name="z30" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сроки реализации</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 – 2030 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="12"/>
+    <w:bookmarkStart w:name="z31" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 2. Анализ текущей ситуации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z30" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z32" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Организация работы по военно-патриотическому воспитанию подрастающего поколения в Республике Казахстан осуществляется центральными государственными и местными исполнительными органами, а также общественными объединениями в пределах их компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными координаторами данного процесса выступают министерства обороны, просвещения, местные исполнительные органы и республиканские общественные объединения. В целях повышения эффективности военно-патриотического воспитания молодежи в 2015 году при Министерстве обороны был создан Национальный военно-патриотический центр Вооруженных Сил, ставший координационным органом в данной сфере. На его базе в 2018 году учреждено республиканское детско-юношеское военно-патриотическое движение "Жас сарбаз" (далее – движение "Жас сарбаз"). На момент создания движение объединяло 73164 ребенка, охваченных через 2828 военно-патриотических клубов. В настоящее время движение имеет структурные подразделения – филиалы в 17 областях и 3 городах республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При образовательных организациях действует 388 кружков "Smart-sarbaz", в которых занимаются около 6500 воспитанников. Деятельность кружков ориентирована на формирование научно-технического мышления, развитие инженерных навыков и подготовку молодежи к созданию собственных технологических решений. Обучение ведется с использованием современных цифровых технологий, включая элементы виртуальной и дополненной реальности, что позволяет сочетать традиционные формы патриотического воспитания с инновационными образовательными практиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ежегодно проводятся учебно-методические сборы с председателями региональных филиалов движения "Жас сарбаз", руководителями клубов и преподавателями начальной военной подготовки. Это способствует повышению профессионализма специалистов в сфере военно-патриотического воспитания и внедрению новых форм работы с молодежью. Только в 2024 году центральными и местными исполнительными органами было проведено около 46,8 тыс. мероприятий военно-патриотической направленности, среди которых акции, военно-спортивные и военно-тактические игры, встречи с ветеранами Вооруженных Сил, а также чемпионаты и конкурсы с использованием цифровых технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особое место в системе мероприятий занимает ежегодный республиканский военно-патриотический сбор молодежи "Айбын" (далее – сбор). Отбор участников проходит в несколько этапов – от районного до республиканского уровня, а в заключительном этапе участвуют лучшие команды, представляющие школы, специализированные учебные заведения: республиканские школы "Жас улан", военные школы-интернаты, а также военно-патриотические клубы при воинских частях и учреждениях Вооруженных Сил, других войск и воинских формирований. В 2019 – 2025 годах в его мероприятиях принимал участие Президент Республики Казахстан – Верховный Главнокомандующий Вооруженных Сил Токаев К.К. С 2022 года сбор проводится в международном формате, в 2025 году участие в нем приняли команды из шести стран: Азербайджана, Беларуси, Казахстана, Кыргызстана, России и Узбекистана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Важным шагом в институционализации этой деятельности стало создание в январе 2025 года при Министерстве обороны Республиканского координационного совета по военно-патриотическому воспитанию молодежи, в состав которого вошли первые руководители заинтересованных государственных органов, акимы областей и городов республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках реализации Единой программы воспитания "Адал азамат", принятой в 2024 году, в образовательных организациях систематически внедряются патриотические практики: исполнение Государственного Гимна, проведение тематических мероприятий, встречи с военными специалистами и ветеранами. На сегодняшний день в системе образования функционирует 514 военно-патриотических классов и 24 кадетских класса, а также 5 специализированных военных школ-интернатов, что свидетельствует о расширении инфраструктуры военно-патриотического воспитания. Особое значение имеет предмет начальной военной подготовки, которым охвачено более 700 тыс. учащихся 10-11 классов и студентов колледжей. Данный предмет выполняет системообразующую функцию, обеспечивая формирование базовых военных знаний и навыков, развитие дисциплины, чувства долга перед Родиной, лидерских качеств и ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вместе с тем наряду с достигнутыми результатами сохраняются проблемы, которые сдерживают дальнейшее развитие системы военно-патриотического воспитания. К ним относятся недостаточная координация между государственными органами, местными исполнительными органами и общественными объединениями, что приводит к разрозненности усилий; ограниченность методической базы и сложность подготовки квалифицированных кадров в образовательных учреждениях; недостаточность материально-технического и финансового обеспечения клубов и специализированных классов; слабая интеграция военно-патриотических мероприятий с общей системой воспитательной работы в школах; а также недостаточное использование цифровых и медийных инструментов для популяризации воинской службы и продвижения патриотических ценностей в молодежной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Организация работы по военно-патриотическому воспитанию подрастающего поколения в Республике Казахстан проводится в основном в рамках деятельности центральных государственных и местных исполнительных органов, а также общественных объединений в пределах своей компетенции. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="14"/>
+      Анализ текущей ситуации свидетельствует о том, что дальнейшее развитие военно-патриотического воспитания требует системной, целенаправленной работы, усиления межведомственной координации и комплексного подхода, обеспечивающего устойчивое повышение эффективности воспитательной деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 3. Обзор международного опыта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Международный опыт военно-патриотического воспитания молодежи демонстрирует, что устойчивое формирование гражданственности и готовности к защите Родины возможно лишь при системном сочетании истории, традиций, ценностей и современных образовательных форматов. В большинстве стран вопросы патриотического воспитания являются частью государственной политики и воспринимаются как стратегическая задача обеспечения национальной безопасности и сплоченности общества. Для Казахстана ценность данного опыта состоит в возможности адаптировать лучшие практики к национальным условиям, учитывая культурные особенности и стратегические приоритеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особый интерес представляет опыт государств региона, близких по историко-культурному и социальному контексту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Узбекистане центральным элементом военно-патриотического воспитания является движение "Ватан Таянчи", охватывающее всех учащихся старших классов общеобразовательных школ. Руководство движением осуществляется напрямую заместителем министра обороны, что показывает значимость институционализации молодежных объединений и их прямой связи с государственными органами. Опыт Узбекистана демонстрирует возможности для расширения организационного потенциала движения "Жас сарбаз" и увеличения охвата молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Кыргызстане патриотическое воспитание тесно связано с задачами укрепления межэтнического согласия и уважения к традициям Вооруженных сил, что имеет особую актуальность и для Казахстана как многонационального государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Турции патриотизм выступает основой национальной идентичности, а армия занимает ключевое место в общественном сознании, что формирует сильную связь общества и государства. Такой гармоничный союз между обществом и государством, основанный на взаимном уважении, ответственности и любви к Родине, служит примером эффективной гражданской солидарности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Беларуси важнейшей составляющей патриотического воспитания выступает семья, которая при государственной поддержке – через специальные программы и методическую помощь родителям – становится ключевым звеном передачи ценностей и формирования ответственности у молодежи. Данный опыт представляет интерес в контексте сохранения культурной идентичности, укрепления института семьи и формирования патриотических ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В России выстроена комплексная система военно-патриотического воспитания: специализированные центры, оборонно-спортивные лагеря, присвоение почетных наименований образовательным организациям. Этот механизм стимулирует школы, колледжи и вузы к активному развитию патриотического воспитания, повышает их престиж в обществе и создает здоровую конкуренцию за статус лучших образовательных учреждений в области гражданско-патриотического формирования молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Китае патриотическое воспитание строится на регулярном обновлении программ, акценте на культурно-историческом наследии и развитии разнообразных форм активного вовлечения молодежи. Широкий охват и планомерный подход позволяют значительно повысить качество и результативность военно-патриотического воспитания, способствуя формированию у молодежи стойких гражданских и патриотических ориентиров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Первые попытки урегулирования системы патриотического воспитания молодежи в стране были отражены в Государственной программе патриотического воспитания граждан на 2006 – 2008 годы, которая содержала теоретические и методологические основы военно-патриотического воспитания. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="15"/>
+      Перечисленные зарубежные практики демонстрируют ценность системного подхода к военно-патриотическому воспитанию, когда воспитательная деятельность интегрирована в ключевые государственные институты и охватывает разные уровни общества – от семьи до системы образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В резолюции Совета Безопасности Организации Объединенных Наций от 9 декабря 2015 года № 2250 особо подчеркивается важность разработки молодежной политики национальными правительствами. В Казахстане Концепция государственной молодежной политики, рассчитанная на период до 2020 года, была разработана в целях реализации Стратегии развития Республики Казахстан до 2050 года. С 2021 года начался новый этап в реализации молодежной политики, связанный с принятием Комплексного плана по поддержке молодежи Республики Казахстан на 2021 – 2025 годы. Кроме того, специальные государственные меры поддержки молодежи также представлены в рамках ряда проектов и программ. Вместе с тем следует отметить, что определенные тенденции развития в стране и мире предполагают обновление действующей системы военно-патриотического воспитания и разработку новой концепции. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="16"/>
+      Сравнительный анализ опыта других стран позволяет обобщить направления военно-патриотического воспитания. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      26 декабря 2022 года подписан </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="17"/>
+      Историко-патриотическое направление. Одними из ключевых компонентов военно-патриотического воспитания являются изучение истории и формирование уважения к прошлому страны. Так, в Китае и России действуют программы, включающие уроки мужества, реконструкцию исторических сражений и массовые экскурсии в музеи военной славы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z53" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Значительным шагом на пути воспитания патриотизма у молодежи стала Концепция государственной молодежной политики Республики Казахстан на 2023 – 2029 годы от 28 марта 2023 года, в рамках которой центральными государственными и местными исполнительными органами, общественными объединениями организована работа по военно-патриотическому воспитанию молодежи. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="18"/>
+      Военно-спортивная подготовка. В Южной Корее и Израиле действуют специализированные программы допризывной подготовки (военно-спортивные лагеря, марш-броски и т.д.), что позволяет обеспечить высокий уровень физической и психологической готовности к службе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Духовно-нравственное воспитание. Духовно-нравственное воспитание в Японии и Германии акцентирует внимание на коллективизме, уважении к старшим и социальной ответственности, демонстрируя важность долгосрочных социальных инициатив для формирования устойчивых ценностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Основным локомотивом процесса военно-патриотического воспитания молодежи в стране являются министерства обороны, просвещения, местные исполнительные органы и республиканское общественное объединение "Детско-юношеское военно-патриотическое движение "Жас сарбаз" (далее – движение "Жас сарбаз"), которое создано в 2018 году на базе Национального военно-патриотического центра Вооруженных Сил Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="19"/>
+      Гражданская активность и участие в общественной жизни. Опыт стран Европейского Союза и Соединенных Штатов подчеркивает ценность институционализированного участия молодежи в общественной жизни – от молодежных парламентов до инициативных проектов, реально влияющих на принятие решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Информационно-просветительская работа. Особую актуальность приобретает информационно-просветительское направление с использованием цифровых технологий. Опыт Финляндии и Эстонии показывает, что цифровые технологии могут быть не только инструментом коммуникации, но и использоваться как полноценные образовательные и культурные платформы, способствующие формированию национальной идентичности и гражданской ответственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Благодаря деятельности движения "Жас сарбаз" и его филиалов во всех регионах страны количество военно-патриотических клубов за последние пять лет выросло с 2828 до 8672</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="20"/>
+      Сотрудничество с военными организациями. Значимой является и практика прямого взаимодействия молодежи с армией, характерная для Турции и Израиля, где учащиеся знакомятся с воинской службой через экскурсии, совместные учения и наставничество. Такие практики помогают не только познакомиться с условиями и требованиями службы, но и воспитывают уважение к традициям и ценностям Вооруженных сил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Таким образом, международный опыт показывает, что успешные системы военно-патриотического воспитания строятся на комплексном подходе, объединяющем историко-культурное наследие, физическую подготовку, духовные ценности, активное гражданское участие, цифровые технологии и практическое взаимодействие с армией. Казахстан уже реализует многие из этих практик и обладает потенциалом для их дальнейшего развития. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 4. Видение дальнейшего развития военно-патриотического воспитания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Министерством обороны совместно с местными исполнительными органами и движением "Жас сарбаз" ежегодно проводится военно-патриотический сбор молодежи "Айбын", в котором принимает участие около двух тысяч военно-патриотических клубов и до 55 тысяч юношей и девушек.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="21"/>
+      Современное военно-патриотическое воспитание должно развиваться в условиях глубоких социальных и технологических изменений, которые формируют новые требования к личности гражданина Казахстана. Перед государством стоит задача не только сохранить традиции и ценности, но и подготовить молодежь к вызовам времени. В этом контексте идея Президента Республики Казахстан Касым-Жомарта Токаева, озвученная на третьем заседании Национального курултая "Адал адам – Адал еңбек – Адал табыс", приобретает особую значимость. Концепция "Адал азамат" отражает образ гражданина, для которого честность, трудолюбие и справедливость являются не только личными качествами, но и основой общественного доверия и устойчивости государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Проводимая на сегодняшний день работа по военно-патриотическому воспитанию направлена на формирование и развитие у подрастающего поколения таких качеств как ответственность, высокая духовность, нравственность, активная гражданская позиция, патриотическое сознание, справедливость, целеустремленность, сплоченность, любовь и трепетное отношение к родной Земле.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="22"/>
+      Молодежь является главным ресурсом и будущим страны. Честность, трудолюбие, уважение к закону и готовность служить Родине должны стать неотъемлемыми чертами характера молодого казахстанца. Современный гражданин Казахстана – это образованный, инициативный и морально устойчивый человек, способный к ответственному выбору и активной гражданской позиции. Военно-патриотическое воспитание должно отвечать вызовам нового времени и включать современные направления: использование беспилотных летательных аппаратов, основы кибербезопасности, защиту информационного пространства и другие технологические аспекты, составляющие оборонный потенциал страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Юноши, состоящие в рядах движения "Жас сарбаз", гораздо чаще выбирают профессию защитника Родины. Придерживаясь данного вектора развития, общество стабильно обеспечивает себе прочную платформу в виде ценностно-ориентированного, образованного, воспитанного на основах духовности и нравственности, патриотически настроенного гражданина.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="23"/>
+      Неотъемлемой задачей является повышение роли преподавателей начальной военной подготовки. Их профессиональный статус и методическая база должны соответствовать современным требованиям. В образовательные программы подготовки необходимо включать цифровые технологии, симуляционные тренажеры, VR/AR и другие инновационные инструменты. Одновременно важно формировать методические рекомендации для колледжей и вузов, особенно на базе военных кафедр, чтобы готовить студентов не только к службе, но и к аналитическому мышлению, технической подготовке и пониманию актуальных угроз. Значимое место в воспитательном процессе занимает национальная история. Популяризация образов героев, защищавших Родину, через памятные даты и культурно-образовательные мероприятия, такие как "Дни батыров", способствует укреплению связи поколений и формированию у молодежи чувства гордости и ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В целом анализ реализуемых проектов и проводимых мероприятий на местах показывает содержательную насыщенность и значимость военно-патриотического воспитания. Все большее распространение среди молодежи приобретает взгляд на патриотизм как на важнейшую ценность, интегрирующую не только социальный, но и духовный, нравственный, культурный и исторический компоненты.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="24"/>
+      Военно-патриотическое воспитание должно стать органичной частью Единой программы воспитания "Адал азамат", что обеспечит системность мероприятий, преемственность между уровнями образования и соответствие общегосударственным ценностям. Важным элементом является устойчивое взаимодействие образовательных организаций с воинскими частями, Национальной гвардией и Пограничной службой. Учебно-полевые сборы, военные игры и экскурсии позволят молодежи приобрести практические навыки и осознанное отношение к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Развитие данной системы невозможно без современной инфраструктуры. Электронные тиры, средства связи, оборудование для практических занятий и технического моделирования должны стать обязательной частью образовательной среды. Кружки технического творчества, включая дроноведение, программирование и аэромоделизм, будут способствовать не только патриотическому воспитанию, но и цифровой трансформации образования. Использование цифровых технологий должно охватывать все уровни воспитательной работы. Создание виртуальных тренажеров, VR/AR-сценариев, мобильных приложений и чат-ботов с элементами геймификации, а также активное распространение патриотического контента в социальных сетях через видеоролики, подкасты, челленджи и блоги обеспечат современный формат взаимодействия с молодежью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Вместе с тем в обществе сохраняется социальный запрос на развитие и совершенствование системы военно-патриотического воспитания и назрела необходимость повысить качество военно-патриотического воспитания молодежи в образовательных учреждениях, привлекая к участию все заинтересованные государственные структуры. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="25"/>
+      Формирование культуры здорового образа жизни должно стать частью воспитательной практики. Утренняя гимнастика, школьные соревнования, фестивали, смотры строя и песни не только укрепляют здоровье, но и формируют дисциплину, чувство коллективизма и национальной гордости. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="26"/>
+        <w:t>
+      Важными направлениями являются сотрудничество школ и колледжей с военными вузами, проведение встреч, профориентационных мероприятий и дней открытых дверей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кроме того, имеется ряд других проблемных вопросов в организации работы по военно-патриотическому воспитанию молодежи, как одной из важных составных элементов системы подготовки граждан к воинской службе.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="27"/>
+      Таким образом, развитие военно-патриотического воспитания в Казахстане должно сочетать традиционные ценности и современные подходы, объединяя духовно-нравственные, образовательные, социальные и технологические компоненты. Реализация данной концепции позволит сформировать поколение граждан, готовых с честью и достоинством выполнять свой долг перед Родиной, что станет важнейшей основой устойчивости и безопасности государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 5. Основные принципы и подходы развития </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="28"/>
+        <w:t>
+      Военно-патриотическое воспитание молодежи представляет собой системный и целенаправленный процесс, ориентированный на формирование у подрастающего поколения высокого уровня патриотического сознания, готовности к защите Родины, уважения к истории, культуре и традициям страны. Его содержание опирается на ключевые ценности, которые задают смысловую основу воспитательной работы и определяют ее стратегическое направление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Во-вторых, образовательные учреждения испытывают сложности с методическим обеспечением, особенно в части подготовки и переподготовки специалистов в области военно-патриотического воспитания молодежи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="29"/>
+      Ключевые ценности военно-патриотического воспитания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="30"/>
+        <w:t>
+      1. Независимость и патриотизм. Формирование у молодежи чувства гордости за независимость Казахстана, любви к Родине и готовности защищать ее интересы является фундаментом патриотического сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В-четвертых, создаваемые в общеобразовательных учреждениях военно-патриотические клубы и классы "Жас сарбаз" не имеют должной материальной и финансовой поддержки, охватывают своей деятельностью лишь незначительную часть молодежи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="31"/>
+      2. Единство и солидарность. Укрепление гражданской общности, уважение к истории, культуре и традициям народа Казахстана обеспечивают чувство национального единства и солидарности вне зависимости от этнической принадлежности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="32"/>
+        <w:t>
+      3. Справедливость и ответственность. Развитие правовой культуры, честности и стремления к справедливому обществу способствует воспитанию ответственности у молодежи и укреплению доверия в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Проведенный опрос в ходе проведения республиканского военно-патриотического сбора "Айбын" показывает, что молодежь Казахстана проводит в социальных сетях несколько часов ежедневно. Вопреки распространенным стереотипам о непопулярности традиционных средств массовой информации среди молодежи 36,1 % отметили казахстанское телевидение, газеты, радио. Практически каждый третий узнает о новостях и событиях через казахстанские интернет-ресурсы (29,5 %). В целом молодые люди, потребляющие интернет-контент, представляют собой потенциальную аудиторию для новых лидеров, мнения которых могут показать ей привлекательную идеологию, получить авторитет среди молодежи и пропагандировать собственную субъективную оценку происходящих событий.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+      4. Закон и порядок. Привитие дисциплины, уважения к Конституции и следование установленным нормам общественной жизни создают прочную основу для формирования правового государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Все это свидетельствует о необходимости продолжения работы и координации действий, направленных на решение всего комплекса проблемных вопросов военно-патриотического воспитания молодежи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+      5. Трудолюбие и профессионализм. Воспитание стремления к созидательному труду, самореализации и профессиональному росту в интересах страны формирует у молодежи ценности созидания и развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Настоящая Концепция подготовлена на основе изучения передового опыта, знаний и традиций в развитии у молодежи гражданственности, патриотизма, готовности к достойному служению Родине.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="35"/>
+      6. Созидание и новаторство. Поддержка инициативности, развитие творческого мышления и стремление внести личный вклад в будущее Казахстана подчеркивают важность инновационного подхода в патриотическом воспитании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+        <w:t>
+      Подходы к реализации военно-патриотического воспитания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      совершенствование структуры органов военно-патриотической работы;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+      Военно-патриотическое воспитание реализуется на основе комплексного подхода, включающего несколько взаимодополняющих направлений, каждое из которых отражает определенные аспекты формирования личности и укрепления гражданской идентичности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      повышение уровня профессиональной подготовки организаторов и специалистов военно-патриотического воспитания, совершенствование форм и методов работы по военно-патриотическому воспитанию молодежи;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="38"/>
+      1. Идеологический подход. Основывается на формировании патриотического сознания через систематическое освоение национальной истории, культуры, духовных и моральных ценностей Казахстана, что обеспечивает преемственность поколений и укрепление гражданской идентичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      формирование и развитие патриотических качеств у молодежи, воспитание их на основе традиций Вооруженных Сил Республики Казахстан;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="39"/>
+      2. Информационно-воспитательный подход. Направлен на повышение осведомленности молодежи о роли и значении Вооруженных Сил, героическом прошлом народа и важности воинской службы как почетной миссии и элемента государственной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      развитие материальной базы для военно-патриотического воспитания молодежи;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="40"/>
+      3. Социально-правовой подход. Формирует уважение к закону, укрепляет правовую культуру и способствует развитию активной гражданской позиции, ответственности и осознания личного вклада в будущее государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      информационное обеспечение военно-патриотического воспитания молодежи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="41"/>
+      4. Морально-нравственный подход. Опирается на воспитание внутреннего мира личности, включающего честность, чувство долга, верность и преданность Родине.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Реализация основных направлений Концепции позволит решить проблемы не только военно-патриотического, но и педагогического, социального и нравственного характера, обеспечить развитие у молодежи заинтересованного отношения к воинской службе, готовности к достойному выполнению функции по защите Отечества.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="42"/>
+      5. Психологический подход. Сосредоточен на развитии эмоционально-волевой устойчивости, способности к преодолению трудностей, мобилизации внутренних ресурсов и эффективным действиям в условиях стрессовых и экстремальных ситуаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Концепция ориентирована на молодежь и нацелена на совершенствование сложившейся системы военно-патриотического воспитания, предполагает расширение совместной деятельности государственных органов и общественных объединений в решении широкого спектра проблем данной направленности и призвана придать этому процессу дальнейшую динамику.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="43"/>
+      Основные направления реализации военно-патриотического воспитания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения результативного внедрения обозначенных принципов и подходов военно-патриотическое воспитание молодежи должно развиваться по ряду стратегических направлений, каждое из которых формирует основу целостной и устойчивой системы воспитательной работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Совершенствование структуры органов, ответственных за военно-патриотическую работу. Предполагает создание целостной и скоординированной системы организации воспитательного процесса на республиканском и региональном уровнях, обеспечивающей согласованность действий всех задействованных институтов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Повышение профессионального уровня организаторов и специалистов в данной сфере, внедрение современных форм и методов воспитательной деятельности. Включает подготовку кадров нового поколения, способных использовать инновационные методики, современные цифровые технологии и эффективные воспитательные практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Формирование патриотических качеств у молодежи на основе боевых и трудовых традиций Вооруженных Сил Республики Казахстан. Ориентировано на укрепление национальной памяти, уважение к подвигам предков и развитие чувства долга и ответственности за будущее страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Развитие материально-технической базы для организации и проведения мероприятий военно-патриотической направленности. Обеспечивает создание современной инфраструктуры, отвечающей потребностям воспитательной работы и позволяющей интегрировать практическую и цифровую подготовку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Эффективное информационное сопровождение, способствующее формированию положительного общественного мнения и вовлечению молодежи в патриотическую деятельность. Предполагает комплексную работу с медийными инструментами и цифровыми платформами для продвижения ценностей патриотизма и популяризации воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все указанные направления взаимосвязаны и реализуются в рамках единой системы, основанной на духовно-нравственных и мировоззренческих ориентирах, а также четко определенных целях, задачах, формах и методах воспитательной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Раздел 3. Обзор международного опыта</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="44"/>
+        <w:t xml:space="preserve"> 5.1. Совершенствование структуры органов военно-патриотической работы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Анализ зарубежного опыта организации и проведения работы по военно-патриотическому воспитанию подрастающего поколения показывает, что основной целью всех стратегий является воспитание патриотически настроенного молодого человека, готового к защите Отечества.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="45"/>
+      Совершенствование структуры органов военно-патриотической работы предполагает формирование устойчивой и скоординированной системы, обеспечивающей эффективность и преемственность воспитательных процессов на всех уровнях образования и во всех социальных группах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z94" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В рамках Концепции рассмотрен опыт некоторых зарубежных стран в сфере военно-патриотического воспитания молодежи.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="46"/>
+      1. Формирование целостной системы военно-патриотического воспитания на республиканском и региональном уровнях, охватывающей все ступени образования и обеспечивающей единство целей, задач и методов работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z95" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Последовательная и интенсивная работа по воспитанию граждан в духе патриотизма и развития духовно-идейных ценностей проводится в Республике Узбекистан. Военно-патриотическое воспитание тесно переплетено с духовно-просветительской деятельностью и организовано на основе концептуальной идеи "Родина – священна, ее защита – почетный долг!". Духовность и мировоззрение граждан Узбекистана, чувство верности Родине, патриотизм и интерес к военной службе развиваются со школьной скамьи. Создано и успешно функционирует военно-патриотическое движение "Ватан Таянчи", которое охватывает всех учащихся старших классов общеобразовательных школ. Руководство движения напрямую подчиняется заместителю Министра обороны. Опыт Республики Узбекистан можно использовать для принятия мер по повышению статуса движения "Жас сарбаз" и увеличения количества молодежи, охваченной военно-патриотическими мероприятиями, за счет вступления в ряды движения "Жас сарбаз" всех учащихся старших классов общеобразовательных школ.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="47"/>
+      2. Активное вовлечение государственных и общественных институтов в реализацию программ военно-патриотического воспитания молодежи, а также развитие и поддержка практик наставничества и кураторства как на национальном, так и на региональном уровнях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В Концепции воспитания Кыргызской Республики основной акцент уделен совершенствованию системы воспитания личного состава в Вооруженных Силах и допризывной молодежи путем воспитания в духе дружбы народа Кыргызстана, а также традициях Вооруженных Сил. Этот опыт особо актуален для Казахстана по воспитанию уважения к культуре, традициям и истории народа Казахстана и улучшению межэтнических и межконфессиональных отношений.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="48"/>
+      3. Четкое определение полномочий местных исполнительных органов в вопросах организации и обеспечения деятельности специализированных военных школ, кружков и секций; проведение регулярного мониторинга и анализа качества военной подготовки в образовательных организациях с оперативным внесением корректировок и обеспечением системного контроля со стороны Министерства обороны для устранения недостатков и закрепления положительных практик.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В Турции патриотизм – это национальная идея. Вопросы защиты Родины и служба в армии почетны. С самого раннего возраста в детских садах малышам прививают любовь к традициям, истории, культурным ценностям государства. Граждане Турции не остаются равнодушными к проблемам своего государства. Они всегда готовы встать на защиту его интересов, государство, в свою очередь, заботится о своих гражданах. Этот опыт особо актуален для нас на современном этапе.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="49"/>
+      4. Создание условий для участия неправительственных организаций в военно-патриотической работе через механизмы государственных социальных заказов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заслуживает внимания опыт Республики Беларусь, где система патриотического воспитания основывается на историческом опыте белорусской нации, духовных и моральных традициях, ценностных убеждениях и ориентирах, составляющих основу менталитета белорусов, базовых принципах современного этапа государственного строительства Республики Беларусь, как "единство, развитие, независимость".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="50"/>
+      5. Продолжение практики создания военно-патриотических клубов, классов "Жас сарбаз", кружков "Smart-sarbaz" в школах и колледжах страны для развития технического мышления у молодежи с последующим закреплением кураторства со стороны воинских частей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Важно отметить, что особая роль в воспитании патриотизма отводится семье, в которой закладывается основа для духовной связи между поколениями и формируются патриотические чувства и патриотическое поведение. Именно в Республике Беларусь сложилось понятие "семейное патриотическое воспитание", охватывающее все этапы становления высоконравственной и гармоничной развитой личности, способной нести ответственность за родных, близких и страну в целом.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="51"/>
+      6. Введение в рамках ученических парламентов школьных военно-патриотических министерств, деятельность которых будет направлена на организацию и координацию патриотических мероприятий, развитие инициатив школьников, а также укрепление взаимодействия с военно-патриотическими клубами и объединениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.2. Повышение уровня профессиональной подготовки организаторов и специалистов военно-патриотического воспитания, совершенствование форм и методов работы по военно-патриотическому воспитанию молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Если рассматривать военно-патриотический аспект, то в Республике Беларусь он нацелен на формирование гражданской идентичности, гордости за собственную страну и готовности к защите ее независимости и суверенитета.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="52"/>
+      Повышение профессионального уровня специалистов и совершенствование методической базы являются важнейшими условиями качественного развития системы военно-патриотического воспитания. Данный процесс должен опираться на современный образовательный подход, охватывающий все уровни подготовки и предполагающий активное внедрение инновационных форм работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z102" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Опыт Республики Беларусь важен для нас, особенно в вопросах семейного воспитания, становления личности, готовности нести ответственность за своих родных, близких и Родину в целом.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="53"/>
+      1. Обеспечение эффективного взаимодействия и согласованности действий между областными и районными структурами, ответственными за вопросы военно-патриотического воспитания, для исключения дублирования функций и повышения результативности совместной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z103" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В Российской Федерации выстроена стройная система военно-патриотического воспитания. В настоящее время реализуется Стратегия развития воспитания в Российской Федерации до 2025 года.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="54"/>
+      2. Разработка и внедрение методических рекомендаций, направленных на повышение качества и унификацию военно-патриотической работы в образовательных организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z104" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="55"/>
+        <w:t>
+      3. Формирование сбалансированного подхода к организации мероприятий, предусматривающего равное участие государственных органов и общественных институтов, что позволит укрепить партнерство и повысить общественную поддержку воспитательных инициатив.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z105" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="56"/>
+        <w:t>
+      4. Проведение мероприятий, учитывающих интересы различных социальных и возрастных групп, что обеспечит более широкий охват молодежи и вовлечение в процесс воспитания представителей всех социальных и профессиональных групп.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z106" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Основы военно-патриотической работы и ее стратегические направления в Китае формулируются в Программе политического воспитания личного состава, обновляемой каждые пять лет, а в гражданском секторе через Программу нравственного воспитания, которая ориентирована на патриотическое воспитание, воспитание китайского духа, изучение китайской истории, традиции и культуры. Особую популярность среди китайских детей и подростков приобрели так называемые летние военно-патриотические лагеря, где создано множество кружков и секций.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="57"/>
+      5. Подготовка и обучение специалистов современным методам военно-патриотического воспитания, включая владение цифровыми технологиями, использование интерактивных форматов и интеграцию элементов воинской подготовки в образовательный процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z107" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Опыт Китая необходимо использовать для совершенствования форм и методов организации и проведения работы по военно-патриотическому воспитанию подрастающего поколения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+      6. Заключение меморандумов о сотрудничестве с центральными государственными органами, общественными объединениями, а также молодежными организациями зарубежных стран для обмена опытом и внедрения лучших практик.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z108" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Таким образом, анализ системы военно-патриотического воспитания ряда стран основан на исторически сформированных базовых ценностях семьи, общества и государства, служащих реализации национальной идеи патриотизма и формирующих национальное самосознание и национальную идентичность гражданина.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="59"/>
+      7. Развитие тесного взаимодействия движения "Жас сарбаз" с государственными и общественными структурами, направленного на расширение организационных возможностей и повышение качества воспитательной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Раздел 4. Видение развития военно-патриотического воспитания</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+        <w:t xml:space="preserve"> 5.3. Формирование и развитие патриотических качеств у молодежи, воспитание их на основе традиций Вооруженных Сил Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z110" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="61"/>
+        <w:t>
+      Комплексное военно-патриотическое воспитание молодежи строится на основе героического прошлого Казахстана, воинских традиций и примеров служения Отечеству. Эта работа направлена на формирование у молодых граждан устойчивых ценностных ориентиров, основанных на уважении к истории, национальной культуре и роли Вооруженных Сил в обеспечении безопасности страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Благодаря формированию и развитию у молодежи таких важнейших социально значимых качеств как гражданская зрелость, любовь к Родине, ответственность, чувство долга и верность традициям, намного возрастут их возможности для активного участия в решении важнейших проблем общества в различных сферах его деятельности, в том числе воинской службы, улучшится качественная характеристика современной молодежи, что благотворно отразится на обществе в целом. Высокая духовность, нравственность, активная гражданская позиция, патриотическое сознание молодежи будут в огромной степени способствовать успешному решению задач, связанных с повышением могущества нашей страны.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="62"/>
+      1. Историко-патриотическое просвещение. Включает информирование молодежи о приоритетах государственной политики в сфере обороны и безопасности, знакомство с героическим наследием предков, подвигами казахстанцев, ключевыми этапами становления армии и ее стратегическими задачами. Особое внимание уделяется формированию уважения к защитникам Отечества и сохранению памяти о служении Родине.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Улучшение военно-патриотического воспитания окажет мультипликативный эффект и положительно скажется на социально-экономическом подъеме, укреплении правовой и политической мощи государства, росте обороноспособности и безопасности страны. Особое значение имеет то обстоятельство, что в лице патриотически воспитанной молодежи современное общество приобретет ценнейший компонент созидательного потенциала, который будет определяться, прежде всего, ее готовностью взять на себя ответственность за будущее Казахстана.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+      2. Организация массовых мероприятий. Предполагает проведение районных, городских и областных военно-патриотических сборов с отбором лучших клубов для участия в республиканских инициативах, а также культурно-массовых, спортивных и военно-патриотических мероприятий с привлечением экспертов, общественных деятелей и ветеранов. Эти мероприятия способствуют преемственности поколений и укреплению национальной памяти.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Психолого-педагогическая подготовка. Ориентирована на развитие у молодежи стойкости, мужества, чувства долга и взаимопомощи. Она включает формирование умений контролировать эмоции, преодолевать страх, усиливать чувство ответственности и чести, а также развитие навыков самопознания и самовоспитания для укрепления положительных личностных качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Физическая подготовка. Предполагает развитие выносливости, силы воли, способности к преодолению нагрузок, укрепление боевого духа и формирование дисциплинированности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Семейные и социальные ценности. Включают воспитание молодежи на основе семейных традиций и ценностей, вовлечение членов семей военнослужащих в культурные и спортивные мероприятия, что способствует укреплению преемственности поколений и единства общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Организационное взаимодействие. Предусматривает тесное сотрудничество Вооруженных Сил, других войск и воинских формирований с государственными органами и образовательными организациями, а также активное участие военнослужащих в шефской работе. Дополнительно предполагается вовлечение молодежи в поисковые отряды, научно-практические конференции и форумы, посвященные военно-патриотической тематике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Индивидуальная работа. Ориентирована на оказание адресной поддержки молодежи, создание условий для ее осознанного и активного участия в мероприятиях, а также формирование персональной ответственности и вовлеченности в процесс воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Раздел 5. Основные принципы и подходы развития</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+        <w:t xml:space="preserve"> 5.4. Развитие материальной базы для военно-патриотического воспитания молодежи </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Работа по военно-патриотическому воспитанию молодежи основывается на принципах:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+      Развитие материально-технической базы является необходимым условием повышения качества военно-патриотического воспитания. Оно направлено на создание современной инфраструктуры, обеспечивающей возможности для практической подготовки молодежи, формирования у нее технических и цифровых компетенций, а также укрепления воспитательной работы на основе традиций и новейших технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      уважения Конституции Республики Казахстан и государственных символов;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+      1. Оснащение военно-патриотических клубов и классов "Жас сарбаз". Предусматривает обеспечение учебных помещений специализированным оборудованием – интерактивными досками, мультимедийными средствами, макетами вооружения, наглядными пособиями по военной истории, тактике, строевой подготовке и гражданской обороне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приоритета нравственных, культурных и духовных ценностей;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="67"/>
+      2. Обеспечение формой и атрибутикой. Включает предоставление воспитанникам военно-патриотических клубов и классов "Жас сарбаз" единой формы одежды с символикой движения, а также атрибутики (флаги, значки, шевроны), что способствует укреплению корпоративного духа и формированию чувства сопричастности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      гражданственности, ответственности и трудолюбия;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="68"/>
+      3. Спортивное оснащение. Предусматривает обеспечение спортивным инвентарем и тренажерами, оборудование спортивных залов и площадок для занятий военно-прикладными видами спорта, включая стрельбу из пневматического оружия, разборку и сборку автомата, преодоление полосы препятствий и развитие физической подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      целостности и преемственности поколений.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+      4. Развитие полигонов и учебно-тренировочных баз. Направлено на создание и модернизацию специализированных объектов для проведения практических занятий, включая масштабные республиканские мероприятия, такие как сбор "Айбын".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Реализация Концепции предполагает принятие комплексных мер и слаженные действия центральных государственных и местных исполнительных органов, конкретизированных в системе мероприятий военно-патриотического воспитания, позволит решить назревшие проблемы по патриотическому воспитанию подрастающего поколения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="70"/>
+      5. Инфраструктура для кружков технического творчества. Включает оснащение школ комплектами беспилотной техники, средствами для программирования и аэромоделизма, что способствует развитию инженерного мышления и цифровых навыков школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...1 lines deleted...]
-      </w:r>
+        <w:t>
+      6. Информационно-техническое обеспечение. Предполагает создание единого цифрового контура для сопровождения воспитательной работы, поддержку и обновление ведомственных информационных ресурсов (порталы, онлайн-библиотеки, медиаконтент и т.д.), а также подготовку мультимедийных материалов, обеспечивающих методическую и информационную поддержку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Вовлечение воинских частей и ветеранских организаций. Предполагает использование инфраструктуры воинских частей для экскурсий, проведения практических занятий и дней открытых дверей, а также участие ветеранских организаций в воспитательных инициативах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Поддержка музеев и мемориалов. Включает содействие в создании, реконструкции и поддержании музеев боевой славы, мемориальных комплексов и памятников, посвященных героям и защитникам Отечества, как важного элемента воспитания исторической памяти.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Создание и поддержка цифровых образовательных платформ и тренажеров. Ориентировано на разработку и внедрение систем дистанционного и смешанного обучения, использование VR/AR-технологий, виртуальных симуляторов и тренажеров по начальной военной подготовке, тактике и медицинской подготовке, а также на организацию персонализированного обучения с применением аналитики образовательных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Внедрение мобильных учебно-тренировочных комплексов. Обеспечивает доступ сельских и отдаленных школ к современным средствам военной и патриотической подготовки, обеспечивая офлайн-доступ к цифровым платформам и контенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="71"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.5. Информационное обеспечение военно-патриотического воспитания молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z131" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="72"/>
+        <w:t>
+      Информационное обеспечение военно-патриотического воспитания представляет собой не просто распространение сведений, а системную деятельность, направленную на формирование устойчивого позитивного образа Вооруженных Сил Республики Казахстан, героизацию подвига защитников Отечества и популяризацию воинской службы как почетной и ответственной миссии. Оно должно обеспечивать глубокое понимание истории страны, ее достижений и побед, а также способствовать укреплению национальной идентичности и формированию иммунитета к деструктивным идеологиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z132" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      вовлечение в работу по военно-патриотическому воспитанию молодежи государственных и общественных институтов, стимулирование наставничества, кураторства молодежи на республиканском уровне и в регионах;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="73"/>
+      1. Объединение усилий государственных, общественных и медиаструктур. Предполагает координацию работы средств массовой информации, ведомственных изданий и общественных организаций для достижения единства информационной политики в сфере военно-патриотического воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      продолжение практики создания военно-патриотических клубов, классов "Жас сарбаз", кружковой работы в каждой школе, колледже страны и закрепление за ними кураторства воинскими частями;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="74"/>
+      2. Размещение специализированного контента в цифровой среде. Включает регулярную публикацию социальных роликов, мультимедийных материалов и патриотического контента в ведомственных социальных сетях и на государственных интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      открытие в общеобразовательных учреждениях страны классов "Жас сарбаз";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="75"/>
+      3. Распространение материалов в печатных изданиях. Ориентировано на публикацию статей и аналитических материалов в специализированных изданиях Вооруженных Сил и других силовых структур, что обеспечивает устойчивый интерес к военно-патриотической тематике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      проведение работы в рамках движения "Жас сарбаз" и созданных при нем кружков "Смарт сарбаз" для развития технического мышления у молодҰжи;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+      4. Использование наглядной агитации. Включает установку информационных стендов, баннеров и иной визуальной продукции в населенных пунктах для популяризации военной службы и формирования положительного отношения к Вооруженным Силам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      изучение результатов деятельности различных категорий субъектов военно-патриотического воспитания, своевременное внесение необходимых корректив и организацию контроля с целью устранения выявленных недостатков и закрепления положительного опыта.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="77"/>
+      5. Создание электронного журнала "Юный защитник Казахстана". Журнал в онлайн и мобильном формате будет содержать материалы о героях страны, интервью с военнослужащими, рассказы о молодежных проектах, публикации о современных технологиях в армии, а также творческие задания и конкурсы для школьников и студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...1 lines deleted...]
-      </w:r>
+        <w:t>
+      6. Развитие подкастов и видеоблогов. Предполагает создание медиаплощадок, где молодые офицеры и курсанты делятся опытом службы, рассказывают о повседневной жизни армии и ведут прямой диалог с подростками и молодежью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Организация медиашкол для молодежи. Ориентирована на обучение школьников и студентов навыкам медиапроизводства, созданию статей, видеороликов и подкастов, а также на развитие школьных и региональных медиаплатформ, посвященных патриотической тематике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реализация данных направлений позволит выстроить многоуровневую систему информационного обеспечения, в которой традиционные средства массовой информации будут сочетаться с современными цифровыми платформами, а информационное воздействие станет инструментом воспитания, просвещения и вовлечения молодежи в позитивную гражданскую активность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...715 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 6. Целевые индикаторы и ожидаемые результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z141" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С увеличением количества молодежи, вовлеченной в военно-патриотическое воспитание, к 2030 году будет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z128" w:id="111"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выстроена системная модель военно-патриотического воспитания на всех уровнях образования и во всех социальных группах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z143" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       эффективно функционировать система межведомственного, взаимодействия и государственного партнерства в решении задач военно-патриотического воспитания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z130" w:id="113"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z144" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       актуализирована правовая база сопровождения и регулирования военно-патриотического воспитания молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z131" w:id="114"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z145" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышен уровень удовлетворенности молодежи реализуемой в стране политикой, обусловливающий чувство гордости за свою страну (историческое наследие, развитие культуры, достижения в спорте, желание защищать родину, содействовать ее процветанию).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z132" w:id="115"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z146" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достижение целей будет измеряться целевыми индикаторами, указанными в таблице 1 к настоящей Концепции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z133" w:id="116"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z147" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="117"/>
+        <w:t>
+      Ожидаемые количественные результаты к 2030 году:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z148" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение доли военно-патриотических организаций (клубы, кружки, классы и секции) при общеобразовательных учреждениях и воинских частях на 19,2 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z135" w:id="118"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z149" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение доли специалистов, прошедших учебно-методические сборы, на 45,9 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z136" w:id="119"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z150" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение доли молодежи, изъявившей желание поступить в военные учебные заведения, на 7,8 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z137" w:id="120"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z151" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение доли обеспеченности военно-патриотических клубов материально-технической базой (оборудование классов и помещений, обеспечение формой, атрибутикой) до 13,6 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z138" w:id="121"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z152" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение доли публикаций, социальных роликов и контента по военно-патриотическому воспитанию молодежи на 41 %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z139" w:id="122"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z153" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="123"/>
+      Ожидаемые качественные результаты к 2030 году:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z154" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="124"/>
+        <w:t>
+      рост индекса доверия молодежи к Вооруженным Силам Республики Казахстан и другим силовым структурам, отражающий укрепление положительного имиджа армии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z155" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышение уровня готовности молодежи к выполнению гражданского и воинского долга (увеличение доли молодых граждан, заявляющих о готовности встать на защиту Родины в случае необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z156" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      значительное увеличение вовлеченности молодежи в патриотическую деятельность (в том числе за счет охвата ранее не участвовавших групп, таких как NEET-молодежь, сельская молодежь, молодежь с инвалидностью);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z157" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      укрепление среди молодежи атмосферы нетерпимости к антигосударственной идеологии и экстремизму, повышение устойчивости к негативному информационному влиянию (формирование того самого "идеологического иммунитета" молодого поколения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z158" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятия по реализации Концепции будут осуществлены в соответствии с Планом действий по реализации Концепции военно-патриотического воспитания молодежи до 2030 года согласно приложению к настоящей Концепции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z159" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 1. Целевые индикаторы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -4148,70 +4532,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые индикаторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="125"/>
+          <w:bookmarkStart w:name="z160" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ед.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 изм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4279,70 +4663,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прогноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="126"/>
+          <w:bookmarkStart w:name="z161" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ответственные </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 за исполнение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4668,57 +5052,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4802,462 +5190,462 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z144" w:id="127"/>
+          <w:bookmarkStart w:name="z162" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="128"/>
+          <w:bookmarkStart w:name="z163" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="129"/>
+          <w:bookmarkStart w:name="z164" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="130"/>
+          <w:bookmarkStart w:name="z165" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="131"/>
+          <w:bookmarkStart w:name="z166" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="132"/>
+          <w:bookmarkStart w:name="z167" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="133"/>
+          <w:bookmarkStart w:name="z168" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="134"/>
+          <w:bookmarkStart w:name="z169" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МИО, МО, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5289,57 +5677,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5423,406 +5815,406 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="135"/>
+          <w:bookmarkStart w:name="z171" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="136"/>
+          <w:bookmarkStart w:name="z172" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="137"/>
+          <w:bookmarkStart w:name="z173" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z156" w:id="138"/>
+          <w:bookmarkStart w:name="z174" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="139"/>
+          <w:bookmarkStart w:name="z175" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="140"/>
+          <w:bookmarkStart w:name="z176" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="141"/>
+          <w:bookmarkStart w:name="z177" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5879,94 +6271,100 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z178" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Увеличение доли молодежи, изъявившей желание поступить в военные учебные заведения </w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="159"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6013,533 +6411,520 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z160" w:id="142"/>
+          <w:bookmarkStart w:name="z179" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="143"/>
+          <w:bookmarkStart w:name="z180" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z162" w:id="144"/>
+          <w:bookmarkStart w:name="z181" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="145"/>
+          <w:bookmarkStart w:name="z182" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z164" w:id="146"/>
+          <w:bookmarkStart w:name="z183" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="147"/>
+          <w:bookmarkStart w:name="z184" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="148"/>
+          <w:bookmarkStart w:name="z185" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z167" w:id="149"/>
-[...35 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z186" w:id="167"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МИО, МО, движение "Жас сарбаз" (по согласованию),МКИ, МП,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МЧС, МВД, КНБ (по согласованию), СГО (по согласованию) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6623,462 +7008,462 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="150"/>
+          <w:bookmarkStart w:name="z187" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="151"/>
+          <w:bookmarkStart w:name="z188" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z170" w:id="152"/>
+          <w:bookmarkStart w:name="z189" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="153"/>
+          <w:bookmarkStart w:name="z190" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z172" w:id="154"/>
+          <w:bookmarkStart w:name="z191" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="155"/>
+          <w:bookmarkStart w:name="z192" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z174" w:id="156"/>
+          <w:bookmarkStart w:name="z193" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="157"/>
+          <w:bookmarkStart w:name="z194" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7110,57 +7495,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7244,531 +7633,548 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="158"/>
+          <w:bookmarkStart w:name="z196" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="159"/>
+          <w:bookmarkStart w:name="z197" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="160"/>
+          <w:bookmarkStart w:name="z198" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z180" w:id="161"/>
+          <w:bookmarkStart w:name="z199" w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="161"/>
+          <w:bookmarkEnd w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="162"/>
+          <w:bookmarkStart w:name="z200" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="162"/>
+          <w:bookmarkEnd w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="163"/>
+          <w:bookmarkStart w:name="z201" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="163"/>
+          <w:bookmarkEnd w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="164"/>
+          <w:bookmarkStart w:name="z202" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="164"/>
+          <w:bookmarkEnd w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="165"/>
+          <w:bookmarkStart w:name="z203" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МО, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="165"/>
+          <w:bookmarkEnd w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">МЧС, МВД, </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-КНБ (по согласованию), МИО, СГО (по согласованию, движение "Жас сарбаз" (по согласованию)</w:t>
+              <w:t xml:space="preserve">
+КНБ (по согласованию), МИО, СГО (по согласованию, движение </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Жас сарбаз" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="166"/>
+    <w:bookmarkStart w:name="z205" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7847,4502 +8253,6143 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патриотического воспитания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>молодежи до 2030 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="167"/>
+    <w:bookmarkStart w:name="z207" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПЛАН </w:t>
+        <w:t xml:space="preserve"> План</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>действий по реализации Концепции военно-патриотического воспитания молодежи до 2030 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответственные исполнители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источники финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Направление 1. Совершенствование системы структуры органов военно-патриотической работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевой индикатор: увеличение доли военно-патриотических организаций (клубы, кружки, классы и секции) при общеобразовательных учреждениях и воинских частях (2024 г. – на 2,7 %, 2025 г. – на 5,5 %, 2026 г. – на 8,2 %, 2027 г. – на 11 %, 2028 г. – на 13,7 %, 2029 г. – на 16,5 %, 2030 г. – на 19,2 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Создание республиканского и региональных координационных советов по военно-патриотическому воспитанию молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ МО, распоряжение акимов областей (городов), районов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 декабрь 2025 года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МО, МИО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...81 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Открытие военно-патриотических клубов в общеобразовательных организациях, при воинских частях и учреждениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z208" w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт об открытии военно-патриотических клубов с регистрацией в управлениях (отделах) образования района (не менее одного клуба в месяц)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="186"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+один раз в полугодие, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к 10 числу последующего месяца, информация в МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО, МО, МЧС, МВД, КНБ (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Открытие военно-патриотических классов "Жас сарбаз" в общеобразовательных учреждениях </w:t>
-[...20 lines deleted...]
-          <w:bookmarkStart w:name="z189" w:id="168"/>
+3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Открытие военно-патриотических классов "Жас сарбаз" в общеобразовательных организациях </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт об открытии военно-патриотических классов "Жас сарбаз" с регистрацией в управлениях (отделах) образования района (не менее одного класса в год)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="168"/>
-[...39 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+один раз в полугодие, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к 10 числу последующего месяца, информация в МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Открытие кружков "Смарт сарбаз" в специализированных школах и технических колледжах </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт об открытии кружков "Смарт сарбаз" с регистрацией в управлениях (отделах) образования района (не менее одного кружка в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+один раз в полугодие, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к 10 числу последующего месяца, информация в МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МИО, МО, МВД, КНБ (по согласованию) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Создание на базе домов молодежи и Ассамблеи народа Казахстана кружковой работы движения "Жас сарбаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+акт об открытии кружков </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(к 2029 году открытие не менее одного кружка в каждом регионе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно, апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ассамблея жастары (по согласованию), МО, МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Направление 2. Повышение уровня профессиональной подготовки организаторов и специалистов военно-патриотического воспитания, совершенствование форм и методов работы по военно-патриотическому воспитанию молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Целевой индикатор: увеличение доли специалистов, прошедших учебно-методические сборы (2024 г. – на 6,4 %, 2025 г. – на 12,9 %, 2026 г. – на 19,3 %, 2027 г. – на 26 %, 2028 г. – на 32 %, 2029 г. – на 9,3 %, 2030 г. – на 45,9 %)</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевой индикатор: увеличение доли специалистов, прошедших учебно-методические сборы (2024 г. – на 6,4 %, 2025 г. – на 12,9 %, 2026 г. – на 19,3 %, 2027 г. – на 26 %, 2028 г. – на 32 %, 2029 г. – на 39,3 %, 2030 г. – на 45,9 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение учебно-методических сборов с председателями филиалов движения "Жас сарбаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z190" w:id="169"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-МО, движение "Жас сарбаз" (по согласованию), МИО</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МО, движение </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Жас сарбаз" (по согласованию), МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение учебно-методических сборов с руководителями военно-патриотических клубов и преподавателями начальной военной и технологической подготовки в рамках проведения областного (городского, районного) сбора "Айбын"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 распоряжения акимов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z191" w:id="170"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z210" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 апрель-май </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение учебно-методических сборов специалистами, вовлеченными в развитие военно-патриотического воспитания, в рамках проведения республиканского сбора "Айбын"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z192" w:id="171"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z211" w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkEnd w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО, МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+9 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подготовка методических рекомендаций на учебно-методические сборы по организации военно-патриотической работы с молодежью </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протокол заседания ученого совета Национального университета обороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z193" w:id="172"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z212" w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель-май, июнь, ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО, движение "Жас сарбаз" (по согласованию), МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Направление 3. Формирование и развитие патриотических качеств у молодежи, воспитание на основе традиций Вооруженных Сил Республики Казахстан</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направление 3. Формирование и развитие патриотических качеств у молодежи, воспитание их на основе традиций Вооруженных Сил Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевой индикатор: увеличение доли молодежи, изъявившей желание поступить в военные учебные заведения (2024 г. – на 5,4 %, 2025 г. – на 5,8 %, 2026 г. – на 6,2 %, 2027 г. – на 6,6 %, 2028 г. – на 7 %, 2029 г. – на 7,4 %, 2030 г. – на 7,8 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение республиканского военно-патриотического сбора молодежи "Айбын"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 приказ МО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z194" w:id="173"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО, МИО, МКИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджет МО и МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проведение районных, городских, областных отборочных этапов республиканского военно-патриотического сбора молодежи "Айбын"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 распоряжения акимов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z195" w:id="174"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z214" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО, МО, движение "Жас сарбаз" (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация и проведение в учебных заведениях открытого урока "Ерлік сабағы", посвященного Дню защитника Отечества, с участием отличников боевой учебы и службы, ветеранов Вооруженных Сил, воинов-интернационалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z196" w:id="175"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z215" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май, сентябрь</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(в канун Дня защитника Отечества и 1 сентября в День знаний)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z197" w:id="176"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z216" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО, МО, МП, МЧС, МВД, КНБ (по согласованию),</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="176"/>
+          <w:bookmarkEnd w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 СГО (по согласованию) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие образцовых военно-патриотических клубов и специализированных классов "Жас сарбаз" (по одному клубу из каждого региона) на торжественном концерте, посвященном Дню защитника Отечества</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z198" w:id="177"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z217" w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="177"/>
+          <w:bookmarkEnd w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МО, МЧС, МВД, КНБ (по согласованию), МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Направление 4. Развитие материальной базы для военно-патриотического воспитания молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Целевой индикатор: увеличение доли обеспеченности военно-патриотических клубов материально-технической базой (оборудование классов и помещений, обеспечение формой, атрибутикой) (2024 г. – до 1,9 %, 2025 г. – до 3,7 %, 2026 г. – до 5,5 %, 2027 г. – до 7,6 %, 2028 г. – до 9,6 %, 2029 г. – до 11,6 %,2030 г. – до 13,6 %)</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевой индикатор: увеличение доли обеспеченности военно-патриотических клубов материально-технической базой (оборудование классов и помещений, обеспечение формой, атрибутикой) (2024 г. – до 1,9 %, 2025 г. – до 3,7 %, 2026 г. – до 5,5 %, 2027 г. – до 7,6 %, 2028 г. – до 9,6 %, 2029 г. – до 11,6 %, 2030 г. – до 13,6 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Обеспечение мест проведения занятий с учащимися военно-патриотических клубов и классов "Жас сарбаз" мебелью, компьютерами с выходом в сеть Интернет, фото, видео аппаратурой, другой необходимой техникой </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Обеспечение мест проведения занятий с учащимися военно-патриотических клубов и классов "Жас сарбаз" мебелью, компьютерами с выходом в сеть Интернет, фото-, видеоаппаратурой, другой необходимой техникой </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт выполненных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z199" w:id="178"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z218" w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="178"/>
+          <w:bookmarkEnd w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО, МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение членов военно-патриотических движений, клубов форменной одеждой, спортивной формой, инвентарем, атрибутикой, флагами, плакатами и др.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт выполненных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z200" w:id="179"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z219" w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="179"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+апрель, октябрь, информация в МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МИО, МО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Направление 5. Информационное обеспечение военно-патриотического воспитания молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Целевой индикатор: увеличение доли публикаций, социальных роликов и контента по военно-патриотическому воспитанию молодежи (2024 г. – на 6,4 %, 2025 г. – на 12,1 %, 2026 г. – на 17,8 %, 2027 г. – на 23,6 %, 2028 г. – на 29,4 %, 2029 г. – на 35,2 %,2030 г. – на 41 %)</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевой индикатор: увеличение доли публикаций, социальных роликов и контента по военно-патриотическому воспитанию молодежи (2024 г. – на 6,4 %, 2025 г. – на 12,1 %, 2026 г. – на 17,8 %, 2027 г. – на 23,6 %, 2028 г. – на 29,4 %, 2029 г. – на 35,2 %, 2030 г. – на 41 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Выпуск социальных роликов и контента по военно-патриотическому воспитанию молодежи в социальных сетях </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информационное наполнение социальных сетей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежемесячно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z201" w:id="180"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z220" w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МО, МИО, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 движение "Жас сарбаз" (по согласованию), МЧС, КНБ (по согласованию), МВД, СГО (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Выпуск статей на тему по военно-патриотическому воспитанию молодежи в ведомственных печатных изданиях Министерства обороны, Национальной гвардии и Пограничной службы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 публикация статей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежеквартально</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z202" w:id="181"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 МО, МИО, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>МЧС, КНБ (по согласованию), МВД, СГО (по согласованию),</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-движение "Жас сарбаз" (по согласованию)</w:t>
+движение  "Жас сарбаз" (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+18 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размещение в населенных пунктах наглядной агитации, пропагандирующей воинскую службу в Вооруженных силах, других войсках и воинских формированиях Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 акт выполненных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ежегодно обновлять к Дню защитника Отечества </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ежегодное обновление ко Дню защитника Отечества </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИО, МО, МЧС, КНБ (по согласованию), МВД, СГО (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за счет и в пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -12355,80 +14402,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="182"/>
+    <w:bookmarkStart w:name="z223" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="182"/>
+        <w:t>
+      Примечание: расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12631,51 +14668,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Движение "Жас сарбаз"</w:t>
+движение "Жас сарбаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -13203,51 +15240,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство по чрезвычайным случаям Республики Казахстан</w:t>
+Министерство по чрезвычайным ситуациям Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13404,125 +15441,221 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство внутренних дел Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="183"/>
+      _____________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13848,31 +15981,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>