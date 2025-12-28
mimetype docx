--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="378a86b" w14:textId="378a86b">
+    <w:p w14:paraId="d2fb196" w14:textId="d2fb196">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -381,156 +377,137 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министр</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -11616,610 +11593,710 @@
         <w:t>
       369-1) осуществление мониторинга, анализа, оценки и прогнозирования внешних угроз национальной безопасности, участие в выработке мер по их нейтрализации, оказание содействия субъектам внешней разведки в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
     <w:bookmarkStart w:name="z442" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370) разработка и утверждение форм заключений о качестве строительно-монтажных работ и соответствии выполненных работ проекту, декларации о соответствии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z443" w:id="473"/>
+    <w:bookmarkStart w:name="z792" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370-1) согласование порядка планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ", определяемого центральным уполномоченным органом по бюджетной политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z793" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370-2) разработка перечня проектов, не требующих разработки технико-экономического обоснования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z443" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       371) разработка и утверждение формы акта приемки объекта в эксплуатацию по согласованию с уполномоченным государственным органом, осуществляющим государственное регулирование и контроль деятельности в сфере государственной регистрации прав на недвижимое имущество и государственного технического обследования недвижимого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z444" w:id="474"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z444" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       372) разработка и утверждение правил, определяющих порядок ведения портала и информационных систем для организации проведения комплексной вневедомственной экспертизы проектов строительства по принципу "одного окна";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z445" w:id="475"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z445" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       373) осуществление координации и методического руководства местных исполнительных органов в области архитектуры, градостроительства, строительства, развития производственной базы строительной индустрии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z446" w:id="476"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z446" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       374) обеспечение разработки проекта генеральной схемы организации территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z448" w:id="478"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z447" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) разработка и согласование межрегиональных схем территориального развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z448" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376) разработка и утверждение правил разработки, согласования и утверждения межрегиональных схем территориального развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z449" w:id="479"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z449" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       377) определение состава, содержания и порядка разработки проектов границ (черты) населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z450" w:id="480"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z450" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       378) согласование проектов границ (черты) города республиканского значения, а также иных городов с численностью населения свыше ста тысяч жителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z451" w:id="481"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z451" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       379) определение состава, содержания, порядка разработки и согласования схем развития и застройки малых населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z452" w:id="482"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z452" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       380) установление порядка разработки, обязательного состава и содержания предпроектной и проектной (проектно-сметной) документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z453" w:id="483"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z453" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) разработка и утверждение правил принятия решений по управлению объектом кондоминиума, а также типовых форм протоколов собрания собственников квартир, нежилых помещений, многоквартирного жилого дома и форм ежемесячного и годового отчетов по управлению объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z454" w:id="484"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z454" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382) утверждение правил приема сточных вод в централизованные системы водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z455" w:id="485"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z794" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-1) установление порядка обеспечения информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z795" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-2) определение отраслевого центра информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z796" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-3) разработка и утверждение правил организации, формирования и функционирования единой государственной информационной системы управления водоснабжением и водоотведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z455" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383) разработка и утверждение правил адресации объектов недвижимости на территории Республики Казахстан совместно с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z456" w:id="486"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z456" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384) разработка и утверждение правил создания экспертных комиссий (экспертных групп) и привлечения специалистов (специализированных институтов и организаций) для участия в комплексной вневедомственной и градостроительной экспертизе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z457" w:id="487"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z457" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385) разработка и утверждение правил оформления экспертных заключений по градостроительным и строительным проектам (технико-экономическое обоснование и проектно-сметная документация);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z458" w:id="488"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z458" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       386) разработка и утверждение правил аккредитации экспертных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z459" w:id="489"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z459" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       387) разработка и утверждение правил проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенной для строительства новых, а также изменения (реконструкция, расширение, техническое перевооружение, модернизация и капитальный ремонт) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z460" w:id="490"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z460" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) определение порядка утверждения проектов (технико-экономическое обоснование и проектно-сметная документация), предназначенных для строительства объектов за счет бюджетных средств и иных форм государственных инвестиций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z461" w:id="491"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z461" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) разработка и утверждение индивидуальных планов поэтапной разработки и согласования проектно-сметной документации на строительство отдельных объектов, требующих особого регулирования и (или) градостроительной регламентации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z462" w:id="492"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z462" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) разработка и утверждение единых квалификационных требований, предъявляемых для осуществления лицензируемой архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z463" w:id="493"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z463" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) разработка и утверждение правил организации деятельности и осуществления функций заказчика (застройщика);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z464" w:id="494"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z464" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) нормативно-техническое и методологическое обеспечение деятельности субъектов архитектурной, градостроительной и строительной деятельности, а также государственного предприятия, осуществляющего ведение государственного градостроительного кадастра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z465" w:id="495"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z465" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) координация действий центральных и местных исполнительных органов по вопросам представления информации и (или) сведений для внесения в базу данных государственного градостроительного кадастра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z466" w:id="496"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z466" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       394) разработка и утверждение правил регистрации в базе данных государственного градостроительного кадастра предпроектной и проектной (проектно-сметной) документации, а также объектов архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z467" w:id="497"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z467" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       395) согласование правил формирования архитектурного облика и градостроительного планирования городов республиканского значения, столицы и города областного значения с особым статусом в соответствии с Законом Республики Казахстан на соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и иных нормативных правовых актов Республики Казахстан в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z468" w:id="498"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z468" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       396) утверждение правил субсидирования стоимости услуг по подаче питьевой воды из систем водоснабжения, включенных в перечень систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z469" w:id="499"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z469" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       397) разработка и внесение в Правительство Республики Казахстан предложения по совершенствованию государственной политики в сфере жилищных отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkEnd w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12268,190 +12345,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z471" w:id="500"/>
+    <w:bookmarkStart w:name="z471" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       399) разработка и утверждение методики расчета размера платы за пользование жилищем из государственного жилищного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z472" w:id="501"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z472" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400) разработка и утверждение методики расчета годовой сметы расходов на управление объектом кондоминиума, а также методики расчета минимального размера взносов на управление объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z473" w:id="502"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z473" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401) разработка и утверждение типового положения о жилищной инспекции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z474" w:id="503"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z474" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       402) разработка и утверждение квалификационных требований, предъявляемых к управляющему многоквартирным жилым домом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z475" w:id="504"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z475" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       403) разработка и утверждение правил ведения учета местными исполнительными органами договоров о долевом участии в жилищном строительстве, а также договоров о переуступке прав требований по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z476" w:id="505"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z476" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       404) разработка и утверждение правил изменения способов организации долевого участия в жилищном строительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z477" w:id="506"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z477" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405) разработка и утверждение правил ведения единой информационной системы долевого участия в жилищном строительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkEnd w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12494,150 +12571,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="507"/>
+    <w:bookmarkStart w:name="z478" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406) разработка и утверждение правил выдачи разрешения на привлечение денег дольщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z479" w:id="508"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z479" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) осуществление координации и методического руководства местных исполнительных органов в сфере жилищных отношений и жилищно-коммунального хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z743" w:id="509"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z743" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407-1) осуществление координации и методического руководства жилищным строительным сберегательным банком, обладающим статусом национального института развития, при реализации функций, предусмотренных Законом Республики Казахстан "О жилищных отношениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z745" w:id="510"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z745" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407-2) осуществление мониторинга списков граждан Республики Казахстан, кандасов, состоящих на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z480" w:id="511"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z480" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) осуществление методического обеспечения внедрения современных методов управления жилищным фондом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkEnd w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12760,90 +12837,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z483" w:id="512"/>
+    <w:bookmarkStart w:name="z483" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) разработка и утверждение правил предоставления жилищной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z484" w:id="513"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z484" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) разработка и утверждение правил определения и назначения жилищной инспекцией временной управляющей компании для управления объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkEnd w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12926,730 +13003,750 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z487" w:id="514"/>
+    <w:bookmarkStart w:name="z487" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) разработка и утверждение правил предоставления служебного жилища, предназначенного для заселения гражданами Республики Казахстан на период выполнения ими обязанностей, связанных с характером их трудовых отношений, в том числе государственными служащими, назначенными на должность в порядке ротации, и пользования им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z488" w:id="515"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z488" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) разработка и утверждение правил предоставления служебного жилища, предназначенного для заселения гражданами Республики Казахстан и кандасами, участвующими в активных мерах содействия занятости в соответствии с законодательством Республики Казахстан о занятости населения, и пользования им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z489" w:id="516"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z489" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) разработка и утверждение правил предоставления жилищ, приравненных к служебным, и пользования ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z490" w:id="517"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z490" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) разработка и утверждение правил начисления и выплаты премий государства по вкладам в жилищные строительные сбережения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z491" w:id="518"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z491" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) определение отдельных объектов строительства, требующих особого регулирования и (или) градостроительной регламентации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z492" w:id="519"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z492" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) разработка и утверждение правил субсидирования затрат работодателей, построивших арендное жилище в селе, поселке, сельском округе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z709" w:id="520"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z709" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-1) разработка и утверждение правил субсидирования ставки купонного вознаграждения по облигациям, выпущенным эмитентом для дальнейшей выдачи ипотечных жилищных займов в целях улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z710" w:id="521"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z710" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-2) осуществление субсидирования ставки купонного вознаграждения по облигациям, выпущенным эмитентом для дальнейшей выдачи ипотечных жилищных займов в целях улучшения жилищных условий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z493" w:id="522"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z493" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) осуществление субсидирования затрат работодателей, построивших арендное жилище в селе, поселке, сельском округе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z494" w:id="523"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z797" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421-1) определение правил предоставления построенного жилища гражданам, оставшимся без жилища в результате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z494" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) разработка и утверждение правил изготовления и размещения вывесок с наименованием государственных органов на административных зданиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z495" w:id="524"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z495" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) разработка и утверждение технических требований, предъявляемых к жилищам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z496" w:id="525"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z496" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) организация проведения научно-исследовательских, опытно-экспериментальных работ и использование их результатов в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z497" w:id="526"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z497" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) разработка и утверждение правил определения порядка ведения мониторинга строящихся (намечаемых к строительству) объектов и комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z713" w:id="527"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z713" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-1) разработка и утверждение формы акта государственных инспекторов о приостановлении деятельности в сфере строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z714" w:id="528"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z714" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425-2) определение перечня требований, нарушение которых влечет применение мер оперативного реагирования, а также определение в отношении конкретных нарушений требований конкретного вида меры оперативного реагирования с указанием срока действия данной меры (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z498" w:id="529"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z498" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) разработка и утверждение правил оказания инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z499" w:id="530"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z499" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) разработка и утверждение правил проведения аттестации государственных строительных инспекторов, осуществляющих архитектурно-строительный контроль и надзор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z500" w:id="531"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z500" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) разработка и утверждение правил осуществления контроля и надзора за деятельностью местных исполнительных органов по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z501" w:id="532"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z501" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) разработка и утверждение правил определения общего порядка отнесения зданий и сооружений к технически и (или) технологически сложным объектам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z502" w:id="533"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z502" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) разработка и утверждение правил организации застройки и прохождения разрешительных процедур в сфере строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z503" w:id="534"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z503" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431 )разработка и утверждение типовых правил благоустройства территорий городов и населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z504" w:id="535"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z504" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) разработка и утверждение правил осуществления государственного учета жилищного фонда Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z505" w:id="536"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z505" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) разработка и утверждение типовой формы договора о долевом участии в жилищном строительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z506" w:id="537"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z506" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) разработка и утверждение типовой формы договора о предоставлении гарантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z507" w:id="538"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z507" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) разработка и утверждение типовой формы договора залога земельного участка вместе с объектом незавершенного строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z508" w:id="539"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z508" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) разработка и утверждение типовой формы договора залога голосующих акций (долей участия в уставном капитале) уполномоченной компании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z509" w:id="540"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z509" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) разработка и утверждение типовой формы договора доверительного управления голосующими акциями (долями участия в уставном капитале) уполномоченной компании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z510" w:id="541"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z510" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) разработка и утверждение методики определения размера гарантийного взноса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z511" w:id="542"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z511" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) разработка и утверждение методики определения норматива достаточности капитала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z512" w:id="543"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z512" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) разработка и утверждение методики расчета и формирования резерва на урегулирование гарантийных случаев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z513" w:id="544"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z513" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       441) разработка и утверждение формы отчета инжиниринговой компании в сфере долевого участия в жилищном строительстве о результатах мониторинга за ходом строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов в местный исполнительный орган вне зависимости от способа организации долевого участия в жилищном строительстве, а также единому оператору или в банк второго уровня (в зависимости от способа организации долевого участия в жилищном строительстве);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z514" w:id="545"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z514" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) разработка и утверждение порядка проверки документов по проекту строительства многоквартирного жилого дома (жилого здания) или комплекса индивидуальных жилых домов единым оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z515" w:id="546"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z515" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) утверждение правил пользования системами водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z516" w:id="547"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z516" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) разработка и утверждение правил технической эксплуатации систем водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13678,70 +13775,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z518" w:id="548"/>
+    <w:bookmarkStart w:name="z518" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) осуществление координации деятельности местных исполнительных органов областей, городов республиканского значения, столицы при управлении, эксплуатации и развитии систем водоснабжения и водоотведения населенных пунктов, находящихся в коммунальной собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkEnd w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13770,510 +13867,650 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z520" w:id="549"/>
+    <w:bookmarkStart w:name="z520" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) утверждение правил предоставления в имущественный наем (аренду) или доверительное управление системы водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z521" w:id="550"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z521" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) утверждение правил выбора, монтажа и эксплуатации приборов и систем учета воды в системах водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z522" w:id="551"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z522" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) утверждение правил кредитования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z523" w:id="552"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z523" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) утверждение правил субсидирования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z524" w:id="553"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z524" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) осуществление кредитования и субсидирования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z773" w:id="554"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z773" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-1) осуществление стратегических, регулятивных и реализационных функций в области водоснабжения и водоотведения населенных пунктов в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z774" w:id="555"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z774" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-2) осуществление координации местных исполнительных органов областей, городов республиканского значения, столицы при субсидировании затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z775" w:id="556"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z775" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-3) утверждение методики расчета стоимости и объемов предоставляемых услуг по отведению и очистке дождевых, талых, инфильтрационных, поливомоечных, дренажных вод, стекающих с территорий населенных пунктов и промышленных предприятий посредством системы ливневой (дренажной) канализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z776" w:id="557"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z776" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-4) утверждение критериев включения систем водоснабжения населенных пунктов в перечень систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z777" w:id="558"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z777" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-5) осуществление координации местных исполнительных органов областей, городов республиканского значения, столицы при субсидировании затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание облигационных займов, привлеченных для реализации проектов строительства и реконструкции комплексов очистных сооружений сточных вод;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z778" w:id="559"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z778" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-6) утверждение в пределах своей компетенции нормативных правовых актов в области водоснабжения и водоотведения населенных пунктов в соответствии с основными целями и задачами Водного кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z779" w:id="560"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z779" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-7) утверждение методики расчета норм производственных расходов и технических потерь воды при эксплуатации системы водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z780" w:id="561"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z780" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-8) утверждение методики расчета объемов предоставленных услуг по водоснабжению и (или) водоотведению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z781" w:id="562"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z781" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-9) утверждение правил коммерческого учета объема предоставленных услуг по водоснабжению и (или) водоотведению для водопотребителей, не имеющих приборов учета воды и (или) сточных вод;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z782" w:id="563"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z782" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452-10) принятие совместно с другими заинтересованными государственными органами мер по улучшению качества питьевой воды, которые включают: поддержание в работоспособном состоянии технологий и мощности сооружений, отвечающих определенному качеству водного объекта; использование оборудования и материалов, соответствующих национальным и (или) межгосударственным стандартам с обеспечением высокого качества строительных работ; совершенствование нормативов и национальных стандартов питьевой воды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z525" w:id="564"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z798" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-11) разработка и утверждение правил планирования, отбора, согласования проектов, мониторинга процессов проектирования, строительства и (или) эксплуатации в сфере жилищных отношений и жилищно-коммунального хозяйства в рамках реализации национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z799" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-12) разработка и утверждение правил осуществления закупок работ и услуг, отбора проектов и поставщиков, заключения договоров в рамках реализации национального проекта по модернизации энергетического и коммунального секторов по согласованию с уполномоченным органом по защите и развитию конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z800" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-13) разработка и утверждение правил функционирования электронной платформы закупок национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z801" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-14) определение администратора электронной платформы закупок национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z802" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-15) разработка и утверждение типовой конкурсной документации проектов модернизации и строительства энергетической и коммунальной инфраструктуры в рамках реализации национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z803" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-16) разработка и утверждение правил приобретения товаров у казахстанских товаропроизводителей и заключения офтейк-контрактов в рамках национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z804" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-17) определение требований и порядка работы единого расчетного центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z525" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       453) разработка и утверждение порядка аттестации экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z526" w:id="565"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z526" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) разработка и утверждение порядка организации разработки, согласования, утверждения, регистрации и введения в действие (приостановление действия, отмена) государственных нормативов в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z527" w:id="566"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z527" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) разработка и утверждение правил по управлению объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z529" w:id="568"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z528" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) разработка и утверждение перечня коммунальных услуг, требований к единому платежному документу и типовых правил предоставления коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z529" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) разработка и утверждение правил организации деятельности жилищно-строительного кооператива и оплаты паевых взносов членами жилищно-строительного кооператива и типовых форм договора участия в жилищно-строительном кооперативе, а также типового устава жилищно-строительного кооператива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z530" w:id="569"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z530" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       458) разработка и утверждение типового устава объединения собственников имущества многоквартирного жилого дома и типового устава кооператива собственников квартир (нежилых помещений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z531" w:id="570"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z531" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) разработка и утверждение правил регистрации местными исполнительными органами договоров участия в жилищно-строительном кооперативе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z532" w:id="571"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z532" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) разработка и утверждение проверочных листов и критериев оценки степени риска в пределах границ населенных пунктов на объектах социальной инфраструктуры в сферах управления жилищным фондом, газа и газоснабжения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkEnd w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14302,150 +14539,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 15.09.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z534" w:id="572"/>
+    <w:bookmarkStart w:name="z534" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) разработка и утверждение типового договора найма жилища;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z535" w:id="573"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z535" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) участие в разработке профессиональных стандартов, отраслевых рамок квалификаций, образовательных программ подготовки кадров, создании системы сертификации, подтверждения и повышения квалификации специалистов по управлению объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z536" w:id="574"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z536" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) разработка и утверждение порядка проведения капитального ремонта общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z537" w:id="575"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z537" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) разработка и утверждение правил формирования, обработки, а также централизованного сбора и хранения информации в электронной форме, в том числе функционирования объектов информатизации в сфере жилищных отношений и жилищно-коммунального хозяйства, по согласованию с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z538" w:id="576"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z538" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) разработка и утверждение типового договора управления объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkEnd w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14474,430 +14711,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 15.09.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z540" w:id="577"/>
+    <w:bookmarkStart w:name="z540" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) разработка и утверждение типовых договоров сотрудничества между объединением собственников имущества или субъектом управления объектом кондоминиума и организациями, предоставляющими коммунальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z541" w:id="578"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z541" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       469) разработка и утверждение правил использования единовременных пенсионных выплат для улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z542" w:id="579"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z542" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       470) разработка и утверждение правил определения стоимости строительства объектов за счет государственных инвестиций и средств субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z543" w:id="580"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z543" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471) разработка и утверждение правил формирования и ведения государственного банка проектов строительства, а также предоставления технико-экономических обоснований, типовых проектов и проектной (проектно-сметной) документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z544" w:id="581"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z544" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472) разработка и утверждение правил формирования единого государственного реестра новых технологий в строительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z545" w:id="582"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z545" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       473) разработка и утверждение правил проведения комплексной градостроительной экспертизы градостроительных проектов всех уровней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z546" w:id="583"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z546" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       474) разработка и утверждение правил определения стоимости работ по проведению комплексной вневедомственной экспертизы проектов строительства объектов, а также комплексной градостроительной экспертизы проектов градостроительного планирования территорий различного уровня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z547" w:id="584"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z547" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       475) разработка и утверждение правил осуществления технического обследования надежности и устойчивости зданий и сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z548" w:id="585"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z548" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       476) определение порядка формирования и ведения архитектурных, градостроительных и строительных каталогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z549" w:id="586"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z549" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       477) разработка и утверждение порядка оказания инжиниринговых услуг по управлению проектом строительства объектов и квалификационных требований, предъявляемых организациям, оказывающим услуги по управлению проектом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z550" w:id="587"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z550" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478) разработка и утверждение правил и разрешительных требований по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z694" w:id="588"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z694" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-1) разработка и утверждение порядка ведения, приостановления, прекращения действия (отзыва) разрешений в автоматизированном реестре разрешений в сфере строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z695" w:id="589"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z695" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478-2) ведение автоматизированного реестра разрешений в сфере строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z551" w:id="590"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z805" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478-3) определение применения государственных информационных систем в сфере архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z551" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       479) разработка и утверждение правил и разрешительных требований по аккредитации негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z552" w:id="591"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z552" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       480) разработка и утверждение правил и разрешительных требований по аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z553" w:id="592"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z553" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       481) разработка и утверждение правил по аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z554" w:id="593"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z554" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482) разработка и утверждение типовых правил расчета норм потребления коммунальных услуг по электроснабжению для потребителей, не имеющих приборов учета, и коммунальных услуг по реализации тепловой энергии для потребителей, не имеющих приборов коммерческого учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z734" w:id="594"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z734" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-1) осуществление методического обеспечения в области теплоэнергетики в части потребления тепловой энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z735" w:id="595"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z735" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       482-2) организация проведения научных исследований в области теплоэнергетики в части потребления тепловой энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkEnd w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14926,150 +15183,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z556" w:id="596"/>
+    <w:bookmarkStart w:name="z556" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию правил субсидирования части ставки вознаграждения по ипотечным жилищным займам через субъекты квазигосударственного сектора и методики расчета стоимости услуг субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z696" w:id="597"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z696" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484-1) разработка и утверждение правил использования выплат целевых накоплений из единого накопительного пенсионного фонда в целях улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z557" w:id="598"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z557" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       485) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию правил субсидирования ставки вознаграждения по кредитам, выдаваемым банками второго уровня субъектам частного предпринимательства для целей жилищного строительства, через субъекты квазигосударственного сектора и методики расчета стоимости услуг субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z558" w:id="599"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z558" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486) утверждение правил субсидирования затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z697" w:id="600"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z697" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486-1) разработка и утверждение правил субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание облигационных займов, привлеченных для реализации проектов строительства и реконструкции канализационных очистных сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkEnd w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15098,550 +15355,550 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z560" w:id="601"/>
+    <w:bookmarkStart w:name="z560" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       488) разработка и утверждение правил, определяющих порядок ведения портала и информационных систем для организации проведения строительства по принципу "одного окна";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z561" w:id="602"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z561" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       489) разработка и утверждение правил осуществления инженерно-геологических изысканий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z562" w:id="603"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z562" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       490) разработка и утверждение правил разработки, согласования и утверждения градостроительных проектов (проекты детальной планировки и проекты застройки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z563" w:id="604"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z563" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       491) проведение публичных слушаний при рассмотрении заявок субъектов государственной монополии в соответствии с правилами ценообразования на товары, работы, услуги, производимые и реализуемые субъектом государственной монополии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z564" w:id="605"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z564" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492) утверждение методики расчета размера платы за один кубический метр питьевой воды, поданной из систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z783" w:id="606"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z783" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-1) утверждение правил по разработке планов развития систем водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z784" w:id="607"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z784" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-2) утверждение правил проведения технического аудита на системах водоснабжения и водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z785" w:id="608"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z785" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492-3) утверждение правил пользования системами ливневой (дренажной) канализации населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z565" w:id="609"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z565" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       493) разработка и утверждение правил выдачи решения на проведение комплекса работ по постутилизации объектов (снос зданий и сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z566" w:id="610"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z566" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494) осуществление субсидирования части ставки вознаграждения по ипотечным жилищным займам через субъекты квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z737" w:id="611"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z737" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-1) осуществление субсидирования ставки вознаграждения по кредитам, выдаваемым банками второго уровня субъектам частного предпринимательства для целей жилищного строительства, через субъекты квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z746" w:id="612"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z746" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-2) разработка и утверждение правил постановки на учет нуждающихся в жилище граждан Республики Казахстан, кандасов в электронную базу "Центр обеспечения жилищем";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z747" w:id="613"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z747" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-3) разработка и утверждение правил реализации мер государственной поддержки, направленных на улучшение жилищных условий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z748" w:id="614"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z748" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-4) разработка и утверждение правил постановки на учет нуждающихся в жилище лиц и предоставления жилища из жилищного фонда государственных учреждений и государственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z738" w:id="615"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z738" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-5) осуществление субсидирования части арендной платы за жилище, арендованное в частном жилищном фонде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z739" w:id="616"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z739" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-6) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию порядка субсидирования части арендной платы за жилище, арендованное в частном жилищном фонде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z791" w:id="617"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z791" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494-7) разработка и утверждение правил ведения реестра многоквартирных жилых домов по формам управления объектом кондоминиума и субъектам управления объектом кондоминиума и реестра субъектов управления объектом кондоминиума и управляющих многоквартирными жилыми домами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z567" w:id="618"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z567" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495) организация и осуществление взаимодействия с Вооруженными Силами Республики Казахстан, другими войсками и воинскими формированиями, специальными государственными и правоохранительными органами Республики Казахстан в области оборонной промышленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z786" w:id="619"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z786" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-1) участие в планировании территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z787" w:id="620"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z787" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-2) осуществление организации охраны и обороны объектов территориальной обороны при их наличии во взаимодействии с силами территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z788" w:id="621"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z788" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-3) планирование и проведение эвакуационных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z789" w:id="622"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z789" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-4) создание специальных формирований и обеспечение их материально-техническими средствами на основании мобилизационного задания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z790" w:id="623"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z790" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495-5) проведение мероприятий по инженерно-технической укрепленности и противодиверсионной безопасности объектов территориальной обороны при их наличии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z568" w:id="624"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z568" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496) участие в организации текущего и перспективного планирования обеспечения нужд обороны, безопасности и правопорядка в государстве необходимыми видами вооружения, военной, автомобильной и специальной техники, технических и специальных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z569" w:id="625"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z569" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       497) участие в осуществлении военно-технического сотрудничества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkEnd w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15724,390 +15981,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z572" w:id="626"/>
+    <w:bookmarkStart w:name="z572" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       500) организация и проведение мероприятий по развитию оборонно-промышленного потенциала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z573" w:id="627"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z573" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       501) принятие решений и определение порядка мер государственной поддержки организациям оборонно-промышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z574" w:id="628"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z574" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       502) формирование предложений для включения в государственный образовательный заказ по определению перечня специальностей, по которым требуется подготовка специалистов для оборонно-промышленного комплекса, с учетом проводимого организациями оборонно-промышленного комплекса мониторинга текущих и перспективных потребностей в квалифицированных кадровых ресурсах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z575" w:id="629"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z575" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       503) разработка и утверждение правил сертификации и выдачи сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z576" w:id="630"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z576" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       504) разработка и утверждение сертификационных требований к организациям по техническому обслуживанию и ремонту авиационной техники государственной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z577" w:id="631"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z577" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       505) разработка и утверждение правил оборота вооружения и военной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z578" w:id="632"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z578" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       506) разработка правил передачи имущества между правоохранительными и специальными государственными органами, Вооруженными Силами Республики Казахстан, другими войсками и воинскими формированиями во время введения чрезвычайного или военного положения на всей территории Республики Казахстан и в отдельных ее местностях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z579" w:id="633"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z579" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       507) разработка перечня субъектов, имеющих право пользования вооружением и военной техникой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z580" w:id="634"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z580" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508) осуществление государственного контроля за оборотом вооружения и военной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z581" w:id="635"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z581" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509) разработка правил передачи, реализации, ликвидации посредством уничтожения, утилизации, захоронения и переработки неиспользуемого имущества, а также предоставления в имущественный наем (аренду) неиспользуемых оборонных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z698" w:id="636"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z698" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509-1) разработка и утверждение правил по организации производственной деятельности объектов утилизации боеприпасов и взрывчатых веществ, обеспечению безопасности при проведении данных работ и охраны объектов утилизации боеприпасов и взрывчатых веществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z582" w:id="637"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z582" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       510) распоряжение неиспользуемым имуществом и принятие решений о передаче, реализации и ликвидации посредством уничтожения, утилизации, захоронения и переработки неиспользуемого имущества в порядке, определенном Правительством Республики Казахстан, и передача неиспользуемого имущества в качестве имущественного вклада в уставный капитал товариществ с ограниченной ответственностью либо в оплату приобретения акций акционерных обществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z583" w:id="638"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z583" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511) разработка и утверждение правил разработки, согласования, утверждения, регистрации, учета, изменения, пересмотра, отмены и введения в действие военных национальных стандартов, используемых для нужд Вооруженных Сил Республики Казахстан, других войск и воинских формирований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z699" w:id="639"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z699" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-1) разработка и утверждение правил организации и проведения научных исследований в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z700" w:id="640"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z700" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-2) разработка и утверждение правил проведения экспертизы научных исследований в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z701" w:id="641"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z701" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-3) разработка специализированных научных направлений в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z702" w:id="642"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z702" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-4) создание экспертных советов по специализированным научным направлениям в рамках государственного оборонного заказа, утверждение их положений и составов по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkEnd w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16190,270 +16447,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z705" w:id="643"/>
+    <w:bookmarkStart w:name="z705" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       511-7) разработка, согласование, утверждение, изменение, отмена военных национальных стандартов и ведение их учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z584" w:id="644"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z584" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       512) разработка и утверждение, отмена, приостановление технических регламентов, а также внесение изменений и (или) дополнений в технические регламенты по вопросам, входящим в компетенцию, по согласованию с уполномоченным органом в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z585" w:id="645"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z585" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       513) создание экспертных советов в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z586" w:id="646"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z586" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       514) утверждение состава экспертных советов в области технического регулирования и положения о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z587" w:id="647"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z587" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       515) разработка и утверждение совместно с Министерством обороны Республики Казахстан совместных действий по уничтожению боеприпасов, отнесенных к неиспользуемому имуществу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z588" w:id="648"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z588" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       516) внесение предложений в Правительство Республики Казахстан по введению мер государственного стимулирования промышленности, определению порядка применения, а также их отмене;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z589" w:id="649"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z589" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       517) внесение предложений в Правительство Республики Казахстан по введению элементов промышленно-инновационной инфраструктуры, а также определению порядка их создания и функционирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z590" w:id="650"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z590" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       518) формирование и ведение реестра территориальных кластеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z591" w:id="651"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z591" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       519) содействие развитию национальных систем промышленной кооперации и субконтрактации, в том числе в рамках участия в международных системах промышленной кооперации и субконтрактации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z592" w:id="652"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z592" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       520) определение отраслевых центров технологических компетенций по рекомендации Совета по технологической политике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z593" w:id="653"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z593" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       521) проведение мониторинга исполнения заключенного соглашения о повышении конкурентоспособности;   522) оказание содействия субъектам промышленно-инновационной деятельности по вхождению в глобальные цепочки добавленной стоимости, в том числе путем применения технической документации на производство новых видов товаров и мировых производственных франшиз ведущих мировых производителей, лидирующих по конкретным товарам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkEnd w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16678,450 +16935,450 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       524) формирование и ведение базы данных товаров, работ, услуг и их поставщиков с привлечением национального института развития в области развития внутристрановой ценности в целях обеспечения самодостаточности национальной экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z596" w:id="654"/>
+    <w:bookmarkStart w:name="z596" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       525) осуществление сбора информации о потребностях субъектов деятельности в сфере промышленности в научных исследованиях, разработках и еҰ направление для размещения на интернет-ресурсе уполномоченного органа в области науки и периодических печатных изданиях в целях привлечения научных организаций для осуществления научных исследований и разработок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z597" w:id="655"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z597" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       526) поиск и проведение переговоров с потенциальными инвесторами, в том числе иностранными, с целью привлечения их к участию в реализации промышленно-инновационных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z598" w:id="656"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z598" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       527) привлечение субъектов промышленно-инновационной деятельности к участию в бизнес-форумах, конференциях и семинарах по инвестиционной тематике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z599" w:id="657"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z599" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       528) распространение информации о промышленно-инновационных проектах в средствах массовой информации, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z600" w:id="658"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z600" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       529) стимулирование действующих инвесторов на осуществление реинвестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z601" w:id="659"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z601" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       530) привлечение инвесторов, в том числе иностранных, для создания совместных производств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z602" w:id="660"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z602" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       531) принятие мер по снижению углеродного следа, которые могут включать следующие направления: расширение производства таких товаров, стимулирование приобретения товаров, в том числе в соответствии с законодательством Республики Казахстан о государственных закупках, повышение привлекательности их эксплуатации и иные меры, предусмотренные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z603" w:id="661"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z603" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       532) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z604" w:id="662"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z604" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       533) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z605" w:id="663"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z605" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       534) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z606" w:id="664"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z606" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       535) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z607" w:id="665"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z607" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       536) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z608" w:id="666"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z608" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       537) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z609" w:id="667"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z609" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       538) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z610" w:id="668"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z610" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       539) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z611" w:id="669"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z611" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       540) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z612" w:id="670"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z612" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       541) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z613" w:id="671"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z613" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       542) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z614" w:id="672"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z614" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       543) установление цен на товары (работы, услуги), производимые и (или) реализуемые субъектами государственной монополии и специального права, по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z615" w:id="673"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z615" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       544) осуществление иных полномочий, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkEnd w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17343,579 +17600,599 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 22.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 784</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 15.09.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 15.09.2025); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z616" w:id="674"/>
+    <w:bookmarkStart w:name="z616" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z617" w:id="675"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z617" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z618" w:id="676"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z618" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z619" w:id="677"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z619" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель имеет заместителей (вице-министров), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z620" w:id="678"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z620" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z621" w:id="679"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z621" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z622" w:id="680"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z622" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия своих заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z623" w:id="681"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z623" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) возлагает на одного из вице-министров полномочия по подписанию документов, адресованных руководству Правительства и Руководителю Аппарата Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z624" w:id="682"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z624" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по согласованию с руководителем аппарата назначает на должности и освобождает от должностей заместителей руководителей ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z625" w:id="683"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z625" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z626" w:id="684"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z626" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Министерство в Парламенте Республики Казахстан, государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z627" w:id="685"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z627" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z628" w:id="686"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z628" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) согласовывает и визирует проекты нормативных правовых актов, поступивших на согласование в Министерство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z629" w:id="687"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z629" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z630" w:id="688"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z630" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z631" w:id="689"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z631" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Министра в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z632" w:id="690"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z632" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z633" w:id="691"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z633" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z634" w:id="692"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z634" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z635" w:id="693"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z635" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z636" w:id="694"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z636" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z637" w:id="695"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z637" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z638" w:id="696"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z638" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z639" w:id="697"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z639" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z640" w:id="698"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z640" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z641" w:id="699"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z641" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkEnd w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 15.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17930,450 +18207,450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z642" w:id="700"/>
+    <w:bookmarkStart w:name="z642" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Министерство:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z643" w:id="701"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z643" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z644" w:id="702"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z644" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акционерное общество "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z645" w:id="703"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z645" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z692" w:id="704"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z692" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) акционерное общество "Фонд развития оборонно-промышленного комплекса".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z646" w:id="705"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z646" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитет промышленности Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z647" w:id="706"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z647" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z648" w:id="707"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z648" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z649" w:id="708"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z649" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z650" w:id="709"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z650" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканские государственные предприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z651" w:id="710"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z651" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное предприятие на праве хозяйственного ведения "Жезказганредмет" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z652" w:id="711"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z652" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр по комплексной переработке минерального сырья Республики Казахстан" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z653" w:id="712"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z653" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр технологического прогнозирования" Комитета промышленности Министерства промышленности и строительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z654" w:id="713"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z654" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z655" w:id="714"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z655" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       республиканские государственные предприятия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z656" w:id="715"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z656" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (РГП "Госэкспертиза");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z657" w:id="716"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z657" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр государственного градостроительного планирования и кадастра" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z658" w:id="717"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z658" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z659" w:id="718"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z659" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z660" w:id="719"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z660" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkEnd w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18402,230 +18679,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z664" w:id="720"/>
+    <w:bookmarkStart w:name="z664" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z665" w:id="721"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z665" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Национальная геологическая служба".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z666" w:id="722"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z666" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень государственных учреждений, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z667" w:id="723"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z667" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z668" w:id="724"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z668" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное учреждение "Северо-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Севказнедра";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z669" w:id="725"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z669" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное учреждение "Центрально-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Центрказнедра";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z670" w:id="726"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z670" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) республиканское государственное учреждение "Южно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Южказнедра";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z671" w:id="727"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z671" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) республиканское государственное учреждение "Восточно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Востказнедра";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z672" w:id="728"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z672" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) республиканское государственное учреждение "Западно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Запказнедра".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkEnd w:id="742"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18704,462 +18981,462 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z674" w:id="729"/>
+    <w:bookmarkStart w:name="z674" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия организации которых передаются Министерству промышленности и строительства Республики Казахстан и его ведомствам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z675" w:id="730"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z675" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерству промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z676" w:id="731"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z676" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z677" w:id="732"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z677" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z678" w:id="733"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z678" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z679" w:id="734"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z679" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z680" w:id="735"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z680" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z681" w:id="736"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z681" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z682" w:id="737"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z682" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z683" w:id="738"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z683" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарищества с ограниченной ответственностью:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z684" w:id="739"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z684" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z685" w:id="740"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z685" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z686" w:id="741"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z686" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z687" w:id="742"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z687" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z688" w:id="743"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z688" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z689" w:id="744"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z689" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету геологии Министерства промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z690" w:id="745"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z690" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z691" w:id="746"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z691" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Национальная геологическая служба".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkEnd w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>