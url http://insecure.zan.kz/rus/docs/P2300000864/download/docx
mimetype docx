--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d2fb196" w14:textId="d2fb196">
+    <w:p w14:paraId="402cc8a" w14:textId="402cc8a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,53 +133,57 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -377,137 +381,156 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министр</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -651,51 +674,51 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение о Министерстве промышленности и строительства Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Положение о Министерстве промышленности и строительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2991,9348 +3014,9690 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z95" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) направление проекта нормативного правового акта, касающегося прав, свобод и обязанностей граждан, в Общественный совет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      33) согласование сроков проведения общественных слушаний Общественным советом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33) Исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34) Исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...15 lines deleted...]
-      34) представление отчета Общественному совету о результатах работы Министерства;</w:t>
+    <w:bookmarkStart w:name="z719" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1) рассмотрение петиций граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...15 lines deleted...]
-      35) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z719" w:id="91"/>
-[...15 lines deleted...]
-      35-1) рассмотрение петиций граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) взаимодействие с международными финансовыми и экономическими организациями, а также интеграционными объединениями по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
-[...15 lines deleted...]
-      36) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) заключение международных договоров Республики Казахстан с иностранными государствами и (или) международными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
-[...15 lines deleted...]
-      37) взаимодействие с международными финансовыми и экономическими организациями, а также интеграционными объединениями по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) определение потребности в кадрах в регулируемых сферах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
-[...15 lines deleted...]
-      38) заключение международных договоров Республики Казахстан с иностранными государствами и (или) международными организациями;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) осуществление по решению Правительства Республики Казахстан права владения и пользования государственным пакетом акций (долями участия в уставном капитале), а также функций уполномоченного органа по руководству соответствующей отраслью (сферой) государственного управления в отношении республиканских государственных предприятий и государственных учреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
-[...15 lines deleted...]
-      39) определение потребности в кадрах в регулируемых сферах;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) взаимодействие с отраслевыми государственными органами Республики Казахстан по вопросам промышленной политики и координация их работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
-[...15 lines deleted...]
-      40) осуществление по решению Правительства Республики Казахстан права владения и пользования государственным пакетом акций (долями участия в уставном капитале), а также функций уполномоченного органа по руководству соответствующей отраслью (сферой) государственного управления в отношении республиканских государственных предприятий и государственных учреждений;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) ежегодное представление в Правительство Республики Казахстан информации об эффективности мер государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
-[...15 lines deleted...]
-      41) взаимодействие с отраслевыми государственными органами Республики Казахстан по вопросам промышленной политики и координация их работы;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) формирование Национального доклада о состоянии промышленности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
-[...15 lines deleted...]
-      42) ежегодное представление в Правительство Республики Казахстан информации об эффективности мер государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) межотраслевая координация и участие в реализации государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
-[...15 lines deleted...]
-      43) формирование Национального доклада о состоянии промышленности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) осуществление оценки индустриального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
-[...15 lines deleted...]
-      44) межотраслевая координация и участие в реализации государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) разработка положения о межведомственной комиссии по промышленной политике и внесение Премьер-Министру Республики Казахстан предложений по формированию ее состава;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
-[...15 lines deleted...]
-      45) осуществление оценки индустриального развития;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) разработка и утверждение единой карты индустриализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
-[...15 lines deleted...]
-      46) разработка положения о межведомственной комиссии по промышленной политике и внесение Премьер-Министру Республики Казахстан предложений по формированию ее состава;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) разработка и утверждение правил включения промышленно-инновационных проектов в единую карту индустриализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      47) разработка и утверждение единой карты индустриализации;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) разработка и утверждение методики мониторинга промышленно-инновационных проектов единой карты индустриализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      48) разработка и утверждение правил включения промышленно-инновационных проектов в единую карту индустриализации;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) осуществление совместно с государственными органами, ответственными за реализацию промышленно-инновационных проектов, местными исполнительными органами областей, городов республиканского значения и столицы общей координации по единой карте индустриализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      49) разработка и утверждение методики мониторинга промышленно-инновационных проектов единой карты индустриализации;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) разработка и утверждение правил оказания мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      50) осуществление совместно с государственными органами, ответственными за реализацию промышленно-инновационных проектов, местными исполнительными органами областей, городов республиканского значения и столицы общей координации по единой карте индустриализации;</w:t>
+    <w:bookmarkStart w:name="z753" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1) разработка и утверждение правил ведения реестра казахстанских товаропроизводителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      51) разработка и утверждение правил оказания мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
+    <w:bookmarkStart w:name="z754" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-2) ведение реестра казахстанских товаропроизводителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z753" w:id="108"/>
-[...15 lines deleted...]
-      51-1) разработка и утверждение правил ведения реестра казахстанских товаропроизводителей;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) разработка перечня национальных институтов развития и иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z754" w:id="109"/>
-[...15 lines deleted...]
-      51-2) ведение реестра казахстанских товаропроизводителей;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) разработка и утверждение правил формирования и ведения реестра территориальных кластеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z115" w:id="110"/>
-[...15 lines deleted...]
-      52) разработка перечня национальных институтов развития и иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) разработка и утверждение правил предоставления мер государственного стимулирования промышленности в развитии территориальных кластеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z116" w:id="111"/>
-[...15 lines deleted...]
-      53) разработка и утверждение правил формирования и ведения реестра территориальных кластеров;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) разработка и утверждение правил предоставления промышленных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z117" w:id="112"/>
-[...15 lines deleted...]
-      54) разработка и утверждение правил предоставления мер государственного стимулирования промышленности в развитии территориальных кластеров;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) разработка и утверждение правил заключения и расторжения соглашений о повышении конкурентоспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z118" w:id="113"/>
-[...15 lines deleted...]
-      55) разработка и утверждение правил предоставления промышленных грантов;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) разработка и утверждение методики оценки эффективности реализации мер государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z119" w:id="114"/>
-[...15 lines deleted...]
-      56) разработка и утверждение правил заключения и расторжения соглашений о повышении конкурентоспособности;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) разработка и утверждение форм, предназначенных для сбора административных данных в области промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z120" w:id="115"/>
-[...15 lines deleted...]
-      57) разработка и утверждение методики оценки эффективности реализации мер государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) разработка и утверждение правил по определению и применению встречных обязательств при оказании мер государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z121" w:id="116"/>
-[...15 lines deleted...]
-      58) разработка и утверждение форм, предназначенных для сбора административных данных в области промышленности;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) разработка и утверждение перечня приоритетных товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z122" w:id="117"/>
-[...15 lines deleted...]
-      59) разработка и утверждение правил по определению и применению встречных обязательств при оказании мер государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) разработка и утверждение методики оценки уровня передела товара для включения в перечень приоритетных товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z123" w:id="118"/>
-[...15 lines deleted...]
-      60) разработка и утверждение перечня приоритетных товаров;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) разработка и утверждение правил по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z124" w:id="119"/>
-[...15 lines deleted...]
-      61) разработка и утверждение методики оценки уровня передела товара для включения в перечень приоритетных товаров;</w:t>
+    <w:bookmarkStart w:name="z711" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62-1) разработка и утверждение формы типового соглашения по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z125" w:id="120"/>
-[...15 lines deleted...]
-      62) разработка и утверждение правил по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) мониторинг исполнения соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z711" w:id="121"/>
-[...15 lines deleted...]
-      62-1) разработка и утверждение формы типового соглашения по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) разработка и утверждение правил ведения и использования национальной информационной системы промышленности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z126" w:id="122"/>
-[...15 lines deleted...]
-      63) мониторинг исполнения соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) разработка и утверждение перечня функциональных и информационных сервисов, входящих в национальную информационную систему промышленности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z127" w:id="123"/>
-[...15 lines deleted...]
-      64) разработка и утверждение правил ведения и использования национальной информационной системы промышленности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) разработка и утверждение методики оценки индустриального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z128" w:id="124"/>
-[...15 lines deleted...]
-      65) разработка и утверждение перечня функциональных и информационных сервисов, входящих в национальную информационную систему промышленности Республики Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z740" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-1) проведение мониторинга торгов биржевыми товарами, подлежащими обязательной реализации через товарные биржи, в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z129" w:id="125"/>
-[...15 lines deleted...]
-      66) разработка и утверждение методики оценки индустриального развития;</w:t>
+    <w:bookmarkStart w:name="z749" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-2) согласование перечня биржевых товаров, утверждаемого уполномоченным органом в области регулирования торговой деятельности, а также внесения в него изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z741" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-3) согласование перечня социально значимых биржевых товаров, утверждаемого уполномоченным органом в области регулирования торговой деятельности, а также внесения в него изменений и (или) дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z742" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-4) представление в уполномоченный орган по инвестициям сведений об инвесторах и их инвестиционных проектах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) разработка и утверждение правил разработки Национального доклада о состоянии промышленности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z132" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) разработка и утверждение порядка взаимодействия с Евразийской экономической комиссией по вопросам формирования и ведения евразийского реестра промышленных товаров с учетом законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z133" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) разработка и утверждение правил планирования и заключения договоров, направленных на развитие промышленности, а также мониторинга их исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z134" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) разработка и утверждение правил конкурсного отбора территориальных кластеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z135" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) разработка и утверждение правил предоставления мер государственного стимулирования промышленности, направленных на повышение производительности труда субъектов промышленно-инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) координация реализации политики по цифровой трансформации промышленности и внедрению Индустрии 4.0 субъектами деятельности в сфере промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z137" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) координация деятельности иных государственных органов и организаций по развитию базы научно-исследовательских и опытно-конструкторских работ, кадрового потенциала в промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z138" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) формирование и реализация промышленной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) формирование и реализация государственной политики в области регулирования производства драгоценных металлов, оборота драгоценных металлов и драгоценных камней, сырьевых товаров, содержащих драгоценные металлы, ювелирных и других изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z720" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1) разработка и утверждение правил ввоза на территорию Республики Казахстан из стран, не входящих в Евразийский экономический союз, и вывоза с территории Республики Казахстан в эти страны драгоценных металлов и сырьевых товаров, содержащих драгоценные металлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z721" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-2) разработка и утверждение правил ввоза на территорию Республики Казахстан из стран, не входящих в Евразийский экономический союз, и вывоза с территории Республики Казахстан в эти страны драгоценных камней, ювелирных и других изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z722" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-3) разработка и утверждение правил ввоза на территорию Республики Казахстан и вывоза с территории Республики Казахстан необработанных природных алмазов с учетом схемы сертификации Кимберлийского процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z140" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) разработка и утверждение правил проведения экспертизы драгоценных камней, ювелирных и других изделий из драгоценных металлов и драгоценных камней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z141" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) разработка и утверждение нормативных документов на сырьевые товары, содержащие драгоценные металлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z142" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) подтверждение норм выхода продуктов переработки из драгоценных металлов и сырьевых товаров, содержащих драгоценные металлы, отраженных в представленных документах при их ввозе на территорию Республики Казахстан и вывозе с территории Республики Казахстан для переработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">80) исключен постановлением Правительства РК от 16.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 662</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 67) предусматривается исключить постановлением Правительства РК от 19.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">81) исключен постановлением Правительства РК от 16.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 662</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) разработка и утверждение правил формирования перечня субъектов производства драгоценных металлов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) определение порядка получения отказа субъектов производства драгоценных металлов, состоящих в перечне субъектов производства драгоценных металлов, от переработки и (или) аффинажа драгоценных металлов и сырьевых товаров, содержащих драгоценные металлы, или подтверждения уполномоченного органа о наличии такого отказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) разработка и утверждение перечня субъектов производства драгоценных металлов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z723" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-1) разработка и утверждение формы сертификата международной схемы сертификации необработанных природных алмазов (сертификат Кимберлийского процесса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z148" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) определение формы и порядка оформления акта об отборе проб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z149" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) установление требований к юридическим лицам, осуществляющим деятельность по сбору (заготовке), хранению, переработке и реализации лома и отходов цветных и черных металлов в уведомительном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z150" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) введение запрета и количественных ограничений вывоза отдельных товаров в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z151" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) разработка и утверждение правил распределения квот в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z152" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) осуществление распределения количественных ограничений (квот) вывоза отдельных товаров между участниками внешнеторговой деятельности в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z153" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) определение размера квот и срока их действия в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z154" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) разработка и утверждение правил и условий выдачи лицензии на экспорт отдельных видов товаров, в отношении которых введены количественные ограничения вывоза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z155" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) выдача лицензий на экспорт отдельных видов товаров при введении количественных ограничений (квот) в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z156" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) определение порядка и формы подтверждения целевого назначения товаров в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z157" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) осуществление подтверждения целевого назначения товаров в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z158" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) определение формы и сроков представления отчетности юридических лиц, осуществляющих деятельность по сбору (заготовке), хранению, переработке и реализации лома и отходов цветных и черных металлов, о закупленном и реализованном ломе и отходах цветных и черных металлов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 771</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в действие с 01.01.2026). </w:t>
+        <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...799 lines deleted...]
-      94) осуществление подтверждения целевого назначения товаров в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) формирование на основе представляемых субъектами промышленно-инновационной деятельности сведений о потребностях в соответствующих специалистах предложений по определению перечня специальностей, по которым требуется подготовка специалистов для приоритетных секторов экономики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z158" w:id="159"/>
-[...15 lines deleted...]
-      95) определение формы и сроков представления отчетности юридических лиц, осуществляющих деятельность по сбору (заготовке), хранению, переработке и реализации лома и отходов цветных и черных металлов, о закупленном и реализованном ломе и отходах цветных и черных металлов;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) оказание содействия в вовлечении предприятий обрабатывающей промышленности в процесс организации дуального обучения, в том числе содействия в заключении трехсторонних договоров о дуальном обучении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:p>
-[...87 lines deleted...]
-      97) формирование на основе представляемых субъектами промышленно-инновационной деятельности сведений о потребностях в соответствующих специалистах предложений по определению перечня специальностей, по которым требуется подготовка специалистов для приоритетных секторов экономики;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) предоставление с привлечением национального института развития в области развития внутристрановой ценности сервисной поддержки и оказание мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z161" w:id="161"/>
-[...15 lines deleted...]
-      98) оказание содействия в вовлечении предприятий обрабатывающей промышленности в процесс организации дуального обучения, в том числе содействия в заключении трехсторонних договоров о дуальном обучении;</w:t>
+    <w:bookmarkStart w:name="z755" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-1) рассмотрение с привлечением национального института развития в области развития внутристрановой ценности планов закупок (программы, перечни товаров) крупных заказчиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z162" w:id="162"/>
-[...15 lines deleted...]
-      99) предоставление с привлечением национального института развития в области развития внутристрановой ценности сервисной поддержки и оказание мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
+    <w:bookmarkStart w:name="z756" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-2) утверждение перечня системообразующих предприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z755" w:id="163"/>
-[...15 lines deleted...]
-      99-1) рассмотрение с привлечением национального института развития в области развития внутристрановой ценности планов закупок (программы, перечни товаров) крупных заказчиков;</w:t>
+    <w:bookmarkStart w:name="z757" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-3) осуществление мониторинга внутристрановой ценности закупок товаров системообразующих предприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z756" w:id="164"/>
-[...15 lines deleted...]
-      99-2) утверждение перечня системообразующих предприятий;</w:t>
+    <w:bookmarkStart w:name="z758" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-4) утверждение состава и положения об апелляционной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z757" w:id="165"/>
-[...15 lines deleted...]
-      99-3) осуществление мониторинга внутристрановой ценности закупок товаров системообразующих предприятий;</w:t>
+    <w:bookmarkStart w:name="z759" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-5) разработка и утверждение по согласованию с отраслевыми государственными органами условий производства, производственных и технологических операций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z758" w:id="166"/>
-[...15 lines deleted...]
-      99-4) утверждение состава и положения об апелляционной комиссии;</w:t>
+    <w:bookmarkStart w:name="z760" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-6) разработка правил разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z759" w:id="167"/>
-[...15 lines deleted...]
-      99-5) разработка и утверждение по согласованию с отраслевыми государственными органами условий производства, производственных и технологических операций;</w:t>
+    <w:bookmarkStart w:name="z761" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99-7) осуществление мониторинга реализации программ развития внутристрановой ценности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z760" w:id="168"/>
-[...15 lines deleted...]
-      99-6) разработка правил разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формы;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) выделение на основе договора, заключаемого с национальным институтом развития в области развития внутристрановой ценности, средств на оказание мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z761" w:id="169"/>
-[...15 lines deleted...]
-      99-7) осуществление мониторинга реализации программ развития внутристрановой ценности;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) предоставление с привлечением национального института развития в области развития промышленности мер государственного стимулирования промышленности, направленных на повышение производительности труда субъектов промышленно-инновационной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z163" w:id="170"/>
-[...15 lines deleted...]
-      100) выделение на основе договора, заключаемого с национальным институтом развития в области развития внутристрановой ценности, средств на оказание мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) предоставление с привлечением национального института развития в области развития промышленности мер государственного стимулирования промышленности в развитии территориальных кластеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z164" w:id="171"/>
-[...15 lines deleted...]
-      101) предоставление с привлечением национального института развития в области развития промышленности мер государственного стимулирования промышленности, направленных на повышение производительности труда субъектов промышленно-инновационной деятельности;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) предоставление с привлечением национального института развития в области развития промышленности промышленных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z165" w:id="172"/>
-[...15 lines deleted...]
-      102) предоставление с привлечением национального института развития в области развития промышленности мер государственного стимулирования промышленности в развитии территориальных кластеров;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) разработка и утверждение правил проведения экспертизы по внутристрановой ценности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z166" w:id="173"/>
-[...15 lines deleted...]
-      103) предоставление с привлечением национального института развития в области развития промышленности промышленных грантов;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) разработка и утверждение единой методики расчета организациями внутристрановой ценности при закупках товаров, работ и услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z167" w:id="174"/>
-[...15 lines deleted...]
-      104) разработка и утверждение правил проведения экспертизы по внутристрановой ценности;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) представление в уполномоченный орган в области государственной поддержки инновационной деятельности предложения по определению приоритетных направлений предоставления инновационных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z168" w:id="175"/>
-[...15 lines deleted...]
-      105) разработка и утверждение единой методики расчета организациями внутристрановой ценности при закупках товаров, работ и услуг;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) разработка, утверждение или согласование нормативных правовых актов в области безопасности машин и оборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z169" w:id="176"/>
-[...15 lines deleted...]
-      106) представление в уполномоченный орган в области государственной поддержки инновационной деятельности предложения по определению приоритетных направлений предоставления инновационных грантов;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) обеспечение реализации документов Системы государственного планирования в Республике Казахстан в рамках компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z170" w:id="177"/>
-[...15 lines deleted...]
-      107) разработка, утверждение или согласование нормативных правовых актов в области безопасности машин и оборудования;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) разработка критериев отбора отечественных промышленных предприятий для включения в перечень отечественных промышленных предприятий, которым земельные участки предоставляются в собственность на безвозмездной основе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z171" w:id="178"/>
-[...15 lines deleted...]
-      108) обеспечение реализации документов Системы государственного планирования в Республике Казахстан в рамках компетенции;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) разработка перечня отечественных промышленных предприятий, которым земельные участки предоставляются в собственность на безвозмездной основе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z172" w:id="179"/>
-[...15 lines deleted...]
-      109) разработка критериев отбора отечественных промышленных предприятий для включения в перечень отечественных промышленных предприятий, которым земельные участки предоставляются в собственность на безвозмездной основе;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) выработка мер и реализация государственной политики по увеличению доли внутристрановой ценности при закупках товаров, работ и услуг организациями и государственными органами, осуществляемых на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z173" w:id="180"/>
-[...15 lines deleted...]
-      110) разработка перечня отечественных промышленных предприятий, которым земельные участки предоставляются в собственность на безвозмездной основе;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) координация и методологическое обеспечение деятельности государственных органов по вопросам внутристрановой ценности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z174" w:id="181"/>
-[...15 lines deleted...]
-      111) выработка мер и реализация государственной политики по увеличению доли внутристрановой ценности при закупках товаров, работ и услуг организациями и государственными органами, осуществляемых на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) заключение с Национальной палатой предпринимателей Республики Казахстан и недропользователями соглашений о стимулировании предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z175" w:id="182"/>
-[...15 lines deleted...]
-      112) координация и методологическое обеспечение деятельности государственных органов по вопросам внутристрановой ценности;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) разработка и утверждение правил заключения, внесения изменений, дополнений и расторжения соглашения о стимулировании предпринимательства, а также мониторинга их исполнения, типовой формы соглашения о стимулировании предпринимательства совместно с уполномоченными органами в области углеводородов и добычи урана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z176" w:id="183"/>
-[...15 lines deleted...]
-      113) заключение с Национальной палатой предпринимателей Республики Казахстан и недропользователями соглашений о стимулировании предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) определение порядка формирования и ведения государственного энергетического реестра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z177" w:id="184"/>
-[...15 lines deleted...]
-      114) разработка и утверждение правил заключения, внесения изменений, дополнений и расторжения соглашения о стимулировании предпринимательства, а также мониторинга их исполнения, типовой формы соглашения о стимулировании предпринимательства совместно с уполномоченными органами в области углеводородов и добычи урана;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) установление требований по энергоэффективности зданий, строений, сооружений и их элементов, являющихся частью ограждающих конструкций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z178" w:id="185"/>
-[...15 lines deleted...]
-      115) определение порядка формирования и ведения государственного энергетического реестра;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) установление требований по энергоэффективности строительных материалов, изделий и конструкций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z179" w:id="186"/>
-[...15 lines deleted...]
-      116) установление требований по энергоэффективности зданий, строений, сооружений и их элементов, являющихся частью ограждающих конструкций;</w:t>
+    <w:bookmarkStart w:name="z181" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) определение национального института развития в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z180" w:id="187"/>
-[...15 lines deleted...]
-      117) установление требований по энергоэффективности строительных материалов, изделий и конструкций;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) разработка и утверждение перечня информационно-измерительных комплексов и технических средств, необходимых для осуществления деятельности в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z181" w:id="188"/>
-[...15 lines deleted...]
-      118) определение национального института развития в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) разработка и утверждение нормативов энергопотребления, нормативных значений коэффициента мощности в электрических сетях субъектов государственного энергетического реестра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z182" w:id="189"/>
-[...15 lines deleted...]
-      119) разработка и утверждение перечня информационно-измерительных комплексов и технических средств, необходимых для осуществления деятельности в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z184" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) разработка и утверждение механизма оценки деятельности местных исполнительных органов по вопросам энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z183" w:id="190"/>
-[...15 lines deleted...]
-      120) разработка и утверждение нормативов энергопотребления, нормативных значений коэффициента мощности в электрических сетях субъектов государственного энергетического реестра;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) установление требований по энергоэффективности транспорта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z184" w:id="191"/>
-[...15 lines deleted...]
-      121) разработка и утверждение механизма оценки деятельности местных исполнительных органов по вопросам энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) установление требований по энергоэффективности оборудования, в том числе электрооборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z185" w:id="192"/>
-[...15 lines deleted...]
-      122) установление требований по энергоэффективности транспорта;</w:t>
+    <w:bookmarkStart w:name="z187" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) разработка и утверждение правил стимулирования производства в Республике Казахстан экологически чистых автомобильных транспортных средств (соответствующих экологическому классу, установленному техническим регламентом Евразийского экономического союза; с электродвигателями) и их компонентов, а также самоходной сельскохозяйственной техники, соответствующей экологическим требованиям, определенным техническими регламентами, совместно с уполномоченным органом в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z186" w:id="193"/>
-[...15 lines deleted...]
-      123) установление требований по энергоэффективности оборудования, в том числе электрооборудования;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) разработка и утверждение правил определения и пересмотра классов энергоэффективности зданий, строений, сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z187" w:id="194"/>
-[...15 lines deleted...]
-      124) разработка и утверждение правил стимулирования производства в Республике Казахстан экологически чистых автомобильных транспортных средств (соответствующих экологическому классу, установленному техническим регламентом Евразийского экономического союза; с электродвигателями) и их компонентов, а также самоходной сельскохозяйственной техники, соответствующей экологическим требованиям, определенным техническими регламентами, совместно с уполномоченным органом в области охраны окружающей среды;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) разработка и утверждение порядка проведения энергетического аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z188" w:id="195"/>
-[...15 lines deleted...]
-      125) разработка и утверждение правил определения и пересмотра классов энергоэффективности зданий, строений, сооружений;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) разработка и утверждение требований по энергосбережению и повышению энергоэффективности, предъявляемых к проектной (проектно-сметной) документации зданий, строений, сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z189" w:id="196"/>
-[...15 lines deleted...]
-      126) разработка и утверждение порядка проведения энергетического аудита;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) разработка и утверждение формы предписания об устранении нарушения требований законодательства Республики Казахстан об энергосбережении и повышении энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z190" w:id="197"/>
-[...15 lines deleted...]
-      127) разработка и утверждение требований по энергосбережению и повышению энергоэффективности, предъявляемых к проектной (проектно-сметной) документации зданий, строений, сооружений;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) разработка и утверждение требований к форме и содержанию плана мероприятий по энергосбережению и повышению энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z191" w:id="198"/>
-[...15 lines deleted...]
-      128) разработка и утверждение формы предписания об устранении нарушения требований законодательства Республики Казахстан об энергосбережении и повышении энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) определение порядка деятельности учебных центров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z192" w:id="199"/>
-[...15 lines deleted...]
-      129) разработка и утверждение требований к форме и содержанию плана мероприятий по энергосбережению и повышению энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) разработка и утверждение разрешительных требований и перечня документов, необходимых для выдачи аттестата энергоаудитора в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z193" w:id="200"/>
-[...15 lines deleted...]
-      130) определение порядка деятельности учебных центров;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) определение порядка проведения аттестации кандидатов в энергоаудиторы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z194" w:id="201"/>
-[...15 lines deleted...]
-      131) разработка и утверждение разрешительных требований и перечня документов, необходимых для выдачи аттестата энергоаудитора в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) разработка и утверждение формы аттестата энергоаудитора в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z195" w:id="202"/>
-[...15 lines deleted...]
-      132) определение порядка проведения аттестации кандидатов в энергоаудиторы;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) разработка и утверждение формы маркировки зданий, строений, сооружений по энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z196" w:id="203"/>
-[...15 lines deleted...]
-      133) разработка и утверждение формы аттестата энергоаудитора в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) определение порядка формирования и ведения карты энергоэффективности, отбора и включения проектов в карту энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z197" w:id="204"/>
-[...15 lines deleted...]
-      134) разработка и утверждение формы маркировки зданий, строений, сооружений по энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) определение порядка проведения анализа заключений по энергосбережению и повышению энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z198" w:id="205"/>
-[...15 lines deleted...]
-      135) определение порядка формирования и ведения карты энергоэффективности, отбора и включения проектов в карту энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) разработка и утверждение по согласованию с уполномоченным органом в области образования учебных программ и планов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z199" w:id="206"/>
-[...15 lines deleted...]
-      136) определение порядка проведения анализа заключений по энергосбережению и повышению энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) разработка и утверждение формы и сроков представления центральными исполнительными органами отчетов по реализации государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z200" w:id="207"/>
-[...15 lines deleted...]
-      137) разработка и утверждение по согласованию с уполномоченным органом в области образования учебных программ и планов;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) разработка и утверждение типового соглашения в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z201" w:id="208"/>
-[...15 lines deleted...]
-      138) разработка и утверждение формы и сроков представления центральными исполнительными органами отчетов по реализации государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) заключение на добровольной основе соглашения в области энергосбережения и повышения энергоэффективности с местным исполнительным органом области, города республиканского значения, столицы и субъектом государственного энергетического реестра, потребляющим энергетические ресурсы в объеме сто тысяч и более тонн условного топлива в год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z202" w:id="209"/>
-[...15 lines deleted...]
-      139) разработка и утверждение типового соглашения в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) разработка и утверждение типовых форм энергосервисного договора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z203" w:id="210"/>
-[...15 lines deleted...]
-      140) заключение на добровольной основе соглашения в области энергосбережения и повышения энергоэффективности с местным исполнительным органом области, города республиканского значения, столицы и субъектом государственного энергетического реестра, потребляющим энергетические ресурсы в объеме сто тысяч и более тонн условного топлива в год;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) разработка и утверждение методики расчета нормативов энергопотребления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z204" w:id="211"/>
-[...15 lines deleted...]
-      141) разработка и утверждение типовых форм энергосервисного договора;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) разработка и утверждение правил мониторинга энергопотребления государственных учреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z205" w:id="212"/>
-[...15 lines deleted...]
-      142) разработка и утверждение методики расчета нормативов энергопотребления;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) установление целевых индикаторов по энергоэффективности для субъектов Государственного энергетического реестра, потребляющих энергетические ресурсы в объеме, эквивалентном пятидесяти тысячам и более тонн условного топлива в год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z206" w:id="213"/>
-[...15 lines deleted...]
-      143) разработка и утверждение правил мониторинга энергопотребления государственных учреждений;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) проведение оценки деятельности местных исполнительных органов по вопросам энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z207" w:id="214"/>
-[...15 lines deleted...]
-      144) установление целевых индикаторов по энергоэффективности для субъектов Государственного энергетического реестра, потребляющих энергетические ресурсы в объеме, эквивалентном пятидесяти тысячам и более тонн условного топлива в год;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) разработка и утверждение правил мониторинга государственных закупок и закупок товаров, работ, услуг в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z208" w:id="215"/>
-[...15 lines deleted...]
-      145) проведение оценки деятельности местных исполнительных органов по вопросам энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) разработка и утверждение перечня товаров, работ, услуг, на которые распространяются требования по энергоэффективности при осуществлении государственных закупок и закупок товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z209" w:id="216"/>
-[...15 lines deleted...]
-      146) разработка и утверждение правил мониторинга государственных закупок и закупок товаров, работ, услуг в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z211" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) установление требований по энергоэффективности товаров, работ, услуг при осуществлении государственных закупок и закупок товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z210" w:id="217"/>
-[...15 lines deleted...]
-      147) разработка и утверждение перечня товаров, работ, услуг, на которые распространяются требования по энергоэффективности при осуществлении государственных закупок и закупок товаров, работ, услуг;</w:t>
+    <w:bookmarkStart w:name="z212" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) проведение мониторинга государственных закупок и закупок товаров, работ, услуг в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z211" w:id="218"/>
-[...15 lines deleted...]
-      148) установление требований по энергоэффективности товаров, работ, услуг при осуществлении государственных закупок и закупок товаров, работ, услуг;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-1) разработка и утверждение правил проведения постпроектного анализа на соответствие требованиям класса энергоэффективности зданий, строений и сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-2) разработка ключевых и целевых показателей теплоэнергетики в части энергосбережения и повышения энергоэффективности, потребления тепловой энергии и направление их в уполномоченный орган в области теплоэнергетики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149-3) разработка и обеспечение мониторинга исполнения планов по снижению теплопотребления объектами теплоэнергетики для достижения целевых показателей теплоэнергетики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) определение порядка заключения, условий и типовой формы соглашения о промышленной сборке моторных транспортных средств с юридическими лицами - резидентами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z212" w:id="219"/>
-[...15 lines deleted...]
-      149) проведение мониторинга государственных закупок и закупок товаров, работ, услуг в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) заключение с юридическими лицами Республики Казахстан соглашений о промышленной сборке транспортных средств, о промышленной сборке сельскохозяйственной техники, о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике в соответствии с типовыми формами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:p>
-[...101 lines deleted...]
-      150) определение порядка заключения, условий и типовой формы соглашения о промышленной сборке моторных транспортных средств с юридическими лицами - резидентами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) формирование и ведение национальных частей единого реестра уполномоченных органов (организаций) государств-членов Евразийского экономического союза и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов (электронных паспортов) транспортных средств (шасси транспортных средств), самоходных машин и других видов техники в электронном виде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z214" w:id="221"/>
-[...15 lines deleted...]
-      151) заключение с юридическими лицами Республики Казахстан соглашений о промышленной сборке транспортных средств, о промышленной сборке сельскохозяйственной техники, о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике в соответствии с типовыми формами;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) представление по запросам заинтересованных лиц сведений, содержащихся в национальных частях единого реестра уполномоченных органов (организаций) государств-членов Евразийского экономического союза и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов (электронных паспортов) транспортных средств (шасси транспортных средств), самоходных машин и других видов техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z215" w:id="222"/>
-[...15 lines deleted...]
-      152) формирование и ведение национальных частей единого реестра уполномоченных органов (организаций) государств-членов Евразийского экономического союза и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов (электронных паспортов) транспортных средств (шасси транспортных средств), самоходных машин и других видов техники в электронном виде;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) разработка и утверждение правил и условий заключения, а также оснований для изменения и расторжения соглашения о промышленной сборке сельскохозяйственной техники с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z216" w:id="223"/>
-[...15 lines deleted...]
-      153) представление по запросам заинтересованных лиц сведений, содержащихся в национальных частях единого реестра уполномоченных органов (организаций) государств-членов Евразийского экономического союза и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов (электронных паспортов) транспортных средств (шасси транспортных средств), самоходных машин и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) подача представления в Правительство Республики Казахстан для определения национального оператора (национального администратора) системы электронных паспортов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z217" w:id="224"/>
-[...15 lines deleted...]
-      154) разработка и утверждение правил и условий заключения, а также оснований для изменения и расторжения соглашения о промышленной сборке сельскохозяйственной техники с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) определение порядка и условий выдачи заключения о предоставлении организациям полномочий или отказе в предоставлении полномочий по оформлению паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформлению электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z218" w:id="225"/>
-[...15 lines deleted...]
-      155) подача представления в Правительство Республики Казахстан для определения национального оператора (национального администратора) системы электронных паспортов;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) разработка и утверждение требований к элементам защиты паспорта транспортного средства (паспорта шасси транспортного средства), паспорта самоходной машины и других видов техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z219" w:id="226"/>
-[...15 lines deleted...]
-      156) определение порядка и условий выдачи заключения о предоставлении организациям полномочий или отказе в предоставлении полномочий по оформлению паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформлению электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z693" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157-1) разработка и утверждение правил ведения электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z220" w:id="227"/>
-[...15 lines deleted...]
-      157) разработка и утверждение требований к элементам защиты паспорта транспортного средства (паспорта шасси транспортного средства), паспорта самоходной машины и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) разработка и утверждение правил и условий заключения, а также основания для изменения и расторжения соглашения о промышленной сборке транспортных средств с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z693" w:id="228"/>
-[...15 lines deleted...]
-      157-1) разработка и утверждение правил ведения электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) разработка и утверждение правил и условий заключения, а также основания для изменения и расторжения соглашения о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z221" w:id="229"/>
-[...15 lines deleted...]
-      158) разработка и утверждение правил и условий заключения, а также основания для изменения и расторжения соглашения о промышленной сборке транспортных средств с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) разработка и утверждение формы реестра уполномоченных представителей, применяющих освобождение от налога на добавленную стоимость при реализации транспортных средств и (или) сельскохозяйственной техники, приобретенных у их производителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z222" w:id="230"/>
-[...15 lines deleted...]
-      159) разработка и утверждение правил и условий заключения, а также основания для изменения и расторжения соглашения о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике с юридическими лицами Республики Казахстан и его типовой формы;</w:t>
+    <w:bookmarkStart w:name="z724" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160-1) ведение реестра уполномоченных представителей, применяющих освобождение от налога на добавленную стоимость при реализации транспортных средств и (или) сельскохозяйственной техники, приобретенных у их производителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z223" w:id="231"/>
-[...15 lines deleted...]
-      160) разработка и утверждение формы реестра уполномоченных представителей, применяющих освобождение от налога на добавленную стоимость при реализации транспортных средств и (или) сельскохозяйственной техники, приобретенных у их производителя;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) разработка и утверждение перечня бытовых приборов и (или) приборов бытовой электроники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z724" w:id="232"/>
-[...15 lines deleted...]
-      160-1) ведение реестра уполномоченных представителей, применяющих освобождение от налога на добавленную стоимость при реализации транспортных средств и (или) сельскохозяйственной техники, приобретенных у их производителя;</w:t>
+    <w:bookmarkStart w:name="z725" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161-1) разработка и утверждение формы реестра юридических лиц, являющихся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z224" w:id="233"/>
-[...15 lines deleted...]
-      161) разработка и утверждение перечня бытовых приборов и (или) приборов бытовой электроники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость;</w:t>
+    <w:bookmarkStart w:name="z726" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      производителями бытовых приборов и (или) приборов бытовой электроники, а также их компонентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z725" w:id="234"/>
-[...15 lines deleted...]
-      161-1) разработка и утверждение формы реестра юридических лиц, являющихся:</w:t>
+    <w:bookmarkStart w:name="z727" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченными представителями производителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z726" w:id="235"/>
+    <w:bookmarkStart w:name="z728" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иными лицами, реализующими бытовые приборы и (или) приборы бытовой электроники, а также их компоненты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z729" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161-2) ведение реестра юридических лиц, являющихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z730" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производителями бытовых приборов и (или) приборов бытовой электроники, а также их компонентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z727" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z731" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченными представителями производителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z728" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z732" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иными лицами, реализующими бытовые приборы и (или) приборы бытовой электроники, а также их компоненты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z731" w:id="240"/>
-[...15 lines deleted...]
-      уполномоченными представителями производителя;</w:t>
+    <w:bookmarkStart w:name="z733" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161-3) создание научно-технического совета и утверждение его положения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z732" w:id="241"/>
-[...15 lines deleted...]
-      иными лицами, реализующими бытовые приборы и (или) приборы бытовой электроники, а также их компоненты;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) разработка и утверждение правил лицензирования экспорта и импорта специфических товаров и квалификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z733" w:id="242"/>
-[...15 lines deleted...]
-      161-3) создание научно-технического совета и утверждение его положения;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) разработка и утверждение правил оформления и выдачи сертификата конечного пользователя Республики Казахстан, международного импортного сертификата Республики Казахстан и квалификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z225" w:id="243"/>
-[...15 lines deleted...]
-      162) разработка и утверждение правил лицензирования экспорта и импорта специфических товаров и квалификационных требований;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) разработка и утверждение правил выдачи разрешения на транзит специфических товаров и квалификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z226" w:id="244"/>
-[...15 lines deleted...]
-      163) разработка и утверждение правил оформления и выдачи сертификата конечного пользователя Республики Казахстан, международного импортного сертификата Республики Казахстан и квалификационных требований;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) разработка и утверждение методических рекомендаций по созданию и ведению внутрифирменной системы контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z227" w:id="245"/>
-[...15 lines deleted...]
-      164) разработка и утверждение правил выдачи разрешения на транзит специфических товаров и квалификационных требований;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) разработка и утверждение правил выдачи разрешения на экстерриториальный реэкспорт и квалификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z228" w:id="246"/>
-[...15 lines deleted...]
-      165) разработка и утверждение методических рекомендаций по созданию и ведению внутрифирменной системы контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) разработка и утверждение правил выдачи разрешения на передачу третьим лицам на территории Республики Казахстан импортированных специфических товаров, а также товаров, импортированных с предоставлением гарантийных обязательств, и квалификационных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z229" w:id="247"/>
-[...15 lines deleted...]
-      166) разработка и утверждение правил выдачи разрешения на экстерриториальный реэкспорт и квалификационных требований;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) разработка и утверждение критериев оценки рисков при осуществлении экспорта специфических товаров, экстерриториального реэкспорта, оказании экстерриториальных посреднических услуг или технической помощи, порядка их применения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z230" w:id="248"/>
-[...15 lines deleted...]
-      167) разработка и утверждение правил выдачи разрешения на передачу третьим лицам на территории Республики Казахстан импортированных специфических товаров, а также товаров, импортированных с предоставлением гарантийных обязательств, и квалификационных требований;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) разработка и утверждение правил выдачи разрешений на оказание экстерриториальных посреднических услуг или технической помощи и квалификационных требований, порядка уведомления и ведения уполномоченным органом списка физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги или техническую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z231" w:id="249"/>
-[...15 lines deleted...]
-      168) разработка и утверждение критериев оценки рисков при осуществлении экспорта специфических товаров, экстерриториального реэкспорта, оказании экстерриториальных посреднических услуг или технической помощи, порядка их применения;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) разработка и утверждение правил проведения идентификации специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z232" w:id="250"/>
-[...15 lines deleted...]
-      169) разработка и утверждение правил выдачи разрешений на оказание экстерриториальных посреднических услуг или технической помощи и квалификационных требований, порядка уведомления и ведения уполномоченным органом списка физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги или техническую помощь;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) разработка и утверждение правил ведения учета совершаемых внешнеэкономических сделок со специфическими товарами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z233" w:id="251"/>
-[...15 lines deleted...]
-      170) разработка и утверждение правил проведения идентификации специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) разработка и утверждение критериев всеобъемлющего контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z234" w:id="252"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z236" w:id="254"/>
+    <w:bookmarkStart w:name="z236" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173) осуществление контроля экспорта, реэкспорта, импорта, транзита специфических товаров, экстерриториального реэкспорта, оказания экстерриториальных посреднических услуг или технической помощи в пределах компетенции в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О контроле специфических товаров";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z237" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) осуществление международного сотрудничества в сфере контроля специфических товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z238" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) утверждение контрольного списка;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z237" w:id="255"/>
-[...15 lines deleted...]
-      174) осуществление международного сотрудничества в сфере контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) разработка порядка информационного взаимодействия уполномоченного органа с государственными органами системы контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z238" w:id="256"/>
-[...15 lines deleted...]
-      175) утверждение контрольного списка;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) осуществление государственного контроля в сфере контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z239" w:id="257"/>
-[...15 lines deleted...]
-      176) разработка порядка информационного взаимодействия уполномоченного органа с государственными органами системы контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) осуществление выдачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z240" w:id="258"/>
-[...15 lines deleted...]
-      177) осуществление государственного контроля в сфере контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицензии на экспорт и импорт специфических товаров (лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, лицензии на импорт специфических товаров);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z241" w:id="259"/>
-[...15 lines deleted...]
-      178) осуществление выдачи:</w:t>
+    <w:bookmarkStart w:name="z243" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешения на транзит специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z242" w:id="260"/>
-[...15 lines deleted...]
-      лицензии на экспорт и импорт специфических товаров (лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, лицензии на импорт специфических товаров);</w:t>
+    <w:bookmarkStart w:name="z244" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешения на оказание экстерриториальных посреднических услуг или технической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z243" w:id="261"/>
-[...15 lines deleted...]
-      разрешения на транзит специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешения на экстерриториальный реэкспорт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z244" w:id="262"/>
-[...15 lines deleted...]
-      разрешения на оказание экстерриториальных посреднических услуг или технической помощи;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешения на передачу третьим лицам на территории Республики Казахстан импортированных специфических товаров, а также товаров, импортированных с предоставлением гарантийных обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z245" w:id="263"/>
-[...15 lines deleted...]
-      разрешения на экстерриториальный реэкспорт;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификата конечного пользователя Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z246" w:id="264"/>
-[...15 lines deleted...]
-      разрешения на передачу третьим лицам на территории Республики Казахстан импортированных специфических товаров, а также товаров, импортированных с предоставлением гарантийных обязательств;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      международного импортного сертификата Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z247" w:id="265"/>
-[...15 lines deleted...]
-      сертификата конечного пользователя Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключения об идентификации специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z248" w:id="266"/>
-[...15 lines deleted...]
-      международного импортного сертификата Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) ведение списка физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги или техническую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z249" w:id="267"/>
-[...15 lines deleted...]
-      заключения об идентификации специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) приостановление или прекращение действия разрешений в сфере контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z250" w:id="268"/>
-[...15 lines deleted...]
-      179) ведение списка физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги или техническую помощь;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) проведение оценки рисков при осуществлении экспорта специфических товаров, экстерриториального реэкспорта, оказании экстерриториальных посреднических услуг или технической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z251" w:id="269"/>
-[...15 lines deleted...]
-      180) приостановление или прекращение действия разрешений в сфере контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) разработка и утверждение порядка учета отдельных видов химической продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z252" w:id="270"/>
-[...15 lines deleted...]
-      181) проведение оценки рисков при осуществлении экспорта специфических товаров, экстерриториального реэкспорта, оказании экстерриториальных посреднических услуг или технической помощи;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) разработка и утверждение порядка регистрации и учета химической продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z253" w:id="271"/>
-[...15 lines deleted...]
-      182) разработка и утверждение порядка учета отдельных видов химической продукции;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) осуществление выдачи исключительной лицензии на экспорт и (или) импорт товаров, определяемых Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z254" w:id="272"/>
-[...15 lines deleted...]
-      183) разработка и утверждение порядка регистрации и учета химической продукции;</w:t>
+    <w:bookmarkStart w:name="z715" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-1) разработка и утверждение перечня отечественных сырьевых товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z255" w:id="273"/>
-[...15 lines deleted...]
-      184) осуществление выдачи исключительной лицензии на экспорт и (или) импорт товаров, определяемых Правительством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z716" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-2) выдача лицензий для вывоза с территории Республики Казахстан отечественного сырья, включенного в перечень отечественных сырьевых товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z715" w:id="274"/>
-[...15 lines deleted...]
-      184-1) разработка и утверждение перечня отечественных сырьевых товаров;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) разработка и утверждение правил выдачи исключительной лицензии на экспорт и (или) импорт товаров, определяемых Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z716" w:id="275"/>
-[...15 lines deleted...]
-      184-2) выдача лицензий для вывоза с территории Республики Казахстан отечественного сырья, включенного в перечень отечественных сырьевых товаров;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) разработка и утверждение правил представления управляющей компанией специальной экономической и индустриальной зон отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z256" w:id="276"/>
-[...15 lines deleted...]
-      185) разработка и утверждение правил выдачи исключительной лицензии на экспорт и (или) импорт товаров, определяемых Правительством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) разработка и утверждение перечня приоритетных видов деятельности в разрезе специальных экономических зон по согласованию с центральным уполномоченным органом по государственному планированию и уполномоченным государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z257" w:id="277"/>
-[...15 lines deleted...]
-      186) разработка и утверждение правил представления управляющей компанией специальной экономической и индустриальной зон отчетности;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) согласование решения о создании, продлении срока функционирования или упразднении индустриальной зоны республиканского значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z258" w:id="278"/>
-[...15 lines deleted...]
-      187) разработка и утверждение перечня приоритетных видов деятельности в разрезе специальных экономических зон по согласованию с центральным уполномоченным органом по государственному планированию и уполномоченным государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) разработка и утверждение типовых договоров по надлежащему исполнению функций управляющих компаний специальных экономических зон, индустриальных зон республиканского и регионального значений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z259" w:id="279"/>
-[...15 lines deleted...]
-      188) согласование решения о создании, продлении срока функционирования или упразднении индустриальной зоны республиканского значения;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) разработка и утверждение формы заявления и анкеты для регистрации в качестве участника специальной экономической или индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z260" w:id="280"/>
-[...15 lines deleted...]
-      189) разработка и утверждение типовых договоров по надлежащему исполнению функций управляющих компаний специальных экономических зон, индустриальных зон республиканского и регионального значений;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) разработка и утверждение типовых положений об индустриальной зоне республиканского и регионального значений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z261" w:id="281"/>
-[...15 lines deleted...]
-      190) разработка и утверждение формы заявления и анкеты для регистрации в качестве участника специальной экономической или индустриальной зоны;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) создание специальной комиссии, разработка и утверждение положения о ней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z262" w:id="282"/>
-[...15 lines deleted...]
-      191) разработка и утверждение типовых положений об индустриальной зоне республиканского и регионального значений;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) создание экспертного совета, разработка и утверждение положения о нем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z263" w:id="283"/>
-[...15 lines deleted...]
-      192) создание специальной комиссии, разработка и утверждение положения о ней;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) разработка и утверждение правил выдачи свидетельства, удостоверяющего регистрацию лица в качестве участника специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z264" w:id="284"/>
-[...15 lines deleted...]
-      193) создание экспертного совета, разработка и утверждение положения о нем;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) разработка и утверждение правил ведения единого реестра участников специальных экономических зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z265" w:id="285"/>
-[...15 lines deleted...]
-      194) разработка и утверждение правил выдачи свидетельства, удостоверяющего регистрацию лица в качестве участника специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) разработка и утверждение правил ведения единого реестра индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z266" w:id="286"/>
-[...15 lines deleted...]
-      195) разработка и утверждение правил ведения единого реестра участников специальных экономических зон;</w:t>
+    <w:bookmarkStart w:name="z268" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) разработка и утверждение правил создания и функционирования малых индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z267" w:id="287"/>
-[...15 lines deleted...]
-      196) разработка и утверждение правил ведения единого реестра индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z269" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) разработка и утверждение правил распределения управляющей компанией специальной экономической или индустриальной зоны земельных участков между участниками специальной экономической или индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z268" w:id="288"/>
-[...15 lines deleted...]
-      197) разработка и утверждение правил создания и функционирования малых индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) разработка и утверждение требований к технико-экономическому обоснованию проекта потенциального участника специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z269" w:id="289"/>
-[...15 lines deleted...]
-      198) разработка и утверждение правил распределения управляющей компанией специальной экономической или индустриальной зоны земельных участков между участниками специальной экономической или индустриальной зоны;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) осуществление межотраслевой координации деятельности государственных органов и управляющих компаний специальных экономических и индустриальных зон в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z270" w:id="290"/>
-[...15 lines deleted...]
-      199) разработка и утверждение требований к технико-экономическому обоснованию проекта потенциального участника специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) внесение в Правительство Республики Казахстан предложений о создании, продлении срока функционирования или упразднении специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z271" w:id="291"/>
-[...15 lines deleted...]
-      200) осуществление межотраслевой координации деятельности государственных органов и управляющих компаний специальных экономических и индустриальных зон в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) проведение оценки эффективности деятельности специальной экономической зоны в соответствии с методикой оценки эффективности деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z272" w:id="292"/>
-[...15 lines deleted...]
-      201) внесение в Правительство Республики Казахстан предложений о создании, продлении срока функционирования или упразднении специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) предоставление на ежегодной основе в Администрацию Президента Республики Казахстан и Правительство Республики Казахстан аналитической информации о результатах деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z273" w:id="293"/>
-[...15 lines deleted...]
-      202) проведение оценки эффективности деятельности специальной экономической зоны в соответствии с методикой оценки эффективности деятельности специальных экономических и индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) разработка и утверждение порядка, условий заключения и расторжения специального инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z274" w:id="294"/>
-[...15 lines deleted...]
-      203) предоставление на ежегодной основе в Администрацию Президента Республики Казахстан и Правительство Республики Казахстан аналитической информации о результатах деятельности специальных экономических и индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) разработка и утверждение типового специального инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z275" w:id="295"/>
-[...15 lines deleted...]
-      204) разработка и утверждение порядка, условий заключения и расторжения специального инвестиционного контракта;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) разработка и утверждение совместно с уполномоченным органом в сфере развития агропромышленного комплекса по согласованию с уполномоченным органом в сфере таможенного дела правил признания целевого использования условно выпущенных товаров, помещенных под таможенную процедуру выпуска для внутреннего потребления, в отношении которых применены льготы по уплате ввозных таможенных пошлин, налогов, сопряженные с ограничениями по пользованию и (или) распоряжению товарами, ввезенными на таможенную территорию Евразийского экономического союза в рамках реализации специальных инвестиционных контрактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z276" w:id="296"/>
-[...15 lines deleted...]
-      205) разработка и утверждение типового специального инвестиционного контракта;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) разработка и утверждение типовых договоров об осуществлении деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z277" w:id="297"/>
-[...15 lines deleted...]
-      206) разработка и утверждение совместно с уполномоченным органом в сфере развития агропромышленного комплекса по согласованию с уполномоченным органом в сфере таможенного дела правил признания целевого использования условно выпущенных товаров, помещенных под таможенную процедуру выпуска для внутреннего потребления, в отношении которых применены льготы по уплате ввозных таможенных пошлин, налогов, сопряженные с ограничениями по пользованию и (или) распоряжению товарами, ввезенными на таможенную территорию Евразийского экономического союза в рамках реализации специальных инвестиционных контрактов;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208) разработка и утверждение типовых договоров временного пользования (аренды) земельными участками, находящимися в частной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z278" w:id="298"/>
-[...15 lines deleted...]
-      207) разработка и утверждение типовых договоров об осуществлении деятельности;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209) разработка и утверждение типовых договоров временного возмездного землепользования (аренды) земельными участками, находящимися в государственной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z279" w:id="299"/>
-[...15 lines deleted...]
-      208) разработка и утверждение типовых договоров временного пользования (аренды) земельными участками, находящимися в частной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) разработка и утверждение типовых договоров временного вторичного пользования (субаренды) земельными участками, находящимися в частной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z280" w:id="300"/>
-[...15 lines deleted...]
-      209) разработка и утверждение типовых договоров временного возмездного землепользования (аренды) земельными участками, находящимися в государственной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) разработка и утверждение типовых договоров вторичного землепользования (субаренды) земельными участками, находящимися в государственной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z281" w:id="301"/>
-[...15 lines deleted...]
-      210) разработка и утверждение типовых договоров временного вторичного пользования (субаренды) земельными участками, находящимися в частной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) разработка и утверждение требований к концепциям создания специальной экономической и индустриальной зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z282" w:id="302"/>
-[...15 lines deleted...]
-      211) разработка и утверждение типовых договоров вторичного землепользования (субаренды) земельными участками, находящимися в государственной собственности, на которых создается специальная экономическая или индустриальная зона;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) разработка и утверждение правил и критериев отбора проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z283" w:id="303"/>
-[...15 lines deleted...]
-      212) разработка и утверждение требований к концепциям создания специальной экономической и индустриальной зон;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) разработка и утверждение методики оценки эффективности деятельности специальных экономических и индустриальных зон по согласованию с центральным уполномоченным органом по государственному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z284" w:id="304"/>
-[...15 lines deleted...]
-      213) разработка и утверждение правил и критериев отбора проектов;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) разработка и утверждение формы акта о неисполнении участником специальной экономической или индустриальной зоны обязательств, определенных договором об осуществлении деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z285" w:id="305"/>
-[...15 lines deleted...]
-      214) разработка и утверждение методики оценки эффективности деятельности специальных экономических и индустриальных зон по согласованию с центральным уполномоченным органом по государственному планированию;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216) разработка и утверждение перечня документов для допуска лиц к осуществлению вспомогательных видов деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z286" w:id="306"/>
-[...15 lines deleted...]
-      215) разработка и утверждение формы акта о неисполнении участником специальной экономической или индустриальной зоны обязательств, определенных договором об осуществлении деятельности;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217) разработка и утверждение правил проведения конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон и государственных индустриальных зон, а также квалификационных требований к указанным лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z287" w:id="307"/>
-[...15 lines deleted...]
-      216) разработка и утверждение перечня документов для допуска лиц к осуществлению вспомогательных видов деятельности;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218) определение предельного размера стоимости контрольного (идентификационного) знака, средства идентификации, применяемых в маркировке товаров, по согласованию с координирующим органом в области маркировки и прослеживаемости товаров и Национальной палатой предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z288" w:id="308"/>
-[...15 lines deleted...]
-      217) разработка и утверждение правил проведения конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон и государственных индустриальных зон, а также квалификационных требований к указанным лицам;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219) определение условий и механизмов финансирования, включая софинансирование промышленно-инновационных проектов, лизингового финансирования в рамках средств из государственного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z289" w:id="309"/>
-[...15 lines deleted...]
-      218) определение предельного размера стоимости контрольного (идентификационного) знака, средства идентификации, применяемых в маркировке товаров, по согласованию с координирующим органом в области маркировки и прослеживаемости товаров и Национальной палатой предпринимателей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220) определение ювелирных и других изделий, произведенных и (или) реализуемых на территории Республики Казахстан, не подлежащих обязательному опробованию и клеймению в уполномоченных организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z290" w:id="310"/>
-[...15 lines deleted...]
-      219) определение условий и механизмов финансирования, включая софинансирование промышленно-инновационных проектов, лизингового финансирования в рамках средств из государственного бюджета;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221) заключение соглашения о промышленной сборке транспортных средств с юридическими лицами Республики Казахстан по утвержденной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z291" w:id="311"/>
-[...15 lines deleted...]
-      220) определение ювелирных и других изделий, произведенных и (или) реализуемых на территории Республики Казахстан, не подлежащих обязательному опробованию и клеймению в уполномоченных организациях;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222) заключение соглашения о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике с юридическими лицами Республики Казахстан по утвержденной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z292" w:id="312"/>
-[...15 lines deleted...]
-      221) заключение соглашения о промышленной сборке транспортных средств с юридическими лицами Республики Казахстан по утвержденной форме;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223) утверждение контрольного списка специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z293" w:id="313"/>
-[...15 lines deleted...]
-      222) заключение соглашения о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике с юридическими лицами Республики Казахстан по утвержденной форме;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224) разработка и утверждение правил формирования перечня приоритетных сельскохозяйственных машин и оборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z294" w:id="314"/>
-[...15 lines deleted...]
-      223) утверждение контрольного списка специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225) утверждение перечня приоритетных сельскохозяйственных машин и оборудования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z295" w:id="315"/>
-[...15 lines deleted...]
-      224) разработка и утверждение правил формирования перечня приоритетных сельскохозяйственных машин и оборудования;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226) определение единого координационного центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z296" w:id="316"/>
-[...15 lines deleted...]
-      225) утверждение перечня приоритетных сельскохозяйственных машин и оборудования;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227) определение типовых функций регионального координационного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z297" w:id="317"/>
-[...15 lines deleted...]
-      226) определение единого координационного центра;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228) согласование договора по надлежащему исполнению функций управляющей компании индустриальной зоны республиканского значения, в создании которой участвует негосударственное юридическое лицо;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z298" w:id="318"/>
-[...15 lines deleted...]
-      227) определение типовых функций регионального координационного совета;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229) утверждение правил отбора проектов, реализуемых участниками специальных экономических зон, в отношении которых могут применяться международные, региональные стандарты и стандарты иностранных государств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z299" w:id="319"/>
-[...15 lines deleted...]
-      228) согласование договора по надлежащему исполнению функций управляющей компании индустриальной зоны республиканского значения, в создании которой участвует негосударственное юридическое лицо;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230) согласование договора по надлежащему исполнению функций управляющей компании специальной экономической зоны, в создании которой участвует негосударственное юридическое лицо;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z300" w:id="320"/>
-[...15 lines deleted...]
-      229) утверждение правил отбора проектов, реализуемых участниками специальных экономических зон, в отношении которых могут применяться международные, региональные стандарты и стандарты иностранных государств;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231) утверждение правил использования имуществом общего пользования по согласованию с центральным уполномоченным органом по государственному планированию и местными представительными или исполнительными органами соответствующих административно-территориальных единиц в соответствии с законами Республики Казахстан об отдельных видах имущества общего пользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z301" w:id="321"/>
-[...15 lines deleted...]
-      230) согласование договора по надлежащему исполнению функций управляющей компании специальной экономической зоны, в создании которой участвует негосударственное юридическое лицо;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232) разработка и утверждение профессионального стандарта для энергоаудиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z302" w:id="322"/>
-[...15 lines deleted...]
-      231) утверждение правил использования имуществом общего пользования по согласованию с центральным уполномоченным органом по государственному планированию и местными представительными или исполнительными органами соответствующих административно-территориальных единиц в соответствии с законами Республики Казахстан об отдельных видах имущества общего пользования;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233) разработка и утверждение правил обязательной регистрации в уполномоченной организации именника и представления сведений о зарегистрированных именниках в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z303" w:id="323"/>
-[...15 lines deleted...]
-      232) разработка и утверждение профессионального стандарта для энергоаудиторов;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234) разработка и утверждение правил учета сделок, связанных с переходом права собственности на минеральное сырье до аффинажа и (или) на необработанные драгоценные камни, а также использованием их в качестве залога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z304" w:id="324"/>
-[...15 lines deleted...]
-      233) разработка и утверждение правил обязательной регистрации в уполномоченной организации именника и представления сведений о зарегистрированных именниках в уполномоченный орган;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235) разработка и утверждение форм предоставления организациями информации по внутристрановой ценности в закупках товаров, работ и услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z305" w:id="325"/>
-[...15 lines deleted...]
-      234) разработка и утверждение правил учета сделок, связанных с переходом права собственности на минеральное сырье до аффинажа и (или) на необработанные драгоценные камни, а также использованием их в качестве залога;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236) государственная регистрация залога права недропользования (доли в праве недропользования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z306" w:id="326"/>
-[...15 lines deleted...]
-      235) разработка и утверждение форм предоставления организациями информации по внутристрановой ценности в закупках товаров, работ и услуг;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237) разработка и утверждение порядка регистрации залога права недропользования (доли в праве недропользования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z307" w:id="327"/>
-[...15 lines deleted...]
-      236) государственная регистрация залога права недропользования (доли в праве недропользования);</w:t>
+    <w:bookmarkStart w:name="z309" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238) выдача разрешения на использование ликвидационного фонда в части твердых полезных ископаемых, за исключением урана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z308" w:id="328"/>
-[...15 lines deleted...]
-      237) разработка и утверждение порядка регистрации залога права недропользования (доли в праве недропользования);</w:t>
+    <w:bookmarkStart w:name="z310" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239) обеспечение доступа к информации о выданных лицензиях и заключенных контрактах на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z309" w:id="329"/>
-[...15 lines deleted...]
-      238) выдача разрешения на использование ликвидационного фонда в части твердых полезных ископаемых, за исключением урана;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240) разработка и утверждение типовой формы гарантии за исполнением обязательств недропользователя по ликвидации последствий недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z310" w:id="330"/>
-[...15 lines deleted...]
-      239) обеспечение доступа к информации о выданных лицензиях и заключенных контрактах на недропользование;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241) разработка и утверждение порядка предоставления и учета принятых государственным органом обеспечений исполнения обязательств по ликвидации последствий операций по недропользованию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z311" w:id="331"/>
-[...15 lines deleted...]
-      240) разработка и утверждение типовой формы гарантии за исполнением обязательств недропользователя по ликвидации последствий недропользования;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242) разработка и утверждение порядка заключения договора залога банковского вклада и его типовой формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z312" w:id="332"/>
-[...15 lines deleted...]
-      241) разработка и утверждение порядка предоставления и учета принятых государственным органом обеспечений исполнения обязательств по ликвидации последствий операций по недропользованию;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      243) разработка и утверждение по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций типовой формы договора страхования в целях обеспечения исполнения обязательств по ликвидации последствий операций по недропользованию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z313" w:id="333"/>
-[...15 lines deleted...]
-      242) разработка и утверждение порядка заключения договора залога банковского вклада и его типовой формы;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244) предоставление и прекращение права недропользования для разведки и добычи твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z314" w:id="334"/>
-[...15 lines deleted...]
-      243) разработка и утверждение по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций типовой формы договора страхования в целях обеспечения исполнения обязательств по ликвидации последствий операций по недропользованию;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245) направление заявителю уведомления о необходимости предоставления обеспечения исполнения обязательств по ликвидации последствий операций по разведке твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z315" w:id="335"/>
-[...15 lines deleted...]
-      244) предоставление и прекращение права недропользования для разведки и добычи твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      246) регулирование операций по разведке и добыче твердых полезных ископаемых, за исключением операций по разведке и добыче урана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z316" w:id="336"/>
-[...15 lines deleted...]
-      245) направление заявителю уведомления о необходимости предоставления обеспечения исполнения обязательств по ликвидации последствий операций по разведке твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      247) разработка и утверждение состава экспертной комиссии по вопросам недропользования и положения о ней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z317" w:id="337"/>
-[...15 lines deleted...]
-      246) регулирование операций по разведке и добыче твердых полезных ископаемых, за исключением операций по разведке и добыче урана;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248) разработка и утверждение формы уведомления об изменении контроля над недропользователем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z318" w:id="338"/>
-[...15 lines deleted...]
-      247) разработка и утверждение состава экспертной комиссии по вопросам недропользования и положения о ней;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249) разработка и утверждение по согласованию с уполномоченным органом в области углеводородов программы управления государственным фондом недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z319" w:id="339"/>
-[...15 lines deleted...]
-      248) разработка и утверждение формы уведомления об изменении контроля над недропользователем;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250) заключение, осуществление государственной регистрации и хранение контрактов на разведку и добычу твердых полезных ископаемых, за исключением разведки и добычи урана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z320" w:id="340"/>
-[...15 lines deleted...]
-      249) разработка и утверждение по согласованию с уполномоченным органом в области углеводородов программы управления государственным фондом недр;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      251) ведение реестра государственной регистрации контрактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z321" w:id="341"/>
-[...15 lines deleted...]
-      250) заключение, осуществление государственной регистрации и хранение контрактов на разведку и добычу твердых полезных ископаемых, за исключением разведки и добычи урана;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252) разработка и утверждение формы заявления на выдачу (переоформление, продление) лицензии на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z322" w:id="342"/>
-[...15 lines deleted...]
-      251) ведение реестра государственной регистрации контрактов;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253) разработка и утверждение совместно с уполномоченными органами в области углеводородов и добычи урана методики экономической оценки ущерба ресурсам недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z323" w:id="343"/>
-[...15 lines deleted...]
-      252) разработка и утверждение формы заявления на выдачу (переоформление, продление) лицензии на недропользование;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на разведку твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z324" w:id="344"/>
-[...15 lines deleted...]
-      253) разработка и утверждение совместно с уполномоченными органами в области углеводородов и добычи урана методики экономической оценки ущерба ресурсам недр;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на добычу твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z325" w:id="345"/>
-[...15 lines deleted...]
-      254) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на разведку твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z327" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256) разработка и утверждение формы лицензии на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z326" w:id="346"/>
-[...15 lines deleted...]
-      255) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на добычу твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257) разработка и утверждение правил извещения с использованием информационных систем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z327" w:id="347"/>
-[...15 lines deleted...]
-      256) разработка и утверждение формы лицензии на недропользование;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258) разработка и утверждение правил признания производственной деятельности (технологического процесса) субъектов промышленно-инновационной деятельности деятельностью (технологическим процессом), связанной (связанным) с недропользованием;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z328" w:id="348"/>
-[...15 lines deleted...]
-      257) разработка и утверждение правил извещения с использованием информационных систем;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259) представление ежегодного отчета в Правительство Республики Казахстан о ходе выполнения условий заключенных контрактов и выданных лицензий на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z329" w:id="349"/>
-[...15 lines deleted...]
-      258) разработка и утверждение правил признания производственной деятельности (технологического процесса) субъектов промышленно-инновационной деятельности деятельностью (технологическим процессом), связанной (связанным) с недропользованием;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260) разработка и утверждение методики определения размера обеспечения за один блок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z330" w:id="350"/>
-[...15 lines deleted...]
-      259) представление ежегодного отчета в Правительство Республики Казахстан о ходе выполнения условий заключенных контрактов и выданных лицензий на недропользование;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261) взыскание неустойки за неисполнение условий контракта или лицензии на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z331" w:id="351"/>
-[...15 lines deleted...]
-      260) разработка и утверждение методики определения размера обеспечения за один блок;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262) разработка и утверждение правил осуществления контроля за соблюдением условий контрактов и (или) лицензий на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z332" w:id="352"/>
-[...15 lines deleted...]
-      261) взыскание неустойки за неисполнение условий контракта или лицензии на недропользование;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263) разработка и утверждение правил мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z333" w:id="353"/>
-[...15 lines deleted...]
-      262) разработка и утверждение правил осуществления контроля за соблюдением условий контрактов и (или) лицензий на недропользование;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264) осуществление контроля за соблюдением недропользователями условий контрактов и (или) лицензий на недропользование, а также мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z334" w:id="354"/>
-[...15 lines deleted...]
-      263) разработка и утверждение правил мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265) разработка и утверждение содержания и формы рабочей программы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z335" w:id="355"/>
-[...15 lines deleted...]
-      264) осуществление контроля за соблюдением недропользователями условий контрактов и (или) лицензий на недропользование, а также мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266) разработка и утверждение положения о рабочей группе по проведению переговоров по внесению изменений и дополнений в контракт на недропользование и ее состава;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z336" w:id="356"/>
-[...15 lines deleted...]
-      265) разработка и утверждение содержания и формы рабочей программы;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267) разработка и утверждение совместно с уполномоченным органом в области образования правил финансирования обучения казахстанских кадров в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z337" w:id="357"/>
-[...15 lines deleted...]
-      266) разработка и утверждение положения о рабочей группе по проведению переговоров по внесению изменений и дополнений в контракт на недропользование и ее состава;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268) разработка и утверждение порядка представления отчетов об исполнении лицензионных обязательств при проведении операций по добыче общераспространенных полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z338" w:id="358"/>
-[...15 lines deleted...]
-      267) разработка и утверждение совместно с уполномоченным органом в области образования правил финансирования обучения казахстанских кадров в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      269) разработка и утверждение формы и руководства по заполнению отчетности по реализации стандарта инициативы прозрачности деятельности добывающих отраслей в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z339" w:id="359"/>
-[...15 lines deleted...]
-      268) разработка и утверждение порядка представления отчетов об исполнении лицензионных обязательств при проведении операций по добыче общераспространенных полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      270) разработка и утверждение инструкции по составлению плана горных работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z340" w:id="360"/>
-[...15 lines deleted...]
-      269) разработка и утверждение формы и руководства по заполнению отчетности по реализации стандарта инициативы прозрачности деятельности добывающих отраслей в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      271) разработка и утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкции по составлению плана ликвидации и методики расчета приблизительной стоимости ликвидации последствий операций по добыче твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z341" w:id="361"/>
-[...15 lines deleted...]
-      270) разработка и утверждение инструкции по составлению плана горных работ;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      272) разработка и утверждение совместно с уполномоченным органом в области охраны окружающей среды порядка приемки результатов обследования и работ по ликвидации последствий операций по недропользованию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z342" w:id="362"/>
-[...15 lines deleted...]
-      271) разработка и утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкции по составлению плана ликвидации и методики расчета приблизительной стоимости ликвидации последствий операций по добыче твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273) направление лицу, выдавшему обеспечение, уведомления об уменьшении суммы обеспечения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z343" w:id="363"/>
-[...15 lines deleted...]
-      272) разработка и утверждение совместно с уполномоченным органом в области охраны окружающей среды порядка приемки результатов обследования и работ по ликвидации последствий операций по недропользованию;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274) разработка и утверждение инструкции по разработке программы работ по статусу удержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z344" w:id="364"/>
-[...15 lines deleted...]
-      273) направление лицу, выдавшему обеспечение, уведомления об уменьшении суммы обеспечения;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275) разработка и утверждение совместно с уполномоченным органом в области охраны окружающей среды инструкции по составлению плана разведки твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z345" w:id="365"/>
-[...15 lines deleted...]
-      274) разработка и утверждение инструкции по разработке программы работ по статусу удержания;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      276) разработка и утверждение инструкции по составлению плана старательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z346" w:id="366"/>
-[...15 lines deleted...]
-      275) разработка и утверждение совместно с уполномоченным органом в области охраны окружающей среды инструкции по составлению плана разведки твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      277) разработка и утверждение правил представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z347" w:id="367"/>
-[...15 lines deleted...]
-      276) разработка и утверждение инструкции по составлению плана старательства;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      278) разработка и утверждение формы заявления на заключение соглашения о переработке твердых полезных ископаемых и требований по составлению бизнес-плана проекта переработки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z348" w:id="368"/>
-[...15 lines deleted...]
-      277) разработка и утверждение правил представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      279) разработка и утверждение правил и сроков проведения аукциона среди заявителей, имеющих одинаковую приоритетность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z349" w:id="369"/>
-[...15 lines deleted...]
-      278) разработка и утверждение формы заявления на заключение соглашения о переработке твердых полезных ископаемых и требований по составлению бизнес-плана проекта переработки;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      280) разработка и утверждение состава рабочей группы по заключению соглашения о переработке твердых полезных ископаемых и положения о ней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z350" w:id="370"/>
-[...15 lines deleted...]
-      279) разработка и утверждение правил и сроков проведения аукциона среди заявителей, имеющих одинаковую приоритетность;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      281) разработка и утверждение условий по минимальному индивидуальному кредитному рейтингу в иностранной валюте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z351" w:id="371"/>
-[...15 lines deleted...]
-      280) разработка и утверждение состава рабочей группы по заключению соглашения о переработке твердых полезных ископаемых и положения о ней;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      282) разработка и утверждение правил перехода на лицензионный режим недропользования, правил работы комиссии по переходу на лицензионный режим недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z352" w:id="372"/>
-[...15 lines deleted...]
-      281) разработка и утверждение условий по минимальному индивидуальному кредитному рейтингу в иностранной валюте;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      283) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на старательство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z353" w:id="373"/>
-[...15 lines deleted...]
-      282) разработка и утверждение правил перехода на лицензионный режим недропользования, правил работы комиссии по переходу на лицензионный режим недропользования;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      284) разработка и утверждение правил синхронизации работы систем электронного закупа в отношении твердых полезных ископаемых с работой реестра товаров, работ и услуг, используемых при проведении операций по недропользованию, и их производителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z354" w:id="374"/>
-[...15 lines deleted...]
-      283) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на старательство;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      285) разработка и утверждение правил ведения реестра выданных лицензий на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z355" w:id="375"/>
-[...15 lines deleted...]
-      284) разработка и утверждение правил синхронизации работы систем электронного закупа в отношении твердых полезных ископаемых с работой реестра товаров, работ и услуг, используемых при проведении операций по недропользованию, и их производителей;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      286) определение минимальной рейтинговой оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z356" w:id="376"/>
-[...15 lines deleted...]
-      285) разработка и утверждение правил ведения реестра выданных лицензий на недропользование;</w:t>
+    <w:bookmarkStart w:name="z358" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      287) разработка и утверждение правил приобретения недропользователями и их подрядчиками товаров, работ и услуг, используемых при проведении операций по добыче твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z357" w:id="377"/>
-[...15 lines deleted...]
-      286) определение минимальной рейтинговой оценки;</w:t>
+    <w:bookmarkStart w:name="z359" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288) разработка и утверждение правил представления в уполномоченный орган в области твердых полезных ископаемых годовых (на один финансовый год) и среднесрочных (на пять финансовых лет) программ закупа товаров, работ и услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z358" w:id="378"/>
-[...15 lines deleted...]
-      287) разработка и утверждение правил приобретения недропользователями и их подрядчиками товаров, работ и услуг, используемых при проведении операций по добыче твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z360" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      289) определение порядка проведения аукциона и выдачи по его итогам лицензии на разведку или добычу твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z359" w:id="379"/>
-[...15 lines deleted...]
-      288) разработка и утверждение правил представления в уполномоченный орган в области твердых полезных ископаемых годовых (на один финансовый год) и среднесрочных (на пять финансовых лет) программ закупа товаров, работ и услуг;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290) разработка и утверждение состава конкурсной комиссии по проведению аукциона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z360" w:id="380"/>
-[...15 lines deleted...]
-      289) определение порядка проведения аукциона и выдачи по его итогам лицензии на разведку или добычу твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z362" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      291) заключение от имени Республики Казахстан соглашения о переработке твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z361" w:id="381"/>
-[...15 lines deleted...]
-      290) разработка и утверждение состава конкурсной комиссии по проведению аукциона;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      292) организация проведения правовой и экономической экспертиз проекта соглашения о переработке твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z362" w:id="382"/>
-[...15 lines deleted...]
-      291) заключение от имени Республики Казахстан соглашения о переработке твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      293) выдача, переоформление, отзыв лицензии на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z363" w:id="383"/>
-[...15 lines deleted...]
-      292) организация проведения правовой и экономической экспертиз проекта соглашения о переработке твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      294) согласование программы работ по статусу удержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z364" w:id="384"/>
-[...15 lines deleted...]
-      293) выдача, переоформление, отзыв лицензии на недропользование;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      295) принятие решения о проведении аукциона и определение границ участка недр, право недропользования по которому выставляется на аукцион;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z365" w:id="385"/>
-[...15 lines deleted...]
-      294) согласование программы работ по статусу удержания;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      296) вынесение решения об отказе во внесении изменений и дополнений в контракт на недропользование или начале переговоров по внесению изменений и дополнений в контракт на недропользование на основании рекомендаций экспертной комиссии по вопросам недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z366" w:id="386"/>
-[...15 lines deleted...]
-      295) принятие решения о проведении аукциона и определение границ участка недр, право недропользования по которому выставляется на аукцион;</w:t>
+    <w:bookmarkStart w:name="z368" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      297) выдача разрешения на переход права недропользования (доли в праве недропользования), возникшего на основании контракта на недропользование, лицензии на разведку или лицензии на добычу твердых полезных ископаемых, а также переход объектов, связанных с правом недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z367" w:id="387"/>
-[...15 lines deleted...]
-      296) вынесение решения об отказе во внесении изменений и дополнений в контракт на недропользование или начале переговоров по внесению изменений и дополнений в контракт на недропользование на основании рекомендаций экспертной комиссии по вопросам недропользования;</w:t>
+    <w:bookmarkStart w:name="z369" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      298) определение порядка передачи государственных техногенных минеральных образований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z368" w:id="388"/>
-[...15 lines deleted...]
-      297) выдача разрешения на переход права недропользования (доли в праве недропользования), возникшего на основании контракта на недропользование, лицензии на разведку или лицензии на добычу твердых полезных ископаемых, а также переход объектов, связанных с правом недропользования;</w:t>
+    <w:bookmarkStart w:name="z370" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      299) разработка и утверждение положений модельных контрактов на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z369" w:id="389"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">300) действовал до 01.01.2026 в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего постановления;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z372" w:id="391"/>
+    </w:p>
+    <w:bookmarkStart w:name="z372" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>301) выдача разрешения на извлечение горной массы и (или) перемещение почвы на участке разведки в объеме, превышающем одну тысячу кубических метров;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z374" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      302) осуществление государственного контроля за проведением операций по разведке и добыче твердых полезных ископаемых, за исключением операций по добыче урана и общераспространенных полезных ископаемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z375" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      303) разработка и утверждение правил выдачи разрешения на застройку территорий залегания полезных ископаемых;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z374" w:id="392"/>
-[...15 lines deleted...]
-      302) осуществление государственного контроля за проведением операций по разведке и добыче твердых полезных ископаемых, за исключением операций по добыче урана и общераспространенных полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      304) разработка и утверждение правил стадийности геологоразведки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z375" w:id="393"/>
-[...15 lines deleted...]
-      303) разработка и утверждение правил выдачи разрешения на застройку территорий залегания полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z377" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305) разработка и утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкций по составлению проектных документов по геологическому изучению недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z376" w:id="394"/>
-[...15 lines deleted...]
-      304) разработка и утверждение правил стадийности геологоразведки;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      306) разработка и утверждение правил учета, хранения, систематизации, обобщения и представления геологической информации, находящейся в собственности, а также владении и пользовании у государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z377" w:id="395"/>
-[...15 lines deleted...]
-      305) разработка и утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкций по составлению проектных документов по геологическому изучению недр;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      307) разработка и утверждение порядка хранения и учета недропользователями геологической информации и ее носителей, полученных в результате проведения операций по недропользованию, определяемых уполномоченным органом по изучению недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z378" w:id="396"/>
-[...15 lines deleted...]
-      306) разработка и утверждение правил учета, хранения, систематизации, обобщения и представления геологической информации, находящейся в собственности, а также владении и пользовании у государства;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      308) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на геологическое изучение недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z379" w:id="397"/>
-[...15 lines deleted...]
-      307) разработка и утверждение порядка хранения и учета недропользователями геологической информации и ее носителей, полученных в результате проведения операций по недропользованию, определяемых уполномоченным органом по изучению недр;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309) разработка и утверждение порядка проведения государственной экспертизы недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z380" w:id="398"/>
-[...15 lines deleted...]
-      308) разработка и утверждение правил подачи и рассмотрения заявлений на выдачу лицензий на геологическое изучение недр;</w:t>
+    <w:bookmarkStart w:name="z382" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      310) разработка и утверждение положения о государственной комиссии по экспертизе недр и ее состав;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z381" w:id="399"/>
-[...15 lines deleted...]
-      309) разработка и утверждение порядка проведения государственной экспертизы недр;</w:t>
+    <w:bookmarkStart w:name="z383" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      311) разработка и утверждение форм геологического отчета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z382" w:id="400"/>
-[...15 lines deleted...]
-      310) разработка и утверждение положения о государственной комиссии по экспертизе недр и ее состав;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      312) разработка и утверждение положения о государственной комиссии по запасам полезных ископаемых Республики Казахстан и ее состава;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z383" w:id="401"/>
-[...15 lines deleted...]
-      311) разработка и утверждение форм геологического отчета;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      313) утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкции по составлению проекта эксплуатации пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z384" w:id="402"/>
-[...15 lines deleted...]
-      312) разработка и утверждение положения о государственной комиссии по запасам полезных ископаемых Республики Казахстан и ее состава;</w:t>
+    <w:bookmarkStart w:name="z386" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      314) разработка и утверждение карт идентификации блоков с соответствующими координатами и индивидуальными кодами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z385" w:id="403"/>
-[...15 lines deleted...]
-      313) утверждение по согласованию с уполномоченным органом в области охраны окружающей среды инструкции по составлению проекта эксплуатации пространства недр;</w:t>
+    <w:bookmarkStart w:name="z387" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      315) определение порядка осуществления государственного мониторинга недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z386" w:id="404"/>
-[...15 lines deleted...]
-      314) разработка и утверждение карт идентификации блоков с соответствующими координатами и индивидуальными кодами;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      316) разработка и утверждение формы отчетов по геологическому изучению недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z387" w:id="405"/>
-[...15 lines deleted...]
-      315) определение порядка осуществления государственного мониторинга недр;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      317) разработка и утверждение правил ведения единого кадастра государственного фонда недр и представления информации по государственному учету запасов полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z388" w:id="406"/>
-[...15 lines deleted...]
-      316) разработка и утверждение формы отчетов по геологическому изучению недр;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      318) определение порядка проведения государственной экспертизы геологического отчета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z389" w:id="407"/>
-[...15 lines deleted...]
-      317) разработка и утверждение правил ведения единого кадастра государственного фонда недр и представления информации по государственному учету запасов полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      319) обеспечение доступа к геологической информации, не являющейся конфиденциальной, а также информации о выданных им лицензиях на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z390" w:id="408"/>
-[...15 lines deleted...]
-      318) определение порядка проведения государственной экспертизы геологического отчета;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      320) разработка и утверждение форм заявлений на получение лицензии на использование пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z391" w:id="409"/>
-[...15 lines deleted...]
-      319) обеспечение доступа к геологической информации, не являющейся конфиденциальной, а также информации о выданных им лицензиях на недропользование;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      321) разработка и утверждение норм времени и расценок на проведение работ по государственному геологическому изучению недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z392" w:id="410"/>
-[...15 lines deleted...]
-      320) разработка и утверждение форм заявлений на получение лицензии на использование пространства недр;</w:t>
+    <w:bookmarkStart w:name="z394" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      322) выдача заявителю лицензию на использование пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z393" w:id="411"/>
-[...15 lines deleted...]
-      321) разработка и утверждение норм времени и расценок на проведение работ по государственному геологическому изучению недр;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323) учет, сохранение, систематизация, обобщение и представление геологической информации, находящейся в собственности, а также владении и пользовании государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z394" w:id="412"/>
-[...15 lines deleted...]
-      322) выдача заявителю лицензию на использование пространства недр;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      324) осуществление контроля за соблюдением недропользователями условий лицензии на геологическое изучение недр и лицензии на использование пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z395" w:id="413"/>
-[...15 lines deleted...]
-      323) учет, сохранение, систематизация, обобщение и представление геологической информации, находящейся в собственности, а также владении и пользовании государства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">325) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      326) выдача геологических и горных отводов, за исключением общераспространенных полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z396" w:id="414"/>
-[...15 lines deleted...]
-      324) осуществление контроля за соблюдением недропользователями условий лицензии на геологическое изучение недр и лицензии на использование пространства недр;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      327) ведение единого кадастра государственного фонда недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z400" w:id="417"/>
+    <w:bookmarkStart w:name="z400" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       328) взаимодействие и координация с компетентным органом по определению границ предоставляемых в пользование участков недр, использованию геологической информации и другим вопросам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z401" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      329) организация проведения государственной экспертизы геологического отчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z402" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      330) участие в ведении государственного водного кадастра в части подземных вод;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z401" w:id="418"/>
-[...15 lines deleted...]
-      329) организация проведения государственной экспертизы геологического отчета;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      331) предоставление прав недропользования для геологического изучения и использования пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z402" w:id="419"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z404" w:id="421"/>
+    <w:bookmarkStart w:name="z404" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       332) подтверждение обоснованности уменьшения ресурсов в отчете об оценке ресурсов твердых полезных ископаемых более чем на двадцать пять процентов от запасов промышленных категорий, ранее утвержденных в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О недрах и недропользовании";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z405" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      333) выдача заключения государственной экспертизы отчета о результатах геологоразведочных работ, подтверждающих отсутствие ресурсов или перспективы ресурсов твердых полезных ископаемых, не являющихся общераспространенным полезным ископаемым, на заявленном участке недр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z406" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      334) согласование положительного заключения местного исполнительного органа области, города республиканского значения, столицы об отсутствии или малозначительности полезных ископаемых в недрах под участком предстоящей застройки при проектировании и строительстве населенных пунктов, промышленных комплексов и (или) других хозяйственных объектов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z405" w:id="422"/>
-[...15 lines deleted...]
-      333) выдача заключения государственной экспертизы отчета о результатах геологоразведочных работ, подтверждающих отсутствие ресурсов или перспективы ресурсов твердых полезных ископаемых, не являющихся общераспространенным полезным ископаемым, на заявленном участке недр;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      335) согласование разрешения местного исполнительного органа области, города республиканского значения, столицы на застройку территорий залегания полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z406" w:id="423"/>
-[...15 lines deleted...]
-      334) согласование положительного заключения местного исполнительного органа области, города республиканского значения, столицы об отсутствии или малозначительности полезных ископаемых в недрах под участком предстоящей застройки при проектировании и строительстве населенных пунктов, промышленных комплексов и (или) других хозяйственных объектов;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      336) организация и проведение государственного геологического изучения недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z407" w:id="424"/>
-[...15 lines deleted...]
-      335) согласование разрешения местного исполнительного органа области, города республиканского значения, столицы на застройку территорий залегания полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      337) осуществление государственного контроля за операциями по геологическому изучению, а также использованию пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z408" w:id="425"/>
-[...15 lines deleted...]
-      336) организация и проведение государственного геологического изучения недр;</w:t>
+    <w:bookmarkStart w:name="z410" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      338) осуществление государственного контроля за соблюдением требований законодательства Республики Казахстан в сфере недропользования по учету, хранению, сохранности и достоверности геологической информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z409" w:id="426"/>
-[...15 lines deleted...]
-      337) осуществление государственного контроля за операциями по геологическому изучению, а также использованию пространства недр;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      339) организация и ведение государственного учета действующих объектов размещения техногенных минеральных образований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z410" w:id="427"/>
-[...15 lines deleted...]
-      338) осуществление государственного контроля за соблюдением требований законодательства Республики Казахстан в сфере недропользования по учету, хранению, сохранности и достоверности геологической информации;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      340) осуществление государственного мониторинга недр, сбора и обобщения геологической информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z411" w:id="428"/>
-[...15 lines deleted...]
-      339) организация и ведение государственного учета действующих объектов размещения техногенных минеральных образований;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      341) осуществление ликвидации и консервации бесхозных самоизливающихся и аварийных скважин;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z412" w:id="429"/>
-[...15 lines deleted...]
-      340) осуществление государственного мониторинга недр, сбора и обобщения геологической информации;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      342) представление информации по государственному учету запасов полезных ископаемых государственным органам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z413" w:id="430"/>
-[...15 lines deleted...]
-      341) осуществление ликвидации и консервации бесхозных самоизливающихся и аварийных скважин;</w:t>
+    <w:bookmarkStart w:name="z415" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      343) ведение государственного баланса запасов полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z414" w:id="431"/>
-[...15 lines deleted...]
-      342) представление информации по государственному учету запасов полезных ископаемых государственным органам;</w:t>
+    <w:bookmarkStart w:name="z416" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      344) раскрытие геологической информации путем ее опубликования или представления к ней открытого доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z415" w:id="432"/>
-[...15 lines deleted...]
-      343) ведение государственного баланса запасов полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      345) выдача разрешения на отчуждение недропользователем природных носителей геологической информации в виде проб и (или) вывоз им проб за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z416" w:id="433"/>
-[...15 lines deleted...]
-      344) раскрытие геологической информации путем ее опубликования или представления к ней открытого доступа;</w:t>
+    <w:bookmarkStart w:name="z418" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      346) подтверждение обнаружения открытия новой залежи (совокупности залежей) посредством документально подтвержденного получения притока углеводородов из скважины, в том числе при проведении ее опробования пластоиспытателем, и (или) лабораторных исследований породы-коллектора на нефтегазонасыщенность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z417" w:id="434"/>
-[...15 lines deleted...]
-      345) выдача разрешения на отчуждение недропользователем природных носителей геологической информации в виде проб и (или) вывоз им проб за пределы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z419" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      347) согласование изменений в проекты поисково-оценочных работ на подземные воды по выданным лицензиям на геологическое изучение недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z418" w:id="435"/>
-[...15 lines deleted...]
-      346) подтверждение обнаружения открытия новой залежи (совокупности залежей) посредством документально подтвержденного получения притока углеводородов из скважины, в том числе при проведении ее опробования пластоиспытателем, и (или) лабораторных исследований породы-коллектора на нефтегазонасыщенность;</w:t>
+    <w:bookmarkStart w:name="z420" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      348) организация и проведение государственной экспертизы запасов участков подземных вод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z419" w:id="436"/>
-[...15 lines deleted...]
-      347) согласование изменений в проекты поисково-оценочных работ на подземные воды по выданным лицензиям на геологическое изучение недр;</w:t>
+    <w:bookmarkStart w:name="z421" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      349) согласование водоохранных мероприятий, проводимых физическими и юридическими лицами, направленных на предотвращение истощения водных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z420" w:id="437"/>
-[...15 lines deleted...]
-      348) организация и проведение государственной экспертизы запасов участков подземных вод;</w:t>
+    <w:bookmarkStart w:name="z422" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350) согласование строительства, реконструкции (расширение, модернизация, техническое перевооружение, перепрофилирование), эксплуатации, консервации, ликвидации (постутилизация) объектов, влияющих на состояние водных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z421" w:id="438"/>
-[...15 lines deleted...]
-      349) согласование водоохранных мероприятий, проводимых физическими и юридическими лицами, направленных на предотвращение истощения водных объектов;</w:t>
+    <w:bookmarkStart w:name="z762" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-1) организация и проведение государственного геологического изучения подземных водных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z422" w:id="439"/>
-[...15 lines deleted...]
-      350) согласование строительства, реконструкции (расширение, модернизация, техническое перевооружение, перепрофилирование), эксплуатации, консервации, ликвидации (постутилизация) объектов, влияющих на состояние водных объектов;</w:t>
+    <w:bookmarkStart w:name="z763" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-2) организация и проведение государственной экспертизы запасов участков подземных вод, а также организация проведения государственной экспертизы геологических отчетов, прилагаемых к заявлениям о выдаче лицензии на использование пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z762" w:id="440"/>
-[...15 lines deleted...]
-      350-1) организация и проведение государственного геологического изучения подземных водных объектов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 350-3) действует до 01.01.2028 постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-3) организация проведения проектных, изыскательских, прикладных, научно-исследовательских и научно-технических работ в области изучения подземных вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 350-4) действует до 01.01.2028 постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-4) осуществление согласования условий забора и использования подземных вод при выдаче разрешений на специальное водопользование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z766" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-5) согласование проекта забора подземных вод при заборе подземных вод свыше одной тысячи кубических метров в сутки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z763" w:id="441"/>
-[...15 lines deleted...]
-      350-2) организация и проведение государственной экспертизы запасов участков подземных вод, а также организация проведения государственной экспертизы геологических отчетов, прилагаемых к заявлениям о выдаче лицензии на использование пространства недр;</w:t>
+    <w:bookmarkStart w:name="z767" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-6) согласование порядка разработки и согласования проекта забора подземных вод и программы мониторинга подземных вод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:p>
-[...243 lines deleted...]
-      350-5) согласование проекта забора подземных вод при заборе подземных вод свыше одной тысячи кубических метров в сутки;</w:t>
+    <w:bookmarkStart w:name="z768" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350-7) разработка и утверждение в пределах своей компетенции нормативных правовых актов в части изучения, учета, охраны и использования подземных вод в соответствии с основными целями и задачами Водного кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z767" w:id="443"/>
-[...15 lines deleted...]
-      350-6) согласование порядка разработки и согласования проекта забора подземных вод и программы мониторинга подземных вод;</w:t>
+    <w:bookmarkStart w:name="z423" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      351) принятия и передачи недропользователю на баланс скважин, технологических единиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z768" w:id="444"/>
-[...15 lines deleted...]
-      350-7) разработка и утверждение в пределах своей компетенции нормативных правовых актов в части изучения, учета, охраны и использования подземных вод в соответствии с основными целями и задачами Водного кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z424" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      352) определение правил осуществления государственного мониторинга недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z423" w:id="445"/>
-[...15 lines deleted...]
-      351) принятия и передачи недропользователю на баланс скважин, технологических единиц;</w:t>
+    <w:bookmarkStart w:name="z425" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353) разработка и утверждение правил подтверждения минерализации (проявления) твердых (общераспространенных) полезных ископаемых по контрактам на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z424" w:id="446"/>
-[...15 lines deleted...]
-      352) определение правил осуществления государственного мониторинга недр;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354) разработка и утверждение правил выдачи и переоформления геологического и горного отводов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z425" w:id="447"/>
-[...15 lines deleted...]
-      353) разработка и утверждение правил подтверждения минерализации (проявления) твердых (общераспространенных) полезных ископаемых по контрактам на недропользование;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      355) разработка и утверждение методики классификации запасов месторождений и прогнозных ресурсов, инструкций по подсчету запасов полезных ископаемых, в том числе относящихся к нетрадиционным углеводородам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z426" w:id="448"/>
-[...15 lines deleted...]
-      354) разработка и утверждение правил выдачи и переоформления геологического и горного отводов;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      356) утверждение совместно с компетентным органом перечня и состава сведений по участкам недр, включенным в программу управления государственным фондом недр, подлежащих публикации в открытом доступе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z427" w:id="449"/>
-[...15 lines deleted...]
-      355) разработка и утверждение методики классификации запасов месторождений и прогнозных ресурсов, инструкций по подсчету запасов полезных ископаемых, в том числе относящихся к нетрадиционным углеводородам;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357) разработка и утверждение положения о межрегиональных комиссиях по запасам полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z428" w:id="450"/>
-[...15 lines deleted...]
-      356) утверждение совместно с компетентным органом перечня и состава сведений по участкам недр, включенным в программу управления государственным фондом недр, подлежащих публикации в открытом доступе;</w:t>
+    <w:bookmarkStart w:name="z430" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358) разработка и утверждение технических проектов разработки месторождений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z429" w:id="451"/>
-[...15 lines deleted...]
-      357) разработка и утверждение положения о межрегиональных комиссиях по запасам полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z712" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358-1) разработка и утверждение правил утверждения технических проектов разработки месторождений в части учета потерь при добыче твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z430" w:id="452"/>
-[...15 lines deleted...]
-      358) разработка и утверждение технических проектов разработки месторождений;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      359) участие в разработке программы управления государственным фондом недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z712" w:id="453"/>
-[...15 lines deleted...]
-      358-1) разработка и утверждение правил утверждения технических проектов разработки месторождений в части учета потерь при добыче твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z432" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360) определение размера исторических затрат, стоимости и условий получения геологической информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z431" w:id="454"/>
-[...15 lines deleted...]
-      359) участие в разработке программы управления государственным фондом недр;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361) осуществление ликвидации и консервации бесхозных самоизливающихся гидрогеологических и аварийных нефтегазовых скважин;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z432" w:id="455"/>
-[...15 lines deleted...]
-      360) определение размера исторических затрат, стоимости и условий получения геологической информации;</w:t>
+    <w:bookmarkStart w:name="z434" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362) создание комиссии по подписанию акта ликвидации последствий использования пространства недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z433" w:id="456"/>
-[...15 lines deleted...]
-      361) осуществление ликвидации и консервации бесхозных самоизливающихся гидрогеологических и аварийных нефтегазовых скважин;</w:t>
+    <w:bookmarkStart w:name="z706" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362-1) разработка и утверждение правил заслушивания недропользователя, компетентных лиц, подготовивших и проверивших отчет об оценке ресурсов и (или) запасов твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z434" w:id="457"/>
-[...15 lines deleted...]
-      362) создание комиссии по подписанию акта ликвидации последствий использования пространства недр;</w:t>
+    <w:bookmarkStart w:name="z707" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362-2) разработка и утверждение минимальных требований по разведке месторождений твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z706" w:id="458"/>
-[...15 lines deleted...]
-      362-1) разработка и утверждение правил заслушивания недропользователя, компетентных лиц, подготовивших и проверивших отчет об оценке ресурсов и (или) запасов твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z708" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362-3) разработка правил включения в государственный учет полезных ископаемых сведений о количестве и качестве основных и совместно с ними залегающих полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z707" w:id="459"/>
-[...15 lines deleted...]
-      362-2) разработка и утверждение минимальных требований по разведке месторождений твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z435" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363) утверждение правил размещения объектов наружной (визуальной) рекламы на открытом пространстве за пределами помещений в населенных пунктах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z708" w:id="460"/>
-[...15 lines deleted...]
-      362-3) разработка правил включения в государственный учет полезных ископаемых сведений о количестве и качестве основных и совместно с ними залегающих полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z436" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364) обеспечение соблюдения законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z435" w:id="461"/>
-[...15 lines deleted...]
-      363) утверждение правил размещения объектов наружной (визуальной) рекламы на открытом пространстве за пределами помещений в населенных пунктах;</w:t>
+    <w:bookmarkStart w:name="z769" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364-1) разработка и утверждение методики определения перечня и расчета объемов товаров, необходимых для выполнения мобилизационного заказа в пределах своей компетенции, по согласованию с уполномоченным органом в области мобилизационной подготовки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z436" w:id="462"/>
-[...15 lines deleted...]
-      364) обеспечение соблюдения законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364-2) проведение анализа потребностей организаций, имеющих мобилизационный заказ, в соответствии с методикой определения перечня и расчета объемов товаров, необходимых для выполнения мобилизационного заказа в пределах своей компетенции, для формирования номенклатуры и объемов хранения материальных ценностей государственного материального резерва в части мобилизационного резерва;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z769" w:id="463"/>
-[...15 lines deleted...]
-      364-1) разработка и утверждение методики определения перечня и расчета объемов товаров, необходимых для выполнения мобилизационного заказа в пределах своей компетенции, по согласованию с уполномоченным органом в области мобилизационной подготовки;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364-3) внесение предложения по номенклатуре и объемам хранения материальных ценностей государственного материального резерва в части мобилизационного резерва в уполномоченный орган в области государственного материального резерва;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z770" w:id="464"/>
-[...15 lines deleted...]
-      364-2) проведение анализа потребностей организаций, имеющих мобилизационный заказ, в соответствии с методикой определения перечня и расчета объемов товаров, необходимых для выполнения мобилизационного заказа в пределах своей компетенции, для формирования номенклатуры и объемов хранения материальных ценностей государственного материального резерва в части мобилизационного резерва;</w:t>
+    <w:bookmarkStart w:name="z437" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      365) руководство деятельностью подведомственных организаций по планированию и проведению мероприятий по обеспечению национальной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z771" w:id="465"/>
-[...15 lines deleted...]
-      364-3) внесение предложения по номенклатуре и объемам хранения материальных ценностей государственного материального резерва в части мобилизационного резерва в уполномоченный орган в области государственного материального резерва;</w:t>
+    <w:bookmarkStart w:name="z438" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      366) внесение предложений по совершенствованию системы национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z437" w:id="466"/>
-[...15 lines deleted...]
-      365) руководство деятельностью подведомственных организаций по планированию и проведению мероприятий по обеспечению национальной безопасности в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z439" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      367) обеспечение соблюдения законов и иных нормативных правовых актов в области национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z438" w:id="467"/>
-[...15 lines deleted...]
-      366) внесение предложений по совершенствованию системы национальной безопасности;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      368) информирование населения о состоянии национальной безопасности и принимаемых мерах по ее обеспечению с соблюдением законодательства в области защиты государственных секретов, ведение пропагандистской и контрпропагандистской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z439" w:id="468"/>
-[...15 lines deleted...]
-      367) обеспечение соблюдения законов и иных нормативных правовых актов в области национальной безопасности;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369) привлечение к соответствующей ответственности должностных лиц, государственных служащих, действия (или бездействие) которых приводят к нарушению национальных интересов, угрозе национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z440" w:id="469"/>
-[...15 lines deleted...]
-      368) информирование населения о состоянии национальной безопасности и принимаемых мерах по ее обеспечению с соблюдением законодательства в области защиты государственных секретов, ведение пропагандистской и контрпропагандистской деятельности;</w:t>
+    <w:bookmarkStart w:name="z772" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369-1) осуществление мониторинга, анализа, оценки и прогнозирования внешних угроз национальной безопасности, участие в выработке мер по их нейтрализации, оказание содействия субъектам внешней разведки в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z441" w:id="470"/>
-[...15 lines deleted...]
-      369) привлечение к соответствующей ответственности должностных лиц, государственных служащих, действия (или бездействие) которых приводят к нарушению национальных интересов, угрозе национальной безопасности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370) разработка и утверждение форм заключений о качестве строительно-монтажных работ и соответствии выполненных работ проекту, декларации о соответствии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z772" w:id="471"/>
-[...15 lines deleted...]
-      369-1) осуществление мониторинга, анализа, оценки и прогнозирования внешних угроз национальной безопасности, участие в выработке мер по их нейтрализации, оказание содействия субъектам внешней разведки в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z792" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370-1) согласование порядка планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ", определяемого центральным уполномоченным органом по бюджетной политике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z442" w:id="472"/>
-[...15 lines deleted...]
-      370) разработка и утверждение форм заключений о качестве строительно-монтажных работ и соответствии выполненных работ проекту, декларации о соответствии;</w:t>
+    <w:bookmarkStart w:name="z793" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370-2) разработка перечня проектов, не требующих разработки технико-экономического обоснования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z792" w:id="473"/>
-[...15 lines deleted...]
-      370-1) согласование порядка планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ", определяемого центральным уполномоченным органом по бюджетной политике;</w:t>
+    <w:bookmarkStart w:name="z443" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      371) разработка и утверждение формы акта приемки объекта в эксплуатацию по согласованию с уполномоченным государственным органом, осуществляющим государственное регулирование и контроль деятельности в сфере государственной регистрации прав на недвижимое имущество и государственного технического обследования недвижимого имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z793" w:id="474"/>
-[...15 lines deleted...]
-      370-2) разработка перечня проектов, не требующих разработки технико-экономического обоснования;</w:t>
+    <w:bookmarkStart w:name="z444" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372) разработка и утверждение правил, определяющих порядок ведения портала и информационных систем для организации проведения комплексной вневедомственной экспертизы проектов строительства по принципу "одного окна";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z443" w:id="475"/>
-[...15 lines deleted...]
-      371) разработка и утверждение формы акта приемки объекта в эксплуатацию по согласованию с уполномоченным государственным органом, осуществляющим государственное регулирование и контроль деятельности в сфере государственной регистрации прав на недвижимое имущество и государственного технического обследования недвижимого имущества;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373) осуществление координации и методического руководства местных исполнительных органов в области архитектуры, градостроительства, строительства, развития производственной базы строительной индустрии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z444" w:id="476"/>
-[...15 lines deleted...]
-      372) разработка и утверждение правил, определяющих порядок ведения портала и информационных систем для организации проведения комплексной вневедомственной экспертизы проектов строительства по принципу "одного окна";</w:t>
+    <w:bookmarkStart w:name="z446" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      374) обеспечение разработки проекта генеральной схемы организации территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z445" w:id="477"/>
-[...15 lines deleted...]
-      373) осуществление координации и методического руководства местных исполнительных органов в области архитектуры, градостроительства, строительства, развития производственной базы строительной индустрии;</w:t>
+    <w:bookmarkStart w:name="z447" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) разработка и согласование межрегиональных схем территориального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z446" w:id="478"/>
-[...15 lines deleted...]
-      374) обеспечение разработки проекта генеральной схемы организации территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376) разработка и утверждение правил разработки, согласования и утверждения межрегиональных схем территориального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z447" w:id="479"/>
-[...15 lines deleted...]
-      375) разработка и согласование межрегиональных схем территориального развития;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      377) определение состава, содержания и порядка разработки проектов границ (черты) населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z448" w:id="480"/>
-[...15 lines deleted...]
-      376) разработка и утверждение правил разработки, согласования и утверждения межрегиональных схем территориального развития;</w:t>
+    <w:bookmarkStart w:name="z450" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378) согласование проектов границ (черты) города республиканского значения, а также иных городов с численностью населения свыше ста тысяч жителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z449" w:id="481"/>
-[...15 lines deleted...]
-      377) определение состава, содержания и порядка разработки проектов границ (черты) населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z451" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379) определение состава, содержания, порядка разработки и согласования схем развития и застройки малых населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z450" w:id="482"/>
-[...15 lines deleted...]
-      378) согласование проектов границ (черты) города республиканского значения, а также иных городов с численностью населения свыше ста тысяч жителей;</w:t>
+    <w:bookmarkStart w:name="z452" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380) установление порядка разработки, обязательного состава и содержания предпроектной и проектной (проектно-сметной) документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z451" w:id="483"/>
-[...15 lines deleted...]
-      379) определение состава, содержания, порядка разработки и согласования схем развития и застройки малых населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z453" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381) разработка и утверждение правил принятия решений по управлению объектом кондоминиума, а также типовых форм протоколов собрания собственников квартир, нежилых помещений, многоквартирного жилого дома и форм ежемесячного и годового отчетов по управлению объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z452" w:id="484"/>
-[...15 lines deleted...]
-      380) установление порядка разработки, обязательного состава и содержания предпроектной и проектной (проектно-сметной) документации;</w:t>
+    <w:bookmarkStart w:name="z454" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382) утверждение правил приема сточных вод в централизованные системы водоотведения населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z453" w:id="485"/>
-[...15 lines deleted...]
-      381) разработка и утверждение правил принятия решений по управлению объектом кондоминиума, а также типовых форм протоколов собрания собственников квартир, нежилых помещений, многоквартирного жилого дома и форм ежемесячного и годового отчетов по управлению объектом кондоминиума;</w:t>
+    <w:bookmarkStart w:name="z794" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-1) установление порядка обеспечения информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z454" w:id="486"/>
-[...15 lines deleted...]
-      382) утверждение правил приема сточных вод в централизованные системы водоотведения населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z795" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-2) определение отраслевого центра информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z794" w:id="487"/>
-[...15 lines deleted...]
-      382-1) установление порядка обеспечения информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
+    <w:bookmarkStart w:name="z796" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382-3) разработка и утверждение правил организации, формирования и функционирования единой государственной информационной системы управления водоснабжением и водоотведением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z795" w:id="488"/>
-[...15 lines deleted...]
-      382-2) определение отраслевого центра информационной безопасности в сфере водоснабжения и (или) водоотведения;</w:t>
+    <w:bookmarkStart w:name="z455" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      383) разработка и утверждение правил адресации объектов недвижимости на территории Республики Казахстан совместно с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z796" w:id="489"/>
-[...15 lines deleted...]
-      382-3) разработка и утверждение правил организации, формирования и функционирования единой государственной информационной системы управления водоснабжением и водоотведением;</w:t>
+    <w:bookmarkStart w:name="z456" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      384) разработка и утверждение правил создания экспертных комиссий (экспертных групп) и привлечения специалистов (специализированных институтов и организаций) для участия в комплексной вневедомственной и градостроительной экспертизе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z455" w:id="490"/>
-[...15 lines deleted...]
-      383) разработка и утверждение правил адресации объектов недвижимости на территории Республики Казахстан совместно с уполномоченным органом в сфере информатизации;</w:t>
+    <w:bookmarkStart w:name="z457" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      385) разработка и утверждение правил оформления экспертных заключений по градостроительным и строительным проектам (технико-экономическое обоснование и проектно-сметная документация);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z456" w:id="491"/>
-[...15 lines deleted...]
-      384) разработка и утверждение правил создания экспертных комиссий (экспертных групп) и привлечения специалистов (специализированных институтов и организаций) для участия в комплексной вневедомственной и градостроительной экспертизе;</w:t>
+    <w:bookmarkStart w:name="z458" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      386) разработка и утверждение правил аккредитации экспертных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z457" w:id="492"/>
-[...15 lines deleted...]
-      385) разработка и утверждение правил оформления экспертных заключений по градостроительным и строительным проектам (технико-экономическое обоснование и проектно-сметная документация);</w:t>
+    <w:bookmarkStart w:name="z459" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      387) разработка и утверждение правил проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенной для строительства новых, а также изменения (реконструкция, расширение, техническое перевооружение, модернизация и капитальный ремонт) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z458" w:id="493"/>
-[...15 lines deleted...]
-      386) разработка и утверждение правил аккредитации экспертных организаций;</w:t>
+    <w:bookmarkStart w:name="z460" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388) определение порядка утверждения проектов (технико-экономическое обоснование и проектно-сметная документация), предназначенных для строительства объектов за счет бюджетных средств и иных форм государственных инвестиций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z459" w:id="494"/>
-[...15 lines deleted...]
-      387) разработка и утверждение правил проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенной для строительства новых, а также изменения (реконструкция, расширение, техническое перевооружение, модернизация и капитальный ремонт) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      389) разработка и утверждение индивидуальных планов поэтапной разработки и согласования проектно-сметной документации на строительство отдельных объектов, требующих особого регулирования и (или) градостроительной регламентации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z460" w:id="495"/>
-[...15 lines deleted...]
-      388) определение порядка утверждения проектов (технико-экономическое обоснование и проектно-сметная документация), предназначенных для строительства объектов за счет бюджетных средств и иных форм государственных инвестиций;</w:t>
+    <w:bookmarkStart w:name="z462" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      390) разработка и утверждение единых квалификационных требований, предъявляемых для осуществления лицензируемой архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z461" w:id="496"/>
-[...15 lines deleted...]
-      389) разработка и утверждение индивидуальных планов поэтапной разработки и согласования проектно-сметной документации на строительство отдельных объектов, требующих особого регулирования и (или) градостроительной регламентации;</w:t>
+    <w:bookmarkStart w:name="z463" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      391) разработка и утверждение правил организации деятельности и осуществления функций заказчика (застройщика);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z462" w:id="497"/>
-[...15 lines deleted...]
-      390) разработка и утверждение единых квалификационных требований, предъявляемых для осуществления лицензируемой архитектурной, градостроительной и строительной деятельности;</w:t>
+    <w:bookmarkStart w:name="z464" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      392) нормативно-техническое и методологическое обеспечение деятельности субъектов архитектурной, градостроительной и строительной деятельности, а также государственного предприятия, осуществляющего ведение государственного градостроительного кадастра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z463" w:id="498"/>
-[...15 lines deleted...]
-      391) разработка и утверждение правил организации деятельности и осуществления функций заказчика (застройщика);</w:t>
+    <w:bookmarkStart w:name="z465" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      393) координация действий центральных и местных исполнительных органов по вопросам представления информации и (или) сведений для внесения в базу данных государственного градостроительного кадастра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z464" w:id="499"/>
-[...15 lines deleted...]
-      392) нормативно-техническое и методологическое обеспечение деятельности субъектов архитектурной, градостроительной и строительной деятельности, а также государственного предприятия, осуществляющего ведение государственного градостроительного кадастра;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      394) разработка и утверждение правил регистрации в базе данных государственного градостроительного кадастра предпроектной и проектной (проектно-сметной) документации, а также объектов архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z465" w:id="500"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z467" w:id="502"/>
+    <w:bookmarkStart w:name="z467" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       395) согласование правил формирования архитектурного облика и градостроительного планирования городов республиканского значения, столицы и города областного значения с особым статусом в соответствии с Законом Республики Казахстан на соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и иных нормативных правовых актов Республики Казахстан в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z468" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      396) утверждение правил субсидирования стоимости услуг по подаче питьевой воды из систем водоснабжения, включенных в перечень систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z469" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      397) разработка и внесение в Правительство Республики Казахстан предложения по совершенствованию государственной политики в сфере жилищных отношений;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z468" w:id="503"/>
-[...15 lines deleted...]
-      396) утверждение правил субсидирования стоимости услуг по подаче питьевой воды из систем водоснабжения, включенных в перечень систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">398) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z471" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      399) разработка и утверждение методики расчета размера платы за пользование жилищем из государственного жилищного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z469" w:id="504"/>
-[...15 lines deleted...]
-      397) разработка и внесение в Правительство Республики Казахстан предложения по совершенствованию государственной политики в сфере жилищных отношений;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      400) разработка и утверждение методики расчета годовой сметы расходов на управление объектом кондоминиума, а также методики расчета минимального размера взносов на управление объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z473" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401) разработка и утверждение типового положения о жилищной инспекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z474" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      402) разработка и утверждение квалификационных требований, предъявляемых к управляющему многоквартирным жилым домом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z475" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      403) разработка и утверждение правил ведения учета местными исполнительными органами договоров о долевом участии в жилищном строительстве, а также договоров о переуступке прав требований по ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z476" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      404) разработка и утверждение правил изменения способов организации долевого участия в жилищном строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z477" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405) разработка и утверждение правил ведения единой информационной системы долевого участия в жилищном строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z806" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      405-1) обеспечение доступа к единой информационной системе долевого участия в жилищном строительстве банкам второго уровня для соблюдения требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z478" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406) разработка и утверждение правил выдачи разрешения на привлечение денег дольщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z479" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407) осуществление координации и методического руководства местных исполнительных органов в сфере жилищных отношений и жилищно-коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z743" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407-1) осуществление координации и методического руководства жилищным строительным сберегательным банком, обладающим статусом национального института развития, при реализации функций, предусмотренных Законом Республики Казахстан "О жилищных отношениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z745" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407-2) осуществление мониторинга списков граждан Республики Казахстан, кандасов, состоящих на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z480" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      408) осуществление методического обеспечения внедрения современных методов управления жилищным фондом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">398) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+        <w:t xml:space="preserve">409) исключен постановлением Правительства РК от 17.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12344,5855 +12709,5419 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...139 lines deleted...]
-    <w:bookmarkEnd w:id="511"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">410) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z483" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      411) разработка и утверждение правил предоставления жилищной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z484" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      412) разработка и утверждение правил определения и назначения жилищной инспекцией временной управляющей компании для управления объектом кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">413) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктом 405-1) в соответствии с постановлением Правительства РК от 22.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">414) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z487" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      415) разработка и утверждение правил предоставления служебного жилища, предназначенного для заселения гражданами Республики Казахстан на период выполнения ими обязанностей, связанных с характером их трудовых отношений, в том числе государственными служащими, назначенными на должность в порядке ротации, и пользования им;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z488" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      416) разработка и утверждение правил предоставления служебного жилища, предназначенного для заселения гражданами Республики Казахстан и кандасами, участвующими в активных мерах содействия занятости в соответствии с законодательством Республики Казахстан о занятости населения, и пользования им;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z489" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      417) разработка и утверждение правил предоставления жилищ, приравненных к служебным, и пользования ими;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z490" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      418) разработка и утверждение правил начисления и выплаты премий государства по вкладам в жилищные строительные сбережения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z491" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      419) определение отдельных объектов строительства, требующих особого регулирования и (или) градостроительной регламентации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z492" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420) разработка и утверждение правил субсидирования затрат работодателей, построивших арендное жилище в селе, поселке, сельском округе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z709" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420-1) разработка и утверждение правил субсидирования ставки купонного вознаграждения по облигациям, выпущенным эмитентом для дальнейшей выдачи ипотечных жилищных займов в целях улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z710" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420-2) осуществление субсидирования ставки купонного вознаграждения по облигациям, выпущенным эмитентом для дальнейшей выдачи ипотечных жилищных займов в целях улучшения жилищных условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z493" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421) осуществление субсидирования затрат работодателей, построивших арендное жилище в селе, поселке, сельском округе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z797" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421-1) определение правил предоставления построенного жилища гражданам, оставшимся без жилища в результате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z494" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      422) разработка и утверждение правил изготовления и размещения вывесок с наименованием государственных органов на административных зданиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z495" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      423) разработка и утверждение технических требований, предъявляемых к жилищам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z496" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      424) организация проведения научно-исследовательских, опытно-экспериментальных работ и использование их результатов в области архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z497" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425) разработка и утверждение правил определения порядка ведения мониторинга строящихся (намечаемых к строительству) объектов и комплексов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z713" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425-1) разработка и утверждение формы акта государственных инспекторов о приостановлении деятельности в сфере строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z714" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425-2) определение перечня требований, нарушение которых влечет применение мер оперативного реагирования, а также определение в отношении конкретных нарушений требований конкретного вида меры оперативного реагирования с указанием срока действия данной меры (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z498" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      426) разработка и утверждение правил оказания инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z499" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      427) разработка и утверждение правил проведения аттестации государственных строительных инспекторов, осуществляющих архитектурно-строительный контроль и надзор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z500" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      428) разработка и утверждение правил осуществления контроля и надзора за деятельностью местных исполнительных органов по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z501" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429) разработка и утверждение правил определения общего порядка отнесения зданий и сооружений к технически и (или) технологически сложным объектам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z502" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      430) разработка и утверждение правил организации застройки и прохождения разрешительных процедур в сфере строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z503" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      431 )разработка и утверждение типовых правил благоустройства территорий городов и населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z504" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432) разработка и утверждение правил осуществления государственного учета жилищного фонда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z505" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      433) разработка и утверждение типовой формы договора о долевом участии в жилищном строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z506" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      434) разработка и утверждение типовой формы договора о предоставлении гарантии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z507" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      435) разработка и утверждение типовой формы договора залога земельного участка вместе с объектом незавершенного строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z508" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      436) разработка и утверждение типовой формы договора залога голосующих акций (долей участия в уставном капитале) уполномоченной компании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z509" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      437) разработка и утверждение типовой формы договора доверительного управления голосующими акциями (долями участия в уставном капитале) уполномоченной компании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z510" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      438) разработка и утверждение методики определения размера гарантийного взноса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z511" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      439) разработка и утверждение методики определения норматива достаточности капитала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z512" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      440) разработка и утверждение методики расчета и формирования резерва на урегулирование гарантийных случаев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z513" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      441) разработка и утверждение формы отчета инжиниринговой компании в сфере долевого участия в жилищном строительстве о результатах мониторинга за ходом строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов в местный исполнительный орган вне зависимости от способа организации долевого участия в жилищном строительстве, а также единому оператору или в банк второго уровня (в зависимости от способа организации долевого участия в жилищном строительстве);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z514" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      442) разработка и утверждение порядка проверки документов по проекту строительства многоквартирного жилого дома (жилого здания) или комплекса индивидуальных жилых домов единым оператором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z515" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      443) утверждение правил пользования системами водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z516" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      444) разработка и утверждение правил технической эксплуатации систем водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">445) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      446) осуществление координации деятельности местных исполнительных органов областей, городов республиканского значения, столицы при управлении, эксплуатации и развитии систем водоснабжения и водоотведения населенных пунктов, находящихся в коммунальной собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">447) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z520" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      448) утверждение правил предоставления в имущественный наем (аренду) или доверительное управление системы водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z521" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      449) утверждение правил выбора, монтажа и эксплуатации приборов и систем учета воды в системах водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z522" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      450) утверждение правил кредитования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z523" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      451) утверждение правил субсидирования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z524" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452) осуществление кредитования и субсидирования строительства, реконструкции и модернизации систем водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z773" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-1) осуществление стратегических, регулятивных и реализационных функций в области водоснабжения и водоотведения населенных пунктов в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z774" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-2) осуществление координации местных исполнительных органов областей, городов республиканского значения, столицы при субсидировании затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z775" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-3) утверждение методики расчета стоимости и объемов предоставляемых услуг по отведению и очистке дождевых, талых, инфильтрационных, поливомоечных, дренажных вод, стекающих с территорий населенных пунктов и промышленных предприятий посредством системы ливневой (дренажной) канализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z776" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-4) утверждение критериев включения систем водоснабжения населенных пунктов в перечень систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z777" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-5) осуществление координации местных исполнительных органов областей, городов республиканского значения, столицы при субсидировании затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание облигационных займов, привлеченных для реализации проектов строительства и реконструкции комплексов очистных сооружений сточных вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z778" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-6) утверждение в пределах своей компетенции нормативных правовых актов в области водоснабжения и водоотведения населенных пунктов в соответствии с основными целями и задачами Водного кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z779" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-7) утверждение методики расчета норм производственных расходов и технических потерь воды при эксплуатации системы водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z780" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-8) утверждение методики расчета объемов предоставленных услуг по водоснабжению и (или) водоотведению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z781" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-9) утверждение правил коммерческого учета объема предоставленных услуг по водоснабжению и (или) водоотведению для водопотребителей, не имеющих приборов учета воды и (или) сточных вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z782" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-10) принятие совместно с другими заинтересованными государственными органами мер по улучшению качества питьевой воды, которые включают: поддержание в работоспособном состоянии технологий и мощности сооружений, отвечающих определенному качеству водного объекта; использование оборудования и материалов, соответствующих национальным и (или) межгосударственным стандартам с обеспечением высокого качества строительных работ; совершенствование нормативов и национальных стандартов питьевой воды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z798" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-11) разработка и утверждение правил планирования, отбора, согласования проектов, мониторинга процессов проектирования, строительства и (или) эксплуатации в сфере жилищных отношений и жилищно-коммунального хозяйства в рамках реализации национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z799" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-12) разработка и утверждение правил осуществления закупок работ и услуг, отбора проектов и поставщиков, заключения договоров в рамках реализации национального проекта по модернизации энергетического и коммунального секторов по согласованию с уполномоченным органом по защите и развитию конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z800" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-13) разработка и утверждение правил функционирования электронной платформы закупок национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z801" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-14) определение администратора электронной платформы закупок национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z802" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-15) разработка и утверждение типовой конкурсной документации проектов модернизации и строительства энергетической и коммунальной инфраструктуры в рамках реализации национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z803" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-16) разработка и утверждение правил приобретения товаров у казахстанских товаропроизводителей и заключения офтейк-контрактов в рамках национального проекта по модернизации энергетического и коммунального секторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z804" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452-17) определение требований и порядка работы единого расчетного центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z525" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      453) разработка и утверждение порядка аттестации экспертов, осуществляющих экспертные работы и инжиниринговые услуги в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z526" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      454) разработка и утверждение порядка организации разработки, согласования, утверждения, регистрации и введения в действие (приостановление действия, отмена) государственных нормативов в области архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z527" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      455) разработка и утверждение правил по управлению объектом кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z528" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) разработка и утверждение перечня коммунальных услуг, требований к единому платежному документу и типовых правил предоставления коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z529" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      457) разработка и утверждение правил организации деятельности жилищно-строительного кооператива и оплаты паевых взносов членами жилищно-строительного кооператива и типовых форм договора участия в жилищно-строительном кооперативе, а также типового устава жилищно-строительного кооператива;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z530" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      458) разработка и утверждение типового устава объединения собственников имущества многоквартирного жилого дома и типового устава кооператива собственников квартир (нежилых помещений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z531" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      459) разработка и утверждение правил регистрации местными исполнительными органами договоров участия в жилищно-строительном кооперативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z532" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      460) разработка и утверждение проверочных листов и критериев оценки степени риска в пределах границ населенных пунктов на объектах социальной инфраструктуры в сферах управления жилищным фондом, газа и газоснабжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">461) исключен постановлением Правительства РК от 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 784</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 15.09.2025);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="512"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z534" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      462) разработка и утверждение типового договора найма жилища;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z535" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      463) участие в разработке профессиональных стандартов, отраслевых рамок квалификаций, образовательных программ подготовки кадров, создании системы сертификации, подтверждения и повышения квалификации специалистов по управлению объектом кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z536" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      464) разработка и утверждение порядка проведения капитального ремонта общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z537" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      465) разработка и утверждение правил формирования, обработки, а также централизованного сбора и хранения информации в электронной форме, в том числе функционирования объектов информатизации в сфере жилищных отношений и жилищно-коммунального хозяйства, по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z538" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      466) разработка и утверждение типового договора управления объектом кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">409) исключен постановлением Правительства РК от 17.01.2025 </w:t>
+        <w:t xml:space="preserve">467) исключен постановлением Правительства РК от 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 784</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 15.09.2025);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z540" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      468) разработка и утверждение типовых договоров сотрудничества между объединением собственников имущества или субъектом управления объектом кондоминиума и организациями, предоставляющими коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z541" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      469) разработка и утверждение правил использования единовременных пенсионных выплат для улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z542" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      470) разработка и утверждение правил определения стоимости строительства объектов за счет государственных инвестиций и средств субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z543" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      471) разработка и утверждение правил формирования и ведения государственного банка проектов строительства, а также предоставления технико-экономических обоснований, типовых проектов и проектной (проектно-сметной) документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z544" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      472) разработка и утверждение правил формирования единого государственного реестра новых технологий в строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z545" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      473) разработка и утверждение правил проведения комплексной градостроительной экспертизы градостроительных проектов всех уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z546" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      474) разработка и утверждение правил определения стоимости работ по проведению комплексной вневедомственной экспертизы проектов строительства объектов, а также комплексной градостроительной экспертизы проектов градостроительного планирования территорий различного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z547" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      475) разработка и утверждение правил осуществления технического обследования надежности и устойчивости зданий и сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z548" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      476) определение порядка формирования и ведения архитектурных, градостроительных и строительных каталогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z549" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      477) разработка и утверждение порядка оказания инжиниринговых услуг по управлению проектом строительства объектов и квалификационных требований, предъявляемых организациям, оказывающим услуги по управлению проектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z550" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478) разработка и утверждение правил и разрешительных требований по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z694" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478-1) разработка и утверждение порядка ведения, приостановления, прекращения действия (отзыва) разрешений в автоматизированном реестре разрешений в сфере строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z695" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478-2) ведение автоматизированного реестра разрешений в сфере строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z805" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478-3) определение применения государственных информационных систем в сфере архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z551" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      479) разработка и утверждение правил и разрешительных требований по аккредитации негосударственных аттестационных центров по аттестации инженерно-технических работников, участвующих в процессе проектирования и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z552" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      480) разработка и утверждение правил и разрешительных требований по аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z553" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      481) разработка и утверждение правил по аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z554" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      482) разработка и утверждение типовых правил расчета норм потребления коммунальных услуг по электроснабжению для потребителей, не имеющих приборов учета, и коммунальных услуг по реализации тепловой энергии для потребителей, не имеющих приборов коммерческого учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z734" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      482-1) осуществление методического обеспечения в области теплоэнергетики в части потребления тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z735" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      482-2) организация проведения научных исследований в области теплоэнергетики в части потребления тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">483) Исключен постановлением Правительства РК от 15.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 962</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z556" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      484) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию правил субсидирования части ставки вознаграждения по ипотечным жилищным займам через субъекты квазигосударственного сектора и методики расчета стоимости услуг субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z696" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      484-1) разработка и утверждение правил использования выплат целевых накоплений из единого накопительного пенсионного фонда в целях улучшения жилищных условий в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z557" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      485) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию правил субсидирования ставки вознаграждения по кредитам, выдаваемым банками второго уровня субъектам частного предпринимательства для целей жилищного строительства, через субъекты квазигосударственного сектора и методики расчета стоимости услуг субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z558" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      486) утверждение правил субсидирования затрат организаций по водоснабжению и (или) водоотведению на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z697" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      486-1) разработка и утверждение правил субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание облигационных займов, привлеченных для реализации проектов строительства и реконструкции канализационных очистных сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">487) Исключен постановлением Правительства РК от 15.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 962</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z560" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      488) разработка и утверждение правил, определяющих порядок ведения портала и информационных систем для организации проведения строительства по принципу "одного окна";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z561" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      489) разработка и утверждение правил осуществления инженерно-геологических изысканий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z562" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      490) разработка и утверждение правил разработки, согласования и утверждения градостроительных проектов (проекты детальной планировки и проекты застройки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z563" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      491) проведение публичных слушаний при рассмотрении заявок субъектов государственной монополии в соответствии с правилами ценообразования на товары, работы, услуги, производимые и реализуемые субъектом государственной монополии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z564" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492) утверждение методики расчета размера платы за один кубический метр питьевой воды, поданной из систем водоснабжения, стоимость услуг по подаче питьевой воды которых подлежит субсидированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z783" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492-1) утверждение правил по разработке планов развития систем водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z784" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492-2) утверждение правил проведения технического аудита на системах водоснабжения и водоотведения населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z785" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492-3) утверждение правил пользования системами ливневой (дренажной) канализации населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z565" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      493) разработка и утверждение правил выдачи решения на проведение комплекса работ по постутилизации объектов (снос зданий и сооружений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z566" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494) осуществление субсидирования части ставки вознаграждения по ипотечным жилищным займам через субъекты квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z737" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-1) осуществление субсидирования ставки вознаграждения по кредитам, выдаваемым банками второго уровня субъектам частного предпринимательства для целей жилищного строительства, через субъекты квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z746" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-2) разработка и утверждение правил постановки на учет нуждающихся в жилище граждан Республики Казахстан, кандасов в электронную базу "Центр обеспечения жилищем";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z747" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-3) разработка и утверждение правил реализации мер государственной поддержки, направленных на улучшение жилищных условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z748" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-4) разработка и утверждение правил постановки на учет нуждающихся в жилище лиц и предоставления жилища из жилищного фонда государственных учреждений и государственных предприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z738" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-5) осуществление субсидирования части арендной платы за жилище, арендованное в частном жилищном фонде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z739" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-6) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию порядка субсидирования части арендной платы за жилище, арендованное в частном жилищном фонде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z791" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494-7) разработка и утверждение правил ведения реестра многоквартирных жилых домов по формам управления объектом кондоминиума и субъектам управления объектом кондоминиума и реестра субъектов управления объектом кондоминиума и управляющих многоквартирными жилыми домами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z567" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495) организация и осуществление взаимодействия с Вооруженными Силами Республики Казахстан, другими войсками и воинскими формированиями, специальными государственными и правоохранительными органами Республики Казахстан в области оборонной промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z786" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495-1) участие в планировании территориальной обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z787" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495-2) осуществление организации охраны и обороны объектов территориальной обороны при их наличии во взаимодействии с силами территориальной обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z788" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495-3) планирование и проведение эвакуационных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z789" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495-4) создание специальных формирований и обеспечение их материально-техническими средствами на основании мобилизационного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z790" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495-5) проведение мероприятий по инженерно-технической укрепленности и противодиверсионной безопасности объектов территориальной обороны при их наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z568" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      496) участие в организации текущего и перспективного планирования обеспечения нужд обороны, безопасности и правопорядка в государстве необходимыми видами вооружения, военной, автомобильной и специальной техники, технических и специальных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z569" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      497) участие в осуществлении военно-технического сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">498) исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">499) исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z572" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      500) организация и проведение мероприятий по развитию оборонно-промышленного потенциала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z573" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      501) принятие решений и определение порядка мер государственной поддержки организациям оборонно-промышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z574" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      502) формирование предложений для включения в государственный образовательный заказ по определению перечня специальностей, по которым требуется подготовка специалистов для оборонно-промышленного комплекса, с учетом проводимого организациями оборонно-промышленного комплекса мониторинга текущих и перспективных потребностей в квалифицированных кадровых ресурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z575" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      503) разработка и утверждение правил сертификации и выдачи сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z576" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      504) разработка и утверждение сертификационных требований к организациям по техническому обслуживанию и ремонту авиационной техники государственной авиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z577" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      505) разработка и утверждение правил оборота вооружения и военной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z578" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506) разработка правил передачи имущества между правоохранительными и специальными государственными органами, Вооруженными Силами Республики Казахстан, другими войсками и воинскими формированиями во время введения чрезвычайного или военного положения на всей территории Республики Казахстан и в отдельных ее местностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z579" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      507) разработка перечня субъектов, имеющих право пользования вооружением и военной техникой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z580" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508) осуществление государственного контроля за оборотом вооружения и военной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z581" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      509) разработка правил передачи, реализации, ликвидации посредством уничтожения, утилизации, захоронения и переработки неиспользуемого имущества, а также предоставления в имущественный наем (аренду) неиспользуемых оборонных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z698" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      509-1) разработка и утверждение правил по организации производственной деятельности объектов утилизации боеприпасов и взрывчатых веществ, обеспечению безопасности при проведении данных работ и охраны объектов утилизации боеприпасов и взрывчатых веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z582" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      510) распоряжение неиспользуемым имуществом и принятие решений о передаче, реализации и ликвидации посредством уничтожения, утилизации, захоронения и переработки неиспользуемого имущества в порядке, определенном Правительством Республики Казахстан, и передача неиспользуемого имущества в качестве имущественного вклада в уставный капитал товариществ с ограниченной ответственностью либо в оплату приобретения акций акционерных обществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z583" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511) разработка и утверждение правил разработки, согласования, утверждения, регистрации, учета, изменения, пересмотра, отмены и введения в действие военных национальных стандартов, используемых для нужд Вооруженных Сил Республики Казахстан, других войск и воинских формирований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z699" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511-1) разработка и утверждение правил организации и проведения научных исследований в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z700" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511-2) разработка и утверждение правил проведения экспертизы научных исследований в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z701" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511-3) разработка специализированных научных направлений в рамках государственного оборонного заказа по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z702" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511-4) создание экспертных советов по специализированным научным направлениям в рамках государственного оборонного заказа, утверждение их положений и составов по согласованию с заинтересованными центральными исполнительными органами, государственными органами, непосредственно подчиненными и подотчетными Президенту Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 511-5) исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">511-6) исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z705" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      511-7) разработка, согласование, утверждение, изменение, отмена военных национальных стандартов и ведение их учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z584" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      512) разработка и утверждение, отмена, приостановление технических регламентов, а также внесение изменений и (или) дополнений в технические регламенты по вопросам, входящим в компетенцию, по согласованию с уполномоченным органом в области технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z585" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      513) создание экспертных советов в области технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z586" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      514) утверждение состава экспертных советов в области технического регулирования и положения о них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z587" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      515) разработка и утверждение совместно с Министерством обороны Республики Казахстан совместных действий по уничтожению боеприпасов, отнесенных к неиспользуемому имуществу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z588" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      516) внесение предложений в Правительство Республики Казахстан по введению мер государственного стимулирования промышленности, определению порядка применения, а также их отмене;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z589" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      517) внесение предложений в Правительство Республики Казахстан по введению элементов промышленно-инновационной инфраструктуры, а также определению порядка их создания и функционирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z590" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      518) формирование и ведение реестра территориальных кластеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z591" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      519) содействие развитию национальных систем промышленной кооперации и субконтрактации, в том числе в рамках участия в международных системах промышленной кооперации и субконтрактации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z592" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      520) определение отраслевых центров технологических компетенций по рекомендации Совета по технологической политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z593" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      521) проведение мониторинга исполнения заключенного соглашения о повышении конкурентоспособности;   522) оказание содействия субъектам промышленно-инновационной деятельности по вхождению в глобальные цепочки добавленной стоимости, в том числе путем применения технической документации на производство новых видов товаров и мировых производственных франшиз ведущих мировых производителей, лидирующих по конкретным товарам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">523) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">524) исключен постановлением Правительства РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z596" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      525) осуществление сбора информации о потребностях субъектов деятельности в сфере промышленности в научных исследованиях, разработках и еҰ направление для размещения на интернет-ресурсе уполномоченного органа в области науки и периодических печатных изданиях в целях привлечения научных организаций для осуществления научных исследований и разработок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z597" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      526) поиск и проведение переговоров с потенциальными инвесторами, в том числе иностранными, с целью привлечения их к участию в реализации промышленно-инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z598" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      527) привлечение субъектов промышленно-инновационной деятельности к участию в бизнес-форумах, конференциях и семинарах по инвестиционной тематике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z599" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      528) распространение информации о промышленно-инновационных проектах в средствах массовой информации, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z600" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      529) стимулирование действующих инвесторов на осуществление реинвестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z601" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      530) привлечение инвесторов, в том числе иностранных, для создания совместных производств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z602" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      531) принятие мер по снижению углеродного следа, которые могут включать следующие направления: расширение производства таких товаров, стимулирование приобретения товаров, в том числе в соответствии с законодательством Республики Казахстан о государственных закупках, повышение привлекательности их эксплуатации и иные меры, предусмотренные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z603" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      532) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z604" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      533) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z605" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      534) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z606" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      535) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z607" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      536) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z608" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      537) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z609" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      538) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z610" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      539) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z611" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      540) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z612" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      541) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z613" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      542) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z614" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      543) установление цен на товары (работы, услуги), производимые и (или) реализуемые субъектами государственной монополии и специального права, по согласованию с антимонопольным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z615" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      544) осуществление иных полномочий, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 28.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 30.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 16.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 662</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 15.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 962</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 17.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...9 lines deleted...]
-        <w:t>вводится</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие с 24.05.2025).</w:t>
+        <w:t xml:space="preserve">); от 14.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 340</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 771</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 784</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...48 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z483" w:id="517"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z616" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...815 lines deleted...]
-    <w:bookmarkEnd w:id="553"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z617" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z618" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z619" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель имеет заместителей (вице-министров), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z620" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z621" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z622" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет полномочия своих заместителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z623" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возлагает на одного из вице-министров полномочия по подписанию документов, адресованных руководству Правительства и Руководителю Аппарата Правительства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z624" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по согласованию с руководителем аппарата назначает на должности и освобождает от должностей заместителей руководителей ведомств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z625" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z626" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляет Министерство в Парламенте Республики Казахстан, государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z627" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает регламент работы Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z628" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) согласовывает и визирует проекты нормативных правовых актов, поступивших на согласование в Министерство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z629" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z630" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z631" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Министра в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z632" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z633" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z634" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="554"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z635" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z636" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z637" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z638" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z639" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...661 lines deleted...]
-    <w:bookmarkEnd w:id="584"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z640" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z641" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...3169 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
-[...475 lines deleted...]
-      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z641" w:id="713"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 15.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18204,705 +18133,745 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 616</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z642" w:id="714"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Министерство:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z643" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z643" w:id="715"/>
-[...15 lines deleted...]
-      1) акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry";</w:t>
+    <w:bookmarkStart w:name="z644" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акционерное общество "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z644" w:id="716"/>
-[...15 lines deleted...]
-      2) акционерное общество "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)";</w:t>
+    <w:bookmarkStart w:name="z645" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z645" w:id="717"/>
-[...15 lines deleted...]
-      3) акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
+    <w:bookmarkStart w:name="z692" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) акционерное общество "Фонд развития оборонно-промышленного комплекса".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z692" w:id="718"/>
-[...15 lines deleted...]
-      4) акционерное общество "Фонд развития оборонно-промышленного комплекса".</w:t>
+    <w:bookmarkStart w:name="z646" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитет промышленности Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z646" w:id="719"/>
-[...15 lines deleted...]
-      2. Комитет промышленности Министерства промышленности и строительства Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z647" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерные общества:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z647" w:id="720"/>
-[...15 lines deleted...]
-      акционерные общества:</w:t>
+    <w:bookmarkStart w:name="z648" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акционерное общество "Национальный центр энергосбережения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z648" w:id="721"/>
-[...15 lines deleted...]
-      1) акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)";</w:t>
+    <w:bookmarkStart w:name="z649" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) товарищество с ограниченной ответственностью "Научно-производственный центр машиностроения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z649" w:id="722"/>
-[...15 lines deleted...]
-      2) товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии";</w:t>
+    <w:bookmarkStart w:name="z650" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республиканские государственные предприятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z650" w:id="723"/>
-[...15 lines deleted...]
-      республиканские государственные предприятия:</w:t>
+    <w:bookmarkStart w:name="z651" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республиканское государственное предприятие на праве хозяйственного ведения "Жезказганредмет" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z651" w:id="724"/>
-[...15 lines deleted...]
-      1) республиканское государственное предприятие на праве хозяйственного ведения "Жезказганредмет" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z652" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр по комплексной переработке минерального сырья Республики Казахстан" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z652" w:id="725"/>
-[...15 lines deleted...]
-      2) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр по комплексной переработке минерального сырья Республики Казахстан" Комитета промышленности Министерства промышленности и строительства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z653" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр технологического прогнозирования" Комитета промышленности Министерства промышленности и строительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z653" w:id="726"/>
-[...15 lines deleted...]
-      3) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр технологического прогнозирования" Комитета промышленности Министерства промышленности и строительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z654" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z654" w:id="727"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z655" w:id="728"/>
+    <w:bookmarkStart w:name="z655" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       республиканские государственные предприятия: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z656" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (РГП "Госэкспертиза");</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z656" w:id="729"/>
-[...15 lines deleted...]
-      1) республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (РГП "Госэкспертиза");</w:t>
+    <w:bookmarkStart w:name="z657" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр государственного градостроительного планирования и кадастра" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z657" w:id="730"/>
-[...15 lines deleted...]
-      2) республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр государственного градостроительного планирования и кадастра" Комитета по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z658" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерные общества:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z658" w:id="731"/>
-[...15 lines deleted...]
-      акционерные общества:</w:t>
+    <w:bookmarkStart w:name="z659" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z659" w:id="732"/>
-[...15 lines deleted...]
-      1) акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры";</w:t>
+    <w:bookmarkStart w:name="z660" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z660" w:id="733"/>
-[...15 lines deleted...]
-      2) акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства"</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z664" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="733"/>
-    <w:p>
-[...87 lines deleted...]
-      5. Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z665" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Национальная геологическая служба".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z665" w:id="735"/>
-[...15 lines deleted...]
-      акционерное общество "Национальная геологическая служба".</w:t>
+    <w:bookmarkStart w:name="z666" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень государственных учреждений, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z666" w:id="736"/>
-[...15 lines deleted...]
-      Перечень государственных учреждений, находящихся в ведении Министерства и его ведомств</w:t>
+    <w:bookmarkStart w:name="z667" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z667" w:id="737"/>
-[...15 lines deleted...]
-      Комитет геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z668" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республиканское государственное учреждение "Северо-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Севказнедра";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z668" w:id="738"/>
-[...15 lines deleted...]
-      1) республиканское государственное учреждение "Северо-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Севказнедра";</w:t>
+    <w:bookmarkStart w:name="z669" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республиканское государственное учреждение "Центрально-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Центрказнедра";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z669" w:id="739"/>
-[...15 lines deleted...]
-      2) республиканское государственное учреждение "Центрально-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Центрказнедра";</w:t>
+    <w:bookmarkStart w:name="z670" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) республиканское государственное учреждение "Южно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Южказнедра";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z670" w:id="740"/>
-[...15 lines deleted...]
-      3) республиканское государственное учреждение "Южно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Южказнедра";</w:t>
+    <w:bookmarkStart w:name="z671" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) республиканское государственное учреждение "Восточно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Востказнедра";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z671" w:id="741"/>
-[...15 lines deleted...]
-      4) республиканское государственное учреждение "Восточно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Востказнедра";</w:t>
+    <w:bookmarkStart w:name="z672" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) республиканское государственное учреждение "Западно-Казахстанский межрегиональный департамент геологии Комитета геологии Министерства промышленности и строительства Республики Казахстан "Запказнедра".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z672" w:id="742"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="742"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18981,408 +18950,466 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z674" w:id="743"/>
+    <w:bookmarkStart w:name="z674" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия организации которых передаются Министерству промышленности и строительства Республики Казахстан и его ведомствам</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень с изменением, внесенным постановлением Правительства РК от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z675" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерству промышленности и строительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z675" w:id="744"/>
-[...15 lines deleted...]
-      Министерству промышленности и строительства Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z676" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акционерные общества:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z676" w:id="745"/>
+    <w:bookmarkStart w:name="z677" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z678" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z679" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z680" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитету промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z681" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-[...78 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z681" w:id="750"/>
+    <w:bookmarkStart w:name="z682" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Национальный центр энергосбережения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z683" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Товарищества с ограниченной ответственностью:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z684" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      товарищество с ограниченной ответственностью "Научно-производственный центр машиностроения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z685" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z686" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-[...78 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z686" w:id="755"/>
+    <w:bookmarkStart w:name="z687" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z688" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z689" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитету геологии Министерства промышленности и строительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z690" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z690" w:id="759"/>
-[...15 lines deleted...]
-      Акционерные общества:</w:t>
+    <w:bookmarkStart w:name="z691" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Национальная геологическая служба".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z691" w:id="760"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>